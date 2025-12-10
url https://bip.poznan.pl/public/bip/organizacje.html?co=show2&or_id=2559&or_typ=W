--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,234 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="0056209E" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r w:rsidRPr="0056209E">
         <w:t>Zarządzenie nr</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3398D">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00E3398D">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="0056209E" w:rsidRDefault="009011FF" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r w:rsidRPr="0056209E">
         <w:t>Dyrektor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="0056209E" w:rsidRPr="0056209E">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> Spraw Lokalowych</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="0056209E" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r w:rsidRPr="0056209E">
         <w:t>z dnia</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B9263C">
-        <w:t>22</w:t>
+      <w:r w:rsidR="00585D7B">
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E3398D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B77AB">
-        <w:t>października</w:t>
+      <w:r w:rsidR="00585D7B">
+        <w:t>listopada</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E3398D">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0056209E">
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>w sprawie Regulaminu Organizacyjnego</w:t>
+        <w:t xml:space="preserve">w sprawie Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00801E9C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C652D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rganizacyjnego</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Spraw Lokalowych</w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Urzędu Miasta Poznania. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:r w:rsidRPr="003C652D">
-        <w:t>Na podstawie § 27 ust. 1 Regulaminu Organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do Zarządzenia nr</w:t>
+        <w:t xml:space="preserve">Na podstawie § 27 ust. 1 Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00801E9C">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C652D">
+        <w:t>rganizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do Zarządzenia nr</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B77AB">
-        <w:t>32</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="006B1413">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t>/K</w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:t xml:space="preserve"> Prezydenta Miasta Poznania z dnia </w:t>
       </w:r>
       <w:r w:rsidR="001B77AB">
-        <w:t>10</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00020ADB">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001B77AB">
         <w:t>lipca</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="006B1413">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> r. </w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:t xml:space="preserve">w sprawie </w:t>
       </w:r>
       <w:r w:rsidR="006B1413">
         <w:t>Regulaminu</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00801E9C">
+        <w:t>o</w:t>
+      </w:r>
       <w:r w:rsidR="006B1413">
-        <w:t xml:space="preserve">Organizacyjnego </w:t>
+        <w:t xml:space="preserve">rganizacyjnego </w:t>
       </w:r>
       <w:r w:rsidR="00354730">
-        <w:t>Urzędu Miasta Poznania,</w:t>
+        <w:t>Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00801E9C">
+        <w:t xml:space="preserve"> ze zmianą</w:t>
+      </w:r>
+      <w:r w:rsidR="00354730">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006B1413">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:t>zarządza się, co następuje:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="008928F8" w:rsidRDefault="00F05495" w:rsidP="00354730">
       <w:pPr>
         <w:rPr>
@@ -240,51 +272,65 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nadaje się</w:t>
       </w:r>
       <w:r w:rsidR="00B614B1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, stanowiący załącznik do zarządzenia,</w:t>
       </w:r>
       <w:r w:rsidR="00020ADB" w:rsidRPr="00020ADB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020ADB" w:rsidRPr="00F05495">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Regulamin Organizacyjny Biura Spraw Lokalowych</w:t>
+        <w:t xml:space="preserve">Regulamin </w:t>
+      </w:r>
+      <w:r w:rsidR="00801E9C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00020ADB" w:rsidRPr="00F05495">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rganizacyjny Biura Spraw Lokalowych</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05495">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:t>§ 2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:t>Wykonanie zarządzenia powierza się pracownikom</w:t>
@@ -295,337 +341,370 @@
       <w:r w:rsidRPr="003C652D">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> Spraw Lokalowych</w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRPr="003C652D" w:rsidRDefault="0056209E" w:rsidP="0056209E">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:t>§ 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00020ADB" w:rsidRDefault="00020ADB" w:rsidP="00020ADB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Traci moc zarządzenie nr </w:t>
       </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidR="004F0536">
-        <w:t xml:space="preserve">4/2022 </w:t>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0536">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Dyrektora Biura Spraw Lokalowych z dnia </w:t>
       </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t>22</w:t>
+      </w:r>
       <w:r w:rsidR="004F0536">
-        <w:t xml:space="preserve">1 sierpnia 2022 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t>października</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0536">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0536">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>r. w sprawie Regulaminu Organizacyjnego Biura Spraw Lokalowych</w:t>
       </w:r>
       <w:r w:rsidR="004F0536">
         <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00020ADB" w:rsidRPr="003C652D" w:rsidRDefault="00020ADB" w:rsidP="00020ADB">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r w:rsidRPr="003C652D">
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0056209E" w:rsidRDefault="0056209E" w:rsidP="00354730">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056209E">
         <w:t xml:space="preserve">Zarządzenie wchodzi w życie z dniem </w:t>
       </w:r>
       <w:r w:rsidR="00A32CAB">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B9263C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> listopada</w:t>
+      <w:r w:rsidR="00585D7B">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00403EAA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00585D7B">
+        <w:t>listopada</w:t>
       </w:r>
       <w:r w:rsidR="00354730">
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="006264CE">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="008016F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0056209E">
         <w:t>r., po zatwierdzeniu przez Sekretarza Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidRPr="003C652D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0026720A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="004C4705" w:rsidRDefault="004C4705" w:rsidP="006264CE">
+      <w:pPr>
+        <w:ind w:left="5954"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00B614B1" w:rsidRDefault="001B77AB" w:rsidP="006264CE">
       <w:pPr>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Dobrosława Janas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4502C" w:rsidRDefault="001B77AB" w:rsidP="006264CE">
-[...1 lines deleted...]
-        <w:ind w:left="5954"/>
+    <w:p w:rsidR="00E4502C" w:rsidRDefault="004C4705" w:rsidP="00A62DC3">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">p.o. </w:t>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62DC3">
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="006264CE">
         <w:t>Dyrektork</w:t>
       </w:r>
-      <w:r>
-        <w:t>i</w:t>
+      <w:r w:rsidR="00081E52">
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006264CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0056209E">
         <w:t>Biura</w:t>
       </w:r>
+      <w:r w:rsidR="00081E52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E4502C" w:rsidSect="00A41CF5">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00E4502C" w:rsidSect="004A4140">
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D36C47" w:rsidRDefault="00D36C47">
+    <w:p w:rsidR="006063A9" w:rsidRDefault="006063A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D36C47" w:rsidRDefault="00D36C47">
+    <w:p w:rsidR="006063A9" w:rsidRDefault="006063A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00032FB7" w:rsidRDefault="0056209E">
+  <w:p w:rsidR="004A4140" w:rsidRDefault="0056209E">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00032FB7" w:rsidRDefault="00D36C47">
+  <w:p w:rsidR="004A4140" w:rsidRDefault="004A4140">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00032FB7" w:rsidRDefault="00D36C47">
+  <w:p w:rsidR="004A4140" w:rsidRDefault="004A4140">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00032FB7" w:rsidRDefault="00D36C47">
+  <w:p w:rsidR="004A4140" w:rsidRDefault="004A4140">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D36C47" w:rsidRDefault="00D36C47">
+    <w:p w:rsidR="006063A9" w:rsidRDefault="006063A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D36C47" w:rsidRDefault="00D36C47">
+    <w:p w:rsidR="006063A9" w:rsidRDefault="006063A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Akapitzlist1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1441,175 +1520,194 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0079130D"/>
+    <w:rsidRoot w:val="004B52F0"/>
     <w:rsid w:val="00020ADB"/>
+    <w:rsid w:val="00034971"/>
+    <w:rsid w:val="00055D3E"/>
+    <w:rsid w:val="00081E52"/>
+    <w:rsid w:val="000829B9"/>
+    <w:rsid w:val="000C520A"/>
     <w:rsid w:val="000E262B"/>
+    <w:rsid w:val="00103B3E"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00140001"/>
     <w:rsid w:val="001A2E1B"/>
+    <w:rsid w:val="001A3796"/>
     <w:rsid w:val="001B77AB"/>
     <w:rsid w:val="001D0FE2"/>
     <w:rsid w:val="00224E20"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="00354730"/>
+    <w:rsid w:val="0037540F"/>
     <w:rsid w:val="003B3769"/>
     <w:rsid w:val="003B600D"/>
     <w:rsid w:val="003E008C"/>
+    <w:rsid w:val="00403EAA"/>
+    <w:rsid w:val="00425504"/>
     <w:rsid w:val="0044694D"/>
     <w:rsid w:val="00484F3B"/>
     <w:rsid w:val="0048548C"/>
+    <w:rsid w:val="004A4140"/>
+    <w:rsid w:val="004B52F0"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004C1DB1"/>
+    <w:rsid w:val="004C4705"/>
     <w:rsid w:val="004F0536"/>
     <w:rsid w:val="00551AFD"/>
     <w:rsid w:val="0056209E"/>
+    <w:rsid w:val="00585D7B"/>
     <w:rsid w:val="00590BE2"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="006054AE"/>
+    <w:rsid w:val="006063A9"/>
+    <w:rsid w:val="006108B9"/>
     <w:rsid w:val="006264CE"/>
+    <w:rsid w:val="0067755A"/>
     <w:rsid w:val="00690EB8"/>
     <w:rsid w:val="006A4C28"/>
     <w:rsid w:val="006B1413"/>
+    <w:rsid w:val="006B51A7"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="00731C95"/>
     <w:rsid w:val="00781107"/>
-    <w:rsid w:val="007842EB"/>
-    <w:rsid w:val="0079130D"/>
     <w:rsid w:val="007D65B9"/>
+    <w:rsid w:val="007F34D1"/>
     <w:rsid w:val="008016F6"/>
+    <w:rsid w:val="00801E9C"/>
+    <w:rsid w:val="0080296A"/>
     <w:rsid w:val="00867668"/>
+    <w:rsid w:val="008D606A"/>
     <w:rsid w:val="008F7709"/>
     <w:rsid w:val="009011FF"/>
+    <w:rsid w:val="00990BE1"/>
+    <w:rsid w:val="009D6549"/>
     <w:rsid w:val="00A32CAB"/>
+    <w:rsid w:val="00A62DC3"/>
     <w:rsid w:val="00AA4E03"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00B04FB2"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B614B1"/>
     <w:rsid w:val="00B746D6"/>
     <w:rsid w:val="00B80294"/>
-    <w:rsid w:val="00B85082"/>
     <w:rsid w:val="00B9263C"/>
+    <w:rsid w:val="00D27868"/>
     <w:rsid w:val="00D35365"/>
-    <w:rsid w:val="00D36C47"/>
+    <w:rsid w:val="00D62143"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00E3398D"/>
     <w:rsid w:val="00E4502C"/>
+    <w:rsid w:val="00E56CAF"/>
     <w:rsid w:val="00E70BB1"/>
+    <w:rsid w:val="00EE50DD"/>
     <w:rsid w:val="00F05495"/>
+    <w:rsid w:val="00F430CF"/>
+    <w:rsid w:val="00F62B95"/>
     <w:rsid w:val="00F77451"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{55655837-4136-4EF0-B025-C197B0A069F7}"/>
+  <w15:docId w15:val="{8E880982-D90B-47A5-BDC4-46AE0E3352F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1948,54 +2046,53 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0056209E"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Nagwek"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0056209E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="600"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
@@ -2057,55 +2154,54 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regulamin1">
     <w:name w:val="regulamin1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regulamin1Znak"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regulamin1Znak">
     <w:name w:val="regulamin1 Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regulamin1"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tytu">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="TytuZnak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
@@ -2113,425 +2209,413 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TytuZnak">
     <w:name w:val="Tytuł Znak"/>
     <w:link w:val="Tytu"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdzia">
     <w:name w:val="reg rozdział"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="regrozdziaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdziaZnak">
     <w:name w:val="reg rozdział Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="regrozdzia"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:link w:val="Nagwek1"/>
     <w:rsid w:val="0056209E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
     <w:name w:val="Styl1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="Styl1Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl1Znak">
     <w:name w:val="Styl1 Znak"/>
     <w:link w:val="Styl1"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtytu">
     <w:name w:val="reg tytuł"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regtytuZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtytuZnak">
     <w:name w:val="reg tytuł Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regtytu"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regPunktowanie1">
     <w:name w:val="reg Punktowanie1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regPunktowanie1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regPunktowanie1Znak">
     <w:name w:val="reg Punktowanie1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regPunktowanie1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="AkapitzlistZnak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00703988"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt1">
     <w:name w:val="reg pkt 1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak">
     <w:name w:val="reg pkt 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkta">
     <w:name w:val="reg pkt a)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpktaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpktaZnak">
     <w:name w:val="reg pkt a) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkta"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt10">
     <w:name w:val="reg pkt 1)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak0"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak0">
     <w:name w:val="reg pkt 1) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt10"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regparagraf">
     <w:name w:val="reg paragraf"/>
     <w:basedOn w:val="regrozdzia"/>
     <w:link w:val="regparagrafZnak"/>
     <w:rsid w:val="001240B2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regparagrafZnak">
     <w:name w:val="reg paragraf Znak"/>
-    <w:basedOn w:val="regrozdziaZnak"/>
     <w:link w:val="regparagraf"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtekst">
     <w:name w:val="reg tekst"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="regtekstZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtekstZnak">
     <w:name w:val="reg tekst Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regtekst"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdz">
     <w:name w:val="reg rozdz"/>
     <w:basedOn w:val="regPunktowanie1"/>
     <w:link w:val="regrozdzZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdzZnak">
     <w:name w:val="reg rozdz Znak"/>
-    <w:basedOn w:val="regPunktowanie1Znak"/>
     <w:link w:val="regrozdz"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:link w:val="Nagwek2"/>
     <w:qFormat/>
     <w:rsid w:val="0056209E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl2">
     <w:name w:val="Styl2"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="Styl2Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl2Znak">
     <w:name w:val="Styl2 Znak"/>
     <w:link w:val="Styl2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl3">
     <w:name w:val="Styl3"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="Styl3Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl3Znak">
     <w:name w:val="Styl3 Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="Styl3"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl4">
     <w:name w:val="Styl4"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl4Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl4Znak">
     <w:name w:val="Styl4 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl4"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl5">
     <w:name w:val="Styl5"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl5Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:pPr>
       <w:spacing w:before="160"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl5Znak">
     <w:name w:val="Styl5 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl5"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="PodtytuZnak"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="005D4256"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PodtytuZnak">
     <w:name w:val="Podtytuł Znak"/>
@@ -2567,292 +2651,285 @@
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="005D4256"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B77EF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B77EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek1">
     <w:name w:val="Nagłowek 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek1Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="006054AE"/>
     <w:pPr>
       <w:spacing w:before="720"/>
       <w:ind w:left="-567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek1Znak">
     <w:name w:val="Nagłowek 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek1"/>
     <w:rsid w:val="006054AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cytaty">
     <w:name w:val="Cytaty"/>
     <w:basedOn w:val="Normalny"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="5954" w:right="567"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
     <w:name w:val="Nagłówek 3 Znak"/>
     <w:link w:val="Nagwek3"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0056209E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit  z listą 1"/>
     <w:basedOn w:val="Styl1"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist2">
     <w:name w:val="Akapit z listą 2"/>
     <w:basedOn w:val="Styl2"/>
     <w:link w:val="Akapitzlist2Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="527" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Akapitzlist2Znak">
     <w:name w:val="Akapit z listą 2 Znak"/>
-    <w:basedOn w:val="Styl2Znak"/>
     <w:link w:val="Akapitzlist2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek4">
     <w:name w:val="Nagłowek 4"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek4Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="00703988"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek4Znak">
     <w:name w:val="Nagłowek 4 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek4"/>
     <w:rsid w:val="00703988"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00703988"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:rsid w:val="0056209E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:rsid w:val="0056209E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numerstrony">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="0056209E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003B600D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003B600D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1375934156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\malant\AppData\Local\Temp\notesED23E6\SLk_Z_2024.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\malant\AppData\Local\Temp\MicrosoftEdgeDownloads\8a5302a3-ddf6-4e04-af99-fbb58dca2e14\Zarz&#261;dzenie%20nr%201.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3106,74 +3183,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E85DF22-6669-426E-AE38-3B03EF61B595}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>SLk_Z_2024</Template>
+  <Template>Zarządzenie nr 1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>135</Words>
-  <Characters>812</Characters>
+  <Words>137</Words>
+  <Characters>824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>946</CharactersWithSpaces>
+  <CharactersWithSpaces>960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Małgorzata Antkowiak</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>