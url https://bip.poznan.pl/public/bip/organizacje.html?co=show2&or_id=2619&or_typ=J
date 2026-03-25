--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -1,25686 +1,30688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00816DA1">
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRDefault="00B259A4" w:rsidP="00816DA1">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="008538CD" w:rsidRDefault="00B259A4" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="72"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00672BB5">
+          <w:sz w:val="96"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008538CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="72"/>
+          <w:sz w:val="96"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STATUT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00672BB5" w:rsidRPr="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00816DA1">
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="72"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="00672BB5" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="0074236F" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00672BB5">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074236F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Szkoły Podstawowej z Oddziałami Integracyjnym</w:t>
       </w:r>
-      <w:r w:rsidR="00D2357C" w:rsidRPr="00672BB5">
+      <w:r w:rsidR="00D2357C" w:rsidRPr="0074236F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i nr 40 im. Mieszka I</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2357C" w:rsidRPr="00672BB5" w:rsidRDefault="00D2357C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00D2357C" w:rsidRPr="0074236F" w:rsidRDefault="00D2357C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00672BB5">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074236F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w Zespole Szkolno-Przedszkolnym nr 4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B5C82" w:rsidRPr="00672BB5" w:rsidRDefault="00D2357C" w:rsidP="00D2357C">
+    <w:p w:rsidR="001B5C82" w:rsidRPr="0074236F" w:rsidRDefault="00D2357C" w:rsidP="00D2357C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00672BB5">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074236F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w Poznaniu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
       <w:pPr>
         <w:pStyle w:val="Stopka"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00672BB5" w:rsidRPr="00C96123" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B1A23" w:rsidRDefault="00672BB5" w:rsidP="00277D35">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2736215" cy="3078480"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="133350" t="76200" r="64135" b="140970"/>
             <wp:docPr id="4" name="Obraz 4" descr="list-1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="list-1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2736215" cy="3078480"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect">
-                      <a:avLst/>
+                    <a:prstGeom prst="roundRect">
+                      <a:avLst>
+                        <a:gd name="adj" fmla="val 16667"/>
+                      </a:avLst>
                     </a:prstGeom>
-                    <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="76200" dist="38100" dir="7800000" algn="tl" rotWithShape="0">
+                        <a:srgbClr val="000000">
+                          <a:alpha val="40000"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="contrasting" dir="t">
+                        <a:rot lat="0" lon="0" rev="4200000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d prstMaterial="plastic">
+                      <a:bevelT w="381000" h="114300" prst="relaxedInset"/>
+                      <a:contourClr>
+                        <a:srgbClr val="969696"/>
+                      </a:contourClr>
+                    </a:sp3d>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00672BB5" w:rsidRDefault="00672BB5" w:rsidP="00672BB5">
+    <w:p w:rsidR="00277D35" w:rsidRDefault="00277D35" w:rsidP="00277D35">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B1A23" w:rsidRDefault="001B1A23" w:rsidP="00672BB5">
+      <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00D2357C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00D2357C">
-[...4 lines deleted...]
-          <w:b/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:id w:val="1953127343"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...22 lines deleted...]
-          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:p w:rsidR="002353C3" w:rsidRPr="002353C3" w:rsidRDefault="002353C3" w:rsidP="008538CD">
+          <w:pPr>
+            <w:pStyle w:val="Nagwekspisutreci"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002353C3">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>Spis treści</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00FD0449">
+            <w:rPr>
+              <w:rFonts w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="002353C3" w:rsidRPr="002353C3">
+            <w:rPr>
+              <w:rFonts w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00FD0449">
+            <w:rPr>
+              <w:rFonts w:cs="Times New Roman"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc220575597" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział I</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575597 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575598" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Postanowienia ogólne</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575598 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575599" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział II</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575599 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575600" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Cele i zadania szkoły</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575600 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575601" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział III</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575601 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575602" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organy szkoły</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575602 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575603" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>§ 10.  1. Samorząd uczniowski</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="002344C3">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575603 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575604" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział IV</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575604 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575605" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organizacja pracy szkoły</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575605 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575606" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział V</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575606 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575607" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organizacja zajęć edukacyjnych</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575607 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575608" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział VI</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575608 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575609" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organizacja wewnątrzszkolnego systemu doradztwa zawodowego</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575609 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575610" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>§ 29.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> W szkole działa wewnątrzszkolny system doradztwa zawodowego</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575610 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575611" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział VII</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575611 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575612" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Organizacja biblioteki i świetlicy</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575612 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575613" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział VIII</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575613 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575614" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Zakres zadań nauczycieli i innych pracowników szkoły</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575614 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575615" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział IX</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575615 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575616" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Szczegółowe warunki i sposób oceniania wewnątrzszkolnego uczniów</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575616 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575617" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+              </w:rPr>
+              <w:t>§ 36.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Wewnątrzszkolny system oceniania</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575617 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575618" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 38. </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Zasady oceniania</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575618 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575619" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40. Warunki i tryb uzyskania wyższej niż przewidywana roczna ocena klasyfikacyjna</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z zajęć edukacyjnych:</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575619 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575620" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 41.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Warunki i tryb uzyskania wyższej niż przewidywana roczna ocena klasyfikacyjna zachowania</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575620 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575621" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 42. </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Przeprowadzanie egzaminów poprawkowych</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575621 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575622" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="00346D24">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 43. </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Przeprowadzanie egzaminów klasyfikacyjnych</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575622 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci2"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575623" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:sym w:font="Arial" w:char="00A7"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 44. </w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Postępowanie w przypadku zastrzeżeń dotyczących rocznej oceny klasyfikacyjnej</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575623 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575624" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział X</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575624 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575625" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Prawa i obowiązki uczniów. Nagrody i kary</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575625 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575626" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział XI</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575626 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575627" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Przepisy końcowe, ceremoniał, sztandar, godło</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575627 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575628" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rozdział XII</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575628 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="009D26A1" w:rsidRDefault="00FD0449">
+          <w:pPr>
+            <w:pStyle w:val="Spistreci1"/>
+            <w:tabs>
+              <w:tab w:val="right" w:leader="dot" w:pos="9062"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:lang w:eastAsia="pl-PL"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220575629" w:history="1">
+            <w:r w:rsidR="009D26A1" w:rsidRPr="009D13D8">
+              <w:rPr>
+                <w:rStyle w:val="Hipercze"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Przepisy końcowe</w:t>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009D26A1">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220575629 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C33712">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w:rsidR="002353C3" w:rsidRDefault="00FD0449">
+          <w:r w:rsidRPr="002353C3">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc220575597"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Rozdział I</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc220575598"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Postanowienia ogólne</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6192"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Szkoła Podstawowa z Oddziałami Integracyjnymi nr 40 im. Mieszka I w Poznaniu,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">ul. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Garbary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 82, zwana w dalszej części </w:t>
       </w:r>
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u „szkołą”, jest ogólnodostępną szkołą publiczną, jest szkołą podstawową.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Siedzibą szkoły jest  Szkoła Podstawowa z Oddziałami Integracyjnymi nr 40 </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">im. Mieszka I w Poznaniu, ul. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Garbary</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 82.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Organem prowadzącym szkołę jest Miasto Poznań z siedzibą przy Placu Kolegiackim 17, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>nadzór pedagogiczny nad Zespołem sprawuje Wielkopolski Kurator Oświaty.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...11 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ilekroć w dalszych przepisach jest mowa bez bliższego określenia o:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>szkole podstawowej – należy przez to rozumieć Szkołę Podstawową z Oddziałami Integracyjnymi nr 40 im. Mieszka I w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organie prowadzącym – należy przez to rozumieć Miasto Poznań;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dyrektorze szkoły – należy przez to rozumieć Dyrektora </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk175862071"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:bookmarkStart w:id="3" w:name="_Hlk175862071"/>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zespołu Szkolno-Przedszkolnego nr 4 w Poznaniu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nauczycielach – należy prze to rozumieć nauczycieli Zespołu Szkolno-Przedszkolnego nr 4 w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uczniach – należy przez to rozumieć uczennice i uczniów Szkoły Podstawowej </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>z Oddziałami Integracyjnymi nr 40 im. Mieszka I w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rodzicach – należy prze to rozumieć rodziców i opiekunów prawnych uczennic </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">i uczniów Szkoły Podstawowej z Oddziałami Integracyjnymi nr 40 im. Mieszka I </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>radzie pedagogicznej – należy przez to rozumieć Radę Pedagogiczną Szkoły Podstawowej  z Oddziałami Integracyjnymi nr 40 im. Mieszka I w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">radzie rodziców – należy przez to rozumieć Radę Rodziców Szkoły Podstawowej </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>z Oddziałami Integracyjnymi nr 40 im. Mieszka I w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustawie – Prawo Oświatowe – należy przez to rozumieć ustawę z dnia </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>14grudnia 2016 r. –</w:t>
       </w:r>
-      <w:r w:rsidR="000B0111">
+      <w:r w:rsidR="000B0111" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prawo Oświatowe ( Dz. U. z 2025r. poz. 1043</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="007D0946" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="007D0946" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="295"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ustawie o Systemie O</w:t>
       </w:r>
-      <w:r w:rsidR="00E17D0C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00E17D0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">światy – należy przez to rozumieć ustawę z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00E17D0C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00E17D0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">7 września 1991 r. o </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0946">
-[...17 lines deleted...]
-      <w:r w:rsidR="00E17D0C" w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Systemie Oświaty (tekst jednolity: Dz. U. z 2025 r. poz</w:t>
+      </w:r>
+      <w:r w:rsidR="00E17D0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 881.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...15 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005F2268">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc220575599"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Rozdział II</w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc220575600"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cele i zadania szkoły</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Szkoła realizuje cele i zadania wynikające z przepisów prawa, w szczególności z ustawy – Prawo oświatowe i ustawy o systemie oświaty.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Szkoła w szczególności realizuje poniższe cele:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00741EC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="294"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">edukacja, w tym kształcenie i wychowanie uczniów, w tym udzielanie im pomocy psychologiczno-pedagogicznej i organizowanie opieki nad uczniami </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>z niepełnosprawnościami;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="294"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kształtowanie i rozwijanie wśród uczniów kompetencji wspierających wszechstronny rozwój człowieka i zapewniających przygotowanie do życia we współczesnym świecie;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="294"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>umożliwianie uczniom podtrzymywania poczucia tożsamości narodowej, etnicznej, językowej i religijnej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="294"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>upowszechnianie oraz wdrażanie wiedzy o zasadach bezpieczeństwa oraz promowaniu ochrony zdrowia i jego wzmacnianiu w znaczeniu fizycznym i psychicznym.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...11 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cele, o których mowa w paragrafie poprzedzającym, szkoła realizuje w szczególności poprzez następujące zadania:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizację obowiązkowych i dodatkowych zajęć edukacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tworzenie warunków do bezpiecznego i wszechstronnego rozwoju każdego ucznia;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stosowanie metod wspierających efektywne uczenie się;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kształtowanie wśród uczniów umiejętności w zakresie: komunikacji interpersonalnej, współpracy, radzenia sobie z trudnymi emocjami, planowania własnego rozwoju, ponoszenia odpowiedzialności za swoje decyzje i wybory;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nauczanie i pracę oparte na podmiotowości każdego członka społeczności szkolnej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizowanie wycieczek, spotkań i wydarzeń;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>współpracę z organizacjami pozarządowymi, samor</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1393" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ządowymi, rządowymi i innymi, w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tym zrzeszeniami nieformalnymi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>opracowywanie i wdrażanie programu wychowawczo-profilaktycznego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="004811C1" w:rsidRPr="00C96123" w:rsidRDefault="004811C1" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc220575601"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Rozdział III</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="007226C7" w:rsidP="005A4C6B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc220575602"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organy szkoły</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="336" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00741EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">§ 7. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>§ 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Organami szkoły są:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-14"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dyrektor Szko</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rada Pedagogiczna;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Samorz</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ąd Uczniowski;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rada Rodzic</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ów.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="326" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="19"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 8</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidR="00984A7F" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.1.Dyrektor Szkoły realizuje zadania wynikające z przepisów prawa oraz w szczególności:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00984A7F" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dyrektor Szkoły realizuje zadania wynikające z przepisów prawa oraz w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="586"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-16"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kieruje dzia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>łalnością szkoły lub placówki i reprezentuje ją na zewnątrz,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="586"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-12"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sprawuje nadz</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ór pedagogiczny,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="34"/>
+        <w:ind w:left="586" w:right="34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sprawuje opiek</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ę nad uczniami oraz stwarza warunki harmonijnego rozwoju </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psychofizycznego poprzez aktywne działania prozdrowotne,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="34"/>
+        <w:ind w:left="586" w:right="34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przewodniczy radzie pedagogicznej i realizuje jej uchwa</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ły, podjęte w ramach ich </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kompetencji stanowiących,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="24"/>
+        <w:ind w:left="586" w:right="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dysponuje </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">środkami określonymi w planie finansowym szkoły i ponosi </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">odpowiedzialność za ich prawidłowe wykorzystanie, a także może organizować </w:t>
       </w:r>
-      <w:r w:rsidR="00D2357C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00D2357C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>administracyjną, finansową i </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gospodarczą obsługę szkoły,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="586"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wykonuje inne zadania wynikaj</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ące z przepisów szczególnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="19"/>
+        <w:ind w:left="586" w:right="19"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wsp</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ółdziała ze szkołami wyższymi oraz zakładami kształcenia nauczycieli w organizacji praktyk pedagogicznych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="586"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odpowiada za w</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>łaściwa organizację i przebieg sprawdzianu zewnętrznego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="34" w:right="5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Dyrektor Szko</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ły kieruje szkołą przy pomocy jednego Wicedyrektora Szkoły. Powierzenia </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidR="002B1393" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">i odwołania stanowiska dokonuje Dyrektor po zasięgnięciu opinii Organu Prowadzącego oraz </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odwołania stanowiska dokonuje Dyrektor po zasięgnięciu opinii Organu Prowadzącego oraz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rady Pedagogicznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="331" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="43" w:right="5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 9</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Rada pedagogiczna realizuje zadania wynikające z przepisów prawa oraz w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="5"/>
+        <w:ind w:left="614" w:right="5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-16"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wsp</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ółtworzy dogodne warunki uczenia się i ws</w:t>
+      </w:r>
+      <w:r w:rsidR="00741EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zechstronnego rozwoju uczniom i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pracy nauczycielom;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00984A7F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="614"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wspiera rzeteln</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ą realizację programów nauczania opartą o formułowanie wymagań </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>edukacyjnych dostosowanych do potrzeb i możliwości ucznia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...28 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc220575603"/>
+      <w:r w:rsidRPr="00741EC4">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>§ 10</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>§ 10.  1. Samorząd uczniowski</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005922F5" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tworzą wszyscy uczniowie szkoły, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">realizuje </w:t>
       </w:r>
-      <w:r w:rsidR="005922F5">
+      <w:r w:rsidR="005922F5" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kompetencje wynikające z przepisów prawa, Regulaminu Samorządu Uczniowskiego oraz w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>współtworzy dogodne warunki uczenia się uczniom;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proponuje rozwiązania mające na celu poprawę jakości pracy szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przeprowadza wybory do samorządu uczniowskiego;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wybiera opiekuna samorządu uczniowskiego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB34DF" w:rsidRPr="00AB34DF" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
+    <w:p w:rsidR="00AB34DF" w:rsidRPr="00C96123" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB34DF">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zasady wybierania i działania organów samorządu określa regulamin</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB34DF" w:rsidRPr="00AB34DF" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
+    <w:p w:rsidR="00AB34DF" w:rsidRPr="00C96123" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB34DF">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uchwalany przez ogół uczniów w głosowaniu równym, tajnym i powszechnym.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB34DF" w:rsidRPr="008A0739" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
+    <w:p w:rsidR="00AB34DF" w:rsidRPr="00C96123" w:rsidRDefault="00AB34DF" w:rsidP="00AB34DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB34DF">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organy samorządu są jedynymi reprezentantami ogółu uczniów.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Samorząd uczniowski działa na podstawie uchwalonego przez siebie regulaminu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3540"/>
           <w:tab w:val="left" w:pos="4248"/>
           <w:tab w:val="left" w:pos="4956"/>
           <w:tab w:val="left" w:pos="5664"/>
           <w:tab w:val="left" w:pos="6372"/>
           <w:tab w:val="left" w:pos="7080"/>
           <w:tab w:val="left" w:pos="7788"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Opiekę  nad  działaniami   samorządu  uczniowskiego  sprawuje  Opiekun   Samorządu Uczniowskiego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3540"/>
           <w:tab w:val="left" w:pos="4248"/>
           <w:tab w:val="left" w:pos="4956"/>
           <w:tab w:val="left" w:pos="5664"/>
           <w:tab w:val="left" w:pos="6372"/>
           <w:tab w:val="left" w:pos="7080"/>
           <w:tab w:val="left" w:pos="7788"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Opiekun Samorządu Uczniowskiego wybierany jest corocznie przez ogół uczniów szkoły w wyborach tajnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2124"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3540"/>
           <w:tab w:val="left" w:pos="4248"/>
           <w:tab w:val="left" w:pos="4956"/>
           <w:tab w:val="left" w:pos="5664"/>
           <w:tab w:val="left" w:pos="6372"/>
           <w:tab w:val="left" w:pos="7080"/>
           <w:tab w:val="left" w:pos="7788"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 11</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Rada Rodziców realizuje zadania i kompetencje wynikające z przepisów prawa, regulaminu Rady Rodziców oraz w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>współtworzy dogodne warunki nauki i wszechstronnego rozwoju uczniom i pracy nauczycielom;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wyraża opinie i wnioskuje do Dyrektora Szkoły i organu prowadzącego we wszystkich sprawach związanych z działalnością szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 12</w:t>
       </w:r>
-      <w:r w:rsidR="00D2357C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00D2357C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D2357C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00D2357C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organy, o których mowa w § 7, współdziałają ze sobą poprzez bieżące informowanie pozostałych organów o swojej działalności i jej planowanych kierunkach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poszczególne organy mogą zgłaszać pozostałym organom swoje wnioski i uwagi co do prowadzonej przez nich działalności. Organ powinien ustosunkować się do zgłoszonych uwag bez zbędnej zwłoki, nie później jednak niż w ciągu 14 dni.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organy mogą organizować wspólne narady i konsultacje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Koordynacją współpracy organów zajmuje się Dyrektor Szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> W szkole stwarza się warunki do działania na terenie szkoły wolontariuszy, stowarzyszeń i innych organizacji, w szczególności organizacji harcerskich. Podjęcie działalności w szkole przez stowarzyszenie lub inną organizację wymaga uzyskania zgody </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Dyrektora Szkoły, po uprzednim uzgodnieniu warunków tej działalności oraz uzyskaniu pozytywnej opinii Rady Rodziców.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 14</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 1. Spory pomiędzy organami rozwiązuje Dyrektor Szkoły o ile nie jest stroną sporu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="006741FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.   Organ odpowiedzialny za rozwiązanie sporu powinien dążyć  do tego,  by  organy pozostające w sporze porozumiały się między sobą w drodze mediacji, a gdy to nie jest możliwe,   powinien   rozstrzygnąć   spór  przy   zachowaniu   dalece   idącej   bezstronności i obiektywności, a także z uwzględnieniem interesów organów pozostających w sporze. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="006741FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. W przypadku nierozwiązania konfliktu na terenie szkoły, zainteresowane strony mogą odwoływać się do jednostek nadrzędnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc220575604"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział IV</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc220575605"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizacja pracy szkoły</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+    </w:p>
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rozdział IV </w:t>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>§ 15</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Podstawę organizacji pracy szkoły w danym roku szkolnym stanowią:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arkusz organizacji szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>plan finansowy szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>plan pracy szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tygodniowy rozkład zajęć;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przydział czynności poszczególnym nauczycielom i pozostałym pracownikom.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="322" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 1</w:t>
       </w:r>
-      <w:r w:rsidR="00CC0C51" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00CC0C51" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Działalność edukacyjna szkoły jest określana przez:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="581"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="63"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-19"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>szkolny zestaw program</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ów nauczania oraz podręczników (z tym, że dobór </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>podręczników nie jest obowiązkowy), który uwzględniając wymiar wychowawczy, obejmuje całość działań szkoły z punktu widzenia dydaktycznego;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="581"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="63"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>program wychowawczo-profilaktyczny, kt</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>óry opisuje w sposób całościowy wszystkie</w:t>
       </w:r>
-      <w:r w:rsidR="001A70E6" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001A70E6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidR="002B1393" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">treści i działania o charakterze wychowawczym i profilaktycznym, realizowane przez </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>treści i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">działania o charakterze wychowawczym i profilaktycznym, realizowane przez </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wszystkich nauczycieli.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>. Szkoła prowadzi działalność dydaktyczno-wychowawczą przez organizację:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>obowiązkowych zajęć edukacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>dodatkowych zajęć edukacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>zajęć rewalidacyjnych dla uczniów z niepełnosprawnościami,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>zajęć prowadzonych w ramach pomocy psychologiczno-pedagogicznej,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>zajęć rozwijających zainteresowania i uzdolnienia uczniów, w szczególności w celu kształtowania ich aktywności i kreatywności,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>zajęć z doradztwa zawodowego,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>zajęć etyki i religii,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>edukacja zdrowotna</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC0C51" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
+    <w:p w:rsidR="00CC0C51" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="581"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="63"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00CC0C51" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="341" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§18</w:t>
       </w:r>
-      <w:r w:rsidR="00E17D0C" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00E17D0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. W szkole działają:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-19"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oddzia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ły ogólnodostępne;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="571"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oddzia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ły o odrębnym charakterze np. integracyjne.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Oddzia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ły, o których mowa w ust. 1, są organizowane i funkcjonują zgodnie z odrębnymi </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przepisami ich dotyczącymi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 19.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Szkoła zapewnia możliwość wolontariatu uczniów przez cały rok szkolny.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00816DA1">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Szkoła wspiera działania podejmowane w ramach wolontariatu w szczególności poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00D31884">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informowanie za pośrednictwem nauczycieli wychowawców o działaniach możliwych do podjęcia w ramach wolontariatu oraz inspirowanie do nich;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00D31884">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>udzielanie pomocy merytorycznej uczniom zaangażowanym w wolontariat;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00D31884">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wyznaczanie przez dyrektora szkoły nauczyciela sprawującego opiekę nad danymi działaniami w ramach wolontariatu – na wniosek zainteresowanych uczniów;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00D31884">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>udostępnianie (w miarę możliwości) pomieszczeń szkolnych na działania prowadzone przez uczniów w ramach wolontariatu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00816DA1">
-[...11 lines deleted...]
-    <w:p w:rsidR="00F12ADE" w:rsidRPr="008A0739" w:rsidRDefault="00961334" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00961334" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12ADE" w:rsidRPr="00C96123" w:rsidRDefault="00961334" w:rsidP="00E01A37">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>§ 20.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> W szkole udziela się opieki i pomocy uczniom, którym z przyczyn rozwojowych, rodzinnych lub losowych jest potrzebne wsparcie w formie optymalnej i możliwej do realizacji przez szkołę.</w:t>
       </w:r>
-      <w:r w:rsidR="00F12ADE" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F12ADE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="545D7E"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F12ADE" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00F12ADE" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Pomoc ta ma być realizowana w sposób optymalny i możliwy do wprowadzenia w warunkach szkolnych. Może obejmować:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12ADE" w:rsidRPr="008A0739" w:rsidRDefault="00F12ADE" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00F12ADE" w:rsidRPr="00C96123" w:rsidRDefault="00F12ADE" w:rsidP="00E01A37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="77"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>pomoc psychologiczno-pedagogiczną</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F12ADE" w:rsidRPr="008A0739" w:rsidRDefault="00F12ADE" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00F12ADE" w:rsidRPr="00C96123" w:rsidRDefault="00F12ADE" w:rsidP="00E01A37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="77"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>organizację zajęć specjalistycznych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00961334" w:rsidRPr="008A0739" w:rsidRDefault="00F12ADE" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="001A70E6" w:rsidRPr="00C96123" w:rsidRDefault="00F12ADE" w:rsidP="00E01A37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="77"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>współpracę z innymi instytucjami lub radą rodziców, np. w celu pokrycia kosztów posiłków dla uczniów potrzebujących wsparcia finansowego</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A70E6" w:rsidRPr="008A0739" w:rsidRDefault="001A70E6" w:rsidP="00816DA1">
-[...287 lines deleted...]
-    <w:p w:rsidR="001B7AF6" w:rsidRPr="008A0739" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+    <w:p w:rsidR="009F1202" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="009F1202">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="346" w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="38" w:right="-642"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:ind w:left="38" w:right="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 22</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. 1. Szkoła współdziała z poradniami psychologiczno-pedagogicznymi oraz innymi </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B7AF6" w:rsidRPr="008A0739">
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Szkoła współdziała z poradniami psychologiczno-pedagogicznymi oraz innymi </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">instytucjami działającymi na rzecz rodziny, dzieci i młodzieży według bieżącego </w:t>
       </w:r>
-      <w:r w:rsidR="001B7AF6" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zapotrzebowania zgłaszanego przez organy szkoły, nauczycieli, rodziców lub uczniów.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B7AF6" w:rsidRPr="008A0739" w:rsidRDefault="001B7AF6" w:rsidP="00816DA1">
+    <w:p w:rsidR="001B7AF6" w:rsidRPr="00C96123" w:rsidRDefault="001B7AF6" w:rsidP="009F1202">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="77"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="346" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:right="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Zadania, o kt</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1202" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zadania, o kt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">órych mowa w ust. 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>órych mowa w ust. 1, koordynuje dyrektor szkoły.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001B7AF6" w:rsidRPr="008A0739" w:rsidRDefault="001B7AF6" w:rsidP="00816DA1">
+        <w:t xml:space="preserve"> koordynuje dyrektor szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B7AF6" w:rsidRPr="00C96123" w:rsidRDefault="001B7AF6" w:rsidP="00816DA1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="-642"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B7AF6" w:rsidRPr="008A0739" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+    <w:p w:rsidR="001B7AF6" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="004E5F89">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Szkoła na bieżąco współdziała również z rodzicami w zakresie nauczania, wychowania, opieki i profilaktyki w szczególności poprzez stały kontakt z rodzicami, zebrania rodziców, konsultacje dla rodziców.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099564C" w:rsidRPr="00C96123" w:rsidRDefault="0099564C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-642"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+    </w:p>
+    <w:p w:rsidR="0099564C" w:rsidRPr="00C96123" w:rsidRDefault="009F1202" w:rsidP="004E5F89">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="14"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 23</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 2</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="007D77C2" w:rsidRPr="008A0739">
+        <w:t>23.</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Szkoła współdziała ze stowarzyszeniami lub innymi organizacjami w zakresie działalności </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B7AF6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>innowacyjnej według bieżąco rozpoznawanych zainteresowania i</w:t>
+      </w:r>
+      <w:r w:rsidR="007D77C2" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> potrzeb uczniów i nauczycieli.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099564C" w:rsidRPr="008A0739" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+    <w:p w:rsidR="0099564C" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6192"/>
           <w:tab w:val="left" w:pos="7848"/>
         </w:tabs>
         <w:spacing w:before="326" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 25</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:spacing w:val="-5"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. 1. W szkole funkcjonuje stołówka szkolna.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0099564C" w:rsidRPr="008A0739" w:rsidRDefault="0099564C" w:rsidP="00816DA1">
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidR="0099564C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. W szkole funkcjonuje stołówka szkolna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099564C" w:rsidRPr="00C96123" w:rsidRDefault="0099564C" w:rsidP="004E5F89">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-642"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:ind w:right="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sto</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>łówka zapewnia uczniom jeden odpłat</w:t>
       </w:r>
-      <w:r w:rsidR="005F4262" w:rsidRPr="008A0739">
+      <w:r w:rsidR="005F4262" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ny gorący posiłek w ciągu dnia, w określonych harmonogramem godzinach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F4262" w:rsidRPr="008A0739" w:rsidRDefault="005F4262" w:rsidP="00816DA1">
+    <w:p w:rsidR="005F4262" w:rsidRPr="00C96123" w:rsidRDefault="005F4262" w:rsidP="004E5F89">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:right="-642"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W celu umożliwienia uczniom skorzystania z posiłku, o którym mowa w ust. 3, Dyrektor Szkoły, ustalając długość przerw międzylekcyjnych, wyznacza co najmniej dwie „przerwy obiadowe", których czas trwania wynosi co najmniej 20 minut.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E17D0C" w:rsidRPr="008A0739" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
+    <w:p w:rsidR="00E17D0C" w:rsidRPr="00C96123" w:rsidRDefault="00E17D0C" w:rsidP="00816DA1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="552"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc220575606"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział V</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc220575607"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizacja zajęć edukacyjnych</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rozdział V</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Zajęcia edukacyjne odbywają się zgodnie z odrębnymi przepisami dotyczącymi organizacji roku szkolnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Zajęcia edukacyjne odbywają się od poniedziałku do piątku i realizowane są w formie stacjonarnej, chyba że z odrębnych przepisów wynika obowiązek realizacji zajęć edukacyjnych za pomocą metod i technik porozumiewania się na odległość (nauczanie zdalne).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Zajęcia edukacyjne odbywają się w salach lekcyjnych, pracowniach i w sali gimnastycznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4. Zajęcia edukacyjne mogą się też odbywać w innych miejscach, niż </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5F89" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wskazano w ust. 2, w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">szczególności w placówkach kulturalno-oświatowych, na </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5F89" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">otwartych boiskach i placach, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1202" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parkach, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specjalnych pomieszczeniach przystosowanych do organizacji w nich konkretnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zajęć edukacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Organizacja zajęć edukacyjnych</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 26</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148D8" w:rsidRPr="008A0739">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Nauczanie zdalne odbywa się według zasad wy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nikających z przepisów prawa, z </w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uwzględnieniem postanowień niniejszego paragrafu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Nauczyciele do realizacji zajęć w formie nauczania zdalnego wykorzystują poniższe narzędzia informatyczne i technologie informacyjno-komunikacyjne, które służą również do przekazywania uczniom materiałów niezbędnych do realizacji tych zajęć:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">platformy nauczania zdalnego: Google </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Classrom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komunikatory poczty elektronicznej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dziennik elektroniczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. W celu zapewnienia bezpiecznego uczestnictwa uczn</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iów w zajęciach realizowanych w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formie nauczania zdalnego:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szkoła korzysta tylko z urządzeń informatycznych i technologii informacyjno-komunikacyjnych, które gwarantują bezpieczeństwo danych ich użytkowników;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uczniowie przed przystąpieniem do korzystania z danego narzędzia informatycznego lub danej technologii informacyjno-komunikacyjnej muszą zostać w zrozumiałej formie zapoznani przez nauczyciela z zasadami obsługi danego narzędzia lub danej technologii, a także odnośnymi wymogami bezpieczeństwa, w tym </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uczniowie najpóźniej w pierwszym dniu nauczania zdalnego w danym roku szkolnym są zaznajamiani z zasadami bezpiecznego wykorzystywania urządzeń i technologii informatycznych, higieny cyfrowej, pracy z komputerem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nauczyciele, realizując zajęcia w formie nauczania zdalnego, organizują to nauczanie w sposób, który nie wymaga od uczniów ciągłego korzystania z monitorów ekranowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wychowawca oddziału koordynuje, pod nadzorem dyrek</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tora szkoły, realizację zajęć w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formie nauczania zdalnego, w szczególności dbając o przestrzeganie zasad dotyczących bezpieczeństwa i higieny kształcen</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ia podczas nauczania zdalnego i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nadzorując, by w jego oddziale kształcenie z użyciem monitorów ekranowych i bez ich użycia odbywało się przemiennie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Uczniowie potwierdzają uczestnictwo w zajęciach realizowanych w formie nauczania zdalnego w jeden z poniższych sposobów:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wpis w komunikatorze tekstowym wykorzystywane</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>go narzędzia lub technologii, o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>których mowa w ust. 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wypowiedź głosowa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wysłanie wiadomości elektronicznej poprzez dziennik elektroniczny lub pocztę elektroniczną – z tym zastrzeżeniem, że nie można wymagać od uczniów uruchomienia przekazu audio-wideo w celu potwierdzenia uczestnictwa w zajęciach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="008C24E1" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...128 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148D8" w:rsidRPr="008A0739">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D148D8" w:rsidRPr="008A0739">
-[...30 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Rok szkolny dzieli się na</w:t>
+      </w:r>
+      <w:r w:rsidR="00183543" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dwa półrocza. Pierwsze pół</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocze zaczyna się z początkiem nowego roku szkolnego i trwa do </w:t>
+      </w:r>
+      <w:r w:rsidR="00C878E8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ostatniego pełnego roboczego tygodnia stycznia</w:t>
+      </w:r>
+      <w:r w:rsidR="00183543" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Drugie pół</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocze rozpoczyna się z pierwszym dniem </w:t>
+      </w:r>
+      <w:r w:rsidR="008850D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roboczym po zakończeniu pierwszego półrocza</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kończy z dniem zakończenia zajęć dydaktyczno-wychowawczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">platformy nauczania zdalnego: Google </w:t>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Koniec pierwszego półrocza przypada na ostatni dzień ostatniego pełnego roboczego tygodnia stycznia. Jeżeli w tym czasie przypadają ferie zimowe, to wraz z ich rozpoczęciem kończy się pierwsze półrocze danego roku szkolnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klasyfikacji śródrocznej dokonuje się w o</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8740C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>statnim tygodniu pierwszego pół</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rocza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00B8740C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D148D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Nauczyciele prowadzą dokumentację zajęć edukacyjnych zgodnie z odrębnymi przepisami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D148D8" w:rsidRPr="00C96123" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Nauczyciele są zobowiązani do odnotowywania we właściwej dokumentacji spóźnień uczniów na dane zajęcia – poprzez określenie za pomocą liczby wymiaru minutowego spóźnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008451AB" w:rsidRPr="00C96123" w:rsidRDefault="008451AB" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc220575608"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział VI</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w:rsidR="008451AB" w:rsidRPr="00C96123" w:rsidRDefault="008451AB" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc220575609"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizacja wewnątrzszkolnego systemu doradztwa zawodowego</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w:rsidR="008451AB" w:rsidRPr="00C96123" w:rsidRDefault="008451AB" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008451AB" w:rsidRPr="00C96123" w:rsidRDefault="00B8740C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc220575610"/>
+      <w:r w:rsidRPr="00C44604">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C44604">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="008451AB" w:rsidRPr="00C44604">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008451AB" w:rsidRPr="00275291">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>W szkole działa wewnątrzszkolny system doradztwa zawodowego</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidR="008451AB" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, którego koordynacją zajmuje się nauczyciel doradztwa zawodowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008451AB" w:rsidRPr="00C96123" w:rsidRDefault="008451AB" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00B8740C" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="008451AB" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008451AB" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00297E93" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00027100" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizacja doradztwa zawodowego</w:t>
+      </w:r>
+      <w:r w:rsidR="00297E93" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wewnątrzszkolny system doradztwa zawodowego, zwany dalej (WSDZ), to ogół działań podejmowanych przez szkołę w celu przygotowania uczniów do świadomego wyboru szkoły ponadpodstawowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Celem WSDZ jest udzielanie uczniom wszechstronnego wsparcia w procesie decyzyjnym wyboru szkoły ponadpodstawowej i kierunku kształcenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WSDZ jest realizowane poprzez :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prowadzenie grupowych zajęć obowiązkowych z zakresu doradztwa zawodowego        dla klas VII i VIII;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00297E93" w:rsidRPr="00C96123" w:rsidRDefault="00297E93" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prowadzenie </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA775C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przez wychowawców klas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 – 8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA775C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">co najmniej </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raz w miesiącu zajęć o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">charakterze </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:t>Classrom</w:t>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zawodoznawczym</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, w tym wycieczek</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA775C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udzielanie indywidualnych porad uczniom i rodzicom w zakresie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wykorzystania posiadanych uzdolnień i talentów przy wykonywaniu przyszłych zadań zawodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instytucji i organizacji wspi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>erających funkcjonowanie osób z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>niepełnosprawnością w życiu zawodowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
-[...150 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alternatywnych możliwości kształcenia dla uczniów z problemami emocjonalnymi i dla uczniów niedostosowanych społecznie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00EA775C" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00D148D8" w:rsidRPr="008A0739" w:rsidRDefault="00D148D8" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00027100" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>powszechnianie wśród uczniów i rodziców informacji o aktualnym i prognozowanym zapotrzebowaniu na pracowników,  średnich zarobkach  w poszczególnych branżach oraz dostępnych stypendiach i systemach dofinansowania kształcenia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00027100" w:rsidRPr="00C96123" w:rsidRDefault="00027100" w:rsidP="00816DA1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Plan działań szkoły z zakresu doradztwa zawodowego na dany rok szk</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA775C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olny opracowuje nauczyciel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doradztwa zawodowego </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA775C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w oparciu o przeprowadzoną diagnozę </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>porozumieniu z wychowawcami klas i zespołem psychologiczno-pedagogicznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00473D4F" w:rsidRPr="00C96123" w:rsidRDefault="00473D4F" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 28</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148D8" w:rsidRPr="008A0739">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc220575611"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział VII</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc220575612"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizacja biblioteki i świetlicy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...167 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 29</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D148D8" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...35 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...77 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008451AB" w:rsidRPr="008A0739">
-[...628 lines deleted...]
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00275291">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>W szkole działa biblioteka</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Bibliotekę prowadzi nauczyciel bibliotekarz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zadaniem biblioteki jest:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rozbudzanie i rozwijanie indywidualnych zainteresowań uczniów oraz wyrabianie            i pogłębianie nawyku czytania i uczenia się,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>współpraca z nauczycielami, rodzicami i bibliotekami pozaszkolnymi , w realizacji zadań dydaktyczno-wychowawczych szkoły, rozwijaniu kultury czytelniczej                    i przygotowaniu do samokształcenia,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>organizowanie konkursów, akcji czytelniczych i innych form działalności, rozwijających wrażliwość kulturową  i społeczną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Z biblioteki szkolnej mogą korzystać uczniowie, rodzice, nauczyciele i inni pracownicy szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991ECB" w:rsidRPr="008A0739" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
+    <w:p w:rsidR="00991ECB" w:rsidRPr="00C96123" w:rsidRDefault="00991ECB" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Godziny pracy biblioteki umożliwiają dostęp do jej zbiorów podczas zajęć lekcyjnych           i po ich zakończeniu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D5E92" w:rsidRPr="008A0739" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="005265A8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 33</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006D5E92" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="003E155D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00275291">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>W szkole działa świetlica</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5E92" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Świetlicę prowadzą wychowawcy świetlicy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Świetlica działa od poniedziałku do piątku (za wyjątkiem dni ustawowo wolnych od pracy).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00C749ED" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00C749ED" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Celem działalności świetlicy </w:t>
       </w:r>
-      <w:r w:rsidR="00E25ADE" w:rsidRPr="008A0739">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00C749ED" w:rsidP="00D31884">
+      <w:r w:rsidR="00E25ADE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jest zapewnienie dzieciom zorganizowanej opieki wychowawczej, pomocy w nauce oraz odpowiednich warunków</w:t>
+      </w:r>
+      <w:r w:rsidR="003E155D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25ADE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do nauki własnej i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E155D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25ADE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rekreacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00C749ED" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zadania świetlicy:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organizowanie pomocy w nauce, tworzenie warunków do nauki własnej,          przyzwyczajenie do samodzielnej pracy umysłowej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Organizowanie gier i zabaw ruchowych oraz innych form kultury fizycznej, mających    na celu prawidłowy rozwój fizyczny dziecka;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ujawnianie i rozwijanie zainteresowań, zamiłowań i uzdolnień, organizowanie zajęć w tym zakresie;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stwarzanie warunków do uczestnictwa w kulturze;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upowszechnienie zasad kultury zdrowotnej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rozwijanie samodzielności i samorządności</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101973" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00101973" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Współdziałanie z rodzicami i nauczycielami wychowanków;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E25ADE" w:rsidRPr="008A0739" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
+    <w:p w:rsidR="00E25ADE" w:rsidRPr="00C96123" w:rsidRDefault="00E25ADE" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Szczegółowe zasady funkcjonowania świetlicy , w tym </w:t>
       </w:r>
-      <w:r w:rsidR="00101973" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00101973" w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">naboru, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odbioru dzieci, określa regulamin świetlicy szkolnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00516BB8" w:rsidRPr="008A0739" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005816A5" w:rsidRPr="00C96123" w:rsidRDefault="005816A5" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowywcity"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc220575613"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział VIII</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc220575614"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zakres zadań nauczycieli i innych pracowników szkoły</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00640085" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rozdział VIII</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA155D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00064A82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zakres zadań nauczycieli i innych pracowników szkoły</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. W szkole zatrudnia się nauczycieli, wychowawców oraz stosownie do potrzeb: nauczyciela wspomagającego, asystenta lub pomoc nauczyciela, specjalistów, a także innych pracowników, w tym pracowników administracyjnych i obsługi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Zasady zatrudniania nauczycieli, specjalistów i innych pracowników, o których mowa w ust. 1, określają odrębne przepisy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Kwalifikacje nauczycieli, specjalistów i innych pracowników, o których mowa w ust. 1, oraz zasady ich wynagradzania określają odrębne przepisy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00640085" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 34</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="004D64D6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...77 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 35</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Nauczyciele wykonują swoje zadania wynikające z przepisów prawa, niniejszego </w:t>
+      </w:r>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statut</w:t>
+      </w:r>
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u oraz innych dokumentów obowiązujących w szkole.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Do zadań nauczyciela należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>realizacja podstawy programowej wraz z wymaganiami edukacyjnymi dostosowanymi do potrzeb i możliwości ucznia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>realizacja programu wychowawczo-profilaktycznego szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dbałość o bezpieczeństwo uczniów i higieniczne warunki nauki;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stosowanie w pracy metod zapewniają</w:t>
+      </w:r>
+      <w:r w:rsidR="00930D77" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cych efektywną naukę i indywidualny rozwój każdego ucznia</w:t>
+      </w:r>
+      <w:r w:rsidR="00C017DE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, monitorowanie jego postępów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz stałe dokształcanie się w tym zakresie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Do zadań nauczyciela wychowawcy należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planowanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00640085" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i realizacja zadań w oparciu o program </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wychowawczo-profilaktyczny szkoły i indywidualne potrzeby uczniów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prowadzenie zajęć w ramach godzin z wychowawcą zgodnie z potrzebami uczniów danego oddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dbałość o warunki efektywnego uczenia się i rozwoju uczniów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stwarzanie warunków do budowania dobrych relacji na linii uczeń-nauczyciel-rodzic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Do zadań nauczyciela bibliotekarza należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dbałość o stan księgozbioru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>propagowanie czytelnictwa wśród uczniów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wdrażanie uczniów do samodzielnego, aktywnego poszu</w:t>
+      </w:r>
+      <w:r w:rsidR="00930D77" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiwania informacji, jej oceny i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>użyteczności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00640085" w:rsidP="00AB1A3D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...419 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="004D64D6" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 36</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="009079F1" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. W szkole </w:t>
       </w:r>
-      <w:r w:rsidR="00390957" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00390957" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zatrudnia się ponadto: pedagoga, pedagoga specjalnego, psychologa,  wychowawcę świetlicy</w:t>
       </w:r>
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, którzy wykonują swoje zadania wynikające z przepisów prawa, niniejszego </w:t>
       </w:r>
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidR="00516BB8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00516BB8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u oraz innych dokumentów obowiązujących w szkole.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00516BB8" w:rsidRPr="008A0739" w:rsidRDefault="00516BB8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Do zadań </w:t>
       </w:r>
-      <w:r w:rsidR="00C70691" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00C70691" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagoga/psychologa  </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) prowadzenie badań i działań diagnostycznych uczniów, w tym diagnozowanie indywidualnych potrzeb rozwojowych i edukacyjnych oraz możliwości psychofizycznych uczniów w celu określenia mocnych stron, predyspozycji, zainteresowań i uzdolnień uczniów </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">1) prowadzenie badań i działań diagnostycznych uczniów, w tym diagnozowanie indywidualnych potrzeb rozwojowych i edukacyjnych oraz możliwości psychofizycznych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">oraz przyczyn niepowodzeń edukacyjnych lub trudności w funkcjonowaniu uczniów, w tym barier i ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo szkoły </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+        <w:t xml:space="preserve">uczniów w celu określenia mocnych stron, predyspozycji, zainteresowań i uzdolnień uczniów oraz przyczyn niepowodzeń edukacyjnych lub trudności w funkcjonowaniu uczniów, w tym barier i ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo szkoły </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">2) diagnozowanie sytuacji wychowawczej szkole  w celu rozwiązywania problemów wychowawczych stanowiących barierę i ograniczających aktywne i pełne uczestnictwo ucznia w życiu szkoły  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>3) udzielanie uczniom pomocy psychologiczno-pedagogicznej w formach odpowiednich do rozpoznanych potrzeb;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>4) podejmowanie działań z zakresu profilaktyki uzależn</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ień i innych problemów dzieci i </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>młodzieży;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>5) minimalizowanie skutków zaburzeń rozwojowych, zapobieganie zaburzeniom zachowania oraz inicjowanie różnych form pomocy w środo</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wisku przedszkolnym, szkolnym i </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>pozaszkolnym uczniów;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>6) inicjowanie i prowadzenie działań mediacyjnych i interwencyjnych w sytuacjach kryzysowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>7) pomoc rodzicom i nauczycielom w rozpoznawaniu i rozwijaniu indywidualnych możliwości, predyspozycji i uzdolnień uczniów;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>8) wspieranie nauczycieli, wychowawców grup wychowawczych i innych </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
-        <w:r w:rsidRPr="008A0739">
+      <w:hyperlink r:id="rId9" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
+        <w:r w:rsidRPr="00C96123">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>specjalistów</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t> w:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">a) rozpoznawaniu indywidualnych potrzeb rozwojowych i edukacyjnych oraz możliwości psychofizycznych uczniów w celu określenia mocnych stron, predyspozycji, zainteresowań i uzdolnień uczniów oraz przyczyn niepowodzeń edukacyjnych lub trudności w funkcjonowaniu uczniów, w tym barier i ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo w życiu  szkoły  </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+        <w:t>a) rozpoznawaniu indywidualnych potrzeb rozwojowych i edukacyjnych oraz możliwości psychofizycznych uczniów w celu określenia mocnych stron,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> predyspozycji, zainteresowań i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uzdolnień uczniów oraz przyczyn niepowodz</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>eń edukacyjnych lub trudności w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>funkcjonowaniu uczniów, w tym barier i ograniczeń utrudni</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ających funkcjonowanie ucznia i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jego uczestnictwo w życiu  szkoły  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>b) udzielaniu pomocy psychologiczno-pedagogicznej.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="P4384A39"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+      <w:bookmarkStart w:id="20" w:name="P4384A39"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>3. Do zadań pedagoga specjalneg</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> w szkole  należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>1) współpraca z nauczycielami, wychowawcami grup wychowawczych lub innymi </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
-        <w:r w:rsidRPr="008A0739">
+      <w:hyperlink r:id="rId10" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
+        <w:r w:rsidRPr="00C96123">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>specjalistami</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>, rodzicami oraz uczniami w:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>a) rekomendowaniu dyrektorowi szkoły lub do realizacji działań w zakresie zapewnienia aktywnego i pełnego uczestnictwa uczniów w życiu szkoły oraz dostępności, o której mowa w </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor="P5121A2" w:tgtFrame="ostatnia" w:history="1">
-        <w:r w:rsidRPr="008A0739">
+      <w:hyperlink r:id="rId11" w:anchor="P5121A2" w:tgtFrame="ostatnia" w:history="1">
+        <w:r w:rsidRPr="00C96123">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>ustawie z dnia 19 lipca 2019 r. o zapewnianiu dostępności osobom ze szczególnymi potrzebami</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">b) prowadzeniu badań i działań diagnostycznych związanych z rozpoznawaniem indywidualnych potrzeb rozwojowych i edukacyjnych oraz możliwości psychofizycznych uczniów w celu określenia mocnych stron, predyspozycji, zainteresowań i uzdolnień uczniów </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">oraz przyczyn niepowodzeń edukacyjnych lub trudności w funkcjonowaniu uczniów, w tym barier i ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo w życiu  szkoły </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+        <w:t>oraz przyczyn niepowodzeń edukacyjnych lub trudności w funkcjo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nowaniu uczniów, w tym barier i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo w życiu  szkoły </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>c) rozwiązywaniu problemów dydaktycznych i wychowawczych uczniów,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>d) określaniu niezbędnych do nauki warunków, sprzętu specjalistycznego i środków dydaktycznych, w tym wykorzystujących technologie informacyjno-komunikacyjne, odpowiednich ze względu na indywidualne potrzeby rozwojowe i edukacyjne oraz możliwości psychofizyczne ucznia;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>2) współpraca z zespołem w zakresie opracowania i realizacji indywidualnego programu edukacyjno-terapeutycznego ucznia posiadającego orzeczenie o potrzebie kształcenia specjalnego, w tym zapewnienia mu pomocy psychologiczno-pedagogicznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>3) wspieranie nauczycieli, wychowawców grup wychowawczych i innych </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
-        <w:r w:rsidRPr="008A0739">
+      <w:hyperlink r:id="rId12" w:anchor="P4384A6" w:tgtFrame="ostatnia" w:history="1">
+        <w:r w:rsidRPr="00C96123">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>specjalistów</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t> w:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">a) rozpoznawaniu przyczyn niepowodzeń edukacyjnych uczniów lub trudności w ich funkcjonowaniu, w tym barier i ograniczeń utrudniających funkcjonowanie ucznia i jego uczestnictwo w życiu szkoły </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>b) udzielaniu pomocy psychologiczno-pedagogicznej w bezpośredniej pracy z uczniem,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>c) dostosowaniu sposobów i metod pracy do indyw</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>idualnych potrzeb rozwojowych i </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>edukacyjnych ucznia oraz jego możliwości psychofizycznych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>d) doborze metod, form kształcenia i środków dydaktycznych do potrzeb uczniów;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00655CE0" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00655CE0" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
-      <w:r w:rsidR="00802DA8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00802DA8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>udzielanie pomocy psychologiczno-pedagogicz</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>nej uczniom, rodzicom uczniów i </w:t>
       </w:r>
-      <w:r w:rsidR="00802DA8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00802DA8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>nauczycielom;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00802DA8" w:rsidRPr="008A0739" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
+    <w:p w:rsidR="00802DA8" w:rsidRPr="00C96123" w:rsidRDefault="00802DA8" w:rsidP="00AB1A3D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="225"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">6) przedstawianie radzie pedagogicznej propozycji w zakresie doskonalenia zawodowego nauczycieli szkoły </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00516BB8" w:rsidRPr="008A0739" w:rsidRDefault="00516BB8" w:rsidP="00802DA8">
+    <w:p w:rsidR="00516BB8" w:rsidRPr="00C96123" w:rsidRDefault="00516BB8" w:rsidP="00802DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F4C1F" w:rsidRPr="008A0739" w:rsidRDefault="004F4C1F" w:rsidP="00802DA8">
+    <w:p w:rsidR="004F4C1F" w:rsidRPr="00C96123" w:rsidRDefault="004F4C1F" w:rsidP="00802DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F4C1F" w:rsidRPr="008A0739" w:rsidRDefault="004F4C1F" w:rsidP="00816DA1">
+    <w:p w:rsidR="004F4C1F" w:rsidRPr="00C96123" w:rsidRDefault="004F4C1F" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc220575615"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział IX</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="005816A5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc220575616"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szczegółowe warunki i sposób oceniania wewnątrzszkolnego uczniów</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="008E5973">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:rPr>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Toc220575617"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D64D6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>36</w:t>
+      </w:r>
+      <w:r w:rsidR="00527A80" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:t>Wewnątrzszkolny system oceniania</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w:rsidR="009452A4" w:rsidRPr="00C96123" w:rsidRDefault="009452A4" w:rsidP="005830DC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...12 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>1. Ocenianiu podlegają</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009452A4" w:rsidRPr="00C96123" w:rsidRDefault="009452A4" w:rsidP="005830DC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...32 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005830DC" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="2"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>osiągniecia ucznia,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005830DC" w:rsidRPr="00C96123" w:rsidRDefault="005830DC" w:rsidP="005830DC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>zachowanie ucznia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="005830DC" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ocenianie wewnątrzszkolne osiągnięć edukacyjnych ucznia polega na rozpoznawaniu           przez nauczycieli poziomu i postępów w opanowaniu przez ucznia wiadomości </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>i umiejętności w stosunku do wymagań edukacyjnych wynikających z programów nauczania  oraz formułowaniu oceny.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96516" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="00A96516" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00E65A25">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>Ocenianie zachowania ucznia polega na rozpoznawaniu przez wychowawcę klasy, nauczycieli oraz uczniów danej klasy stopnia respektowania przez ucznia zasad współżycia społecznego i norm etycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A96516" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="00A96516" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ocenianie to proces gromadzenia informacji. Jest integralną częścią procesu uczenia się i</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1023A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nauczania. Powinno służyć wspieraniu szkolnej kariery uczniów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenianie wewnątrzszkolne ma na celu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>poinformowanie ucznia o poziomie jego osiągnięć edukacyjnych i jego zachowania oraz postępach w tym zakresie;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">udzielanie </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:anchor="P1A6" w:tgtFrame="ostatnia" w:history="1">
-        <w:r w:rsidRPr="008A0739">
+      <w:hyperlink r:id="rId13" w:anchor="P1A6" w:tgtFrame="ostatnia" w:history="1">
+        <w:r w:rsidRPr="00C96123">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:t>uczniowi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> pomocy w nauce poprzez bieżące przekazanie informacji o tym, co zrobił dobrze, co i jak wymaga poprawy oraz  jak powinien się dalej uczyć;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>pomoc uczniowi w samodzielnym planowaniu swojego rozwoju;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>motywowanie ucznia do dalszej pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">dostarczenie rodzicom i nauczycielom informacji o postępach, trudnościach </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w nauce, zachowaniu i specjalnych uzdolnieniach ucznia;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">umożliwienie nauczycielom doskonalenia organizacji i metod pracy </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>dydaktyczno–wychowawczej</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0031256C" w:rsidRPr="008A0739" w:rsidRDefault="00D033F4" w:rsidP="00D31884">
+    <w:p w:rsidR="0031256C" w:rsidRPr="00C96123" w:rsidRDefault="00D033F4" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidR="0031256C" w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Prace pisemne</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5287" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sprawdziany</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uczniów</w:t>
+      </w:r>
+      <w:r w:rsidR="0031256C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> mogą być udostępniane Rodzicom</w:t>
       </w:r>
-      <w:r w:rsidR="00FB2C70" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00FB2C70" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0024637B" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00FF5287" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">w terminie do trzech dni, </w:t>
       </w:r>
-      <w:r w:rsidR="00FB2C70" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00FB2C70" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">w formie fotografii lub </w:t>
       </w:r>
-      <w:r w:rsidR="0024637B" w:rsidRPr="008A0739">
+      <w:r w:rsidR="0024637B" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ksero</w:t>
       </w:r>
-      <w:r w:rsidR="00FB2C70" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00FB2C70" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>kopii,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na ich pisemny wniosek </w:t>
+      </w:r>
+      <w:r w:rsidR="00C017DE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do nauczyciela danego przedmiotu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>poprzez Dziennik elektroniczny</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4629" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B40" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>na zebrani</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1242" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ach</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B40" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rodziców</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61153" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 38</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F554B1" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3F07" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Opis przyjętej skali ocen zajęć edukacyjnych:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) W bieżącym ocenianiu, śródrocznym i końcowym klasyfikowaniu w klasach </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>IV – VIII i w klasach I – III z religii stosuje się następującą skalę ocen:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="00282EBF" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ocena słowna</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>cena cyfrowa</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>skrót</w:t>
       </w:r>
-      <w:r w:rsidR="00655CE0" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00655CE0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>a)   stopień celujący</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  6                               cel</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>6                               cel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>b)   stopień bardzo dobry</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  5                               </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5                               </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>bdb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>c)   stopień dobry</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  4                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4                               </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>db</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="3969"/>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>d)   stopień dostateczny</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3                               </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>e)   stopień dopuszczający</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  3                               </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2                               </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:t>dst</w:t>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-[...50 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>f)   stopień niedostateczny</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">  1                               </w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1                               </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ndst</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">W ocenianiu różnych form sprawdzania wiedzy i umiejętności uczniów </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w klasach IV – VIII i z religii w klasach I – III obowiązuje następująca skala procentowa:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>0%  -39%- niedostateczny;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>40%-55%-dopuszczający;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>56%-70%-dostateczny;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>71%-89%- dobry;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>90%-95%- bardzo dobry;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>96%-100%- celujący.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ta sama skala procentowa może służyć jako narzędzie w celu określenia wyników ucznia w systemie edukacji innych krajów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="0043571E" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ocena półroczna</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i roczna powinny jednoznacznie wynikać z oce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>n cząstkowych. Uczeń w półroczu</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> musi uzyskać co najmniej jedną ocenę cząstkową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W edukacji wczesnoszkolnej w ocenianiu śródrocznym i rocznym stosuje się ocenę opisową. Ocena ta uwzględnia poziom opanowania przez ucznia wiadomości i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E405CF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">umiejętności z zakresu wymagań określonych w podstawie programowej kształcenia ogólnego dla I etapu edukacyjnego oraz wskazuje potrzeby rozwojowe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">i edukacyjne ucznia.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ocena opisowa wynika z bieżącego monitorowania postępów ucznia odnotowywanych w dzienniku zajęć edukacyjnych przy pomocy  oznaczeń: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>[++ ] –wiadomości i umiejętności opanowane;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">[ </w:t>
       </w:r>
-      <w:r w:rsidR="009772D8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="009772D8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>-  ] –wiadomości i umiejętności nie opanowane;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="008D4E4A" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="00FD0449" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D4E4A">
+      <w:r w:rsidRPr="00FD0449">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape id="Łącznik prosty ze strzałką 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:76.35pt;margin-top:6.3pt;width:18.45pt;height:10.05pt;flip:y;z-index:251659264;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTZU+kBAIAAMEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyeaDFFhl00NKuRSI&#10;1NK7Y3t3rXg91tjJJrmB1H/W/i/GTpS2cEPswbJ3PG/eezOeXe46y7YagwFX8dFgyJl2EpRxTcV/&#10;3F2/+8hZiMIpYcHpiu914Jfzt29mvS/1GFqwSiMjEBfK3le8jdGXRRFkqzsRBuC1o2AN2IlIR2wK&#10;haIn9M4W4+HwougBlUeQOgT6e3UM8nnGr2st4/e6DjoyW3HiFvOKeV2ltZjPRNmg8K2RJxriH1h0&#10;wjgqeoa6ElGwDZq/oDojEQLUcSChK6CujdRZA6kZDf9Qc9sKr7MWMif4s03h/8HKb9slMqMqPuHM&#10;iY5a9PTz8UEenFkz8jXEPTtoaiEexNOv9eMDmyTPeh9KSl24JSbVcudu/Q3IdWAOFq1wjc7c7/ae&#10;AEcpo3iVkg7BU+VV/xUU3RGbCNnAXY0dq63x9ykxgZNJbJc7tj93TO8ik/RzPHk/GU05kxQajT9c&#10;TKa5ligTTEr2GOIXDR1pCdR80iFM08YFOEezAXgsIbY3ISaSzwkp2cG1sTaPiHWsr/in6XiaOQWw&#10;RqVguhawWS0ssq1IQ5a/E4tX1xA2TmWwVgv1+bSPwljas5itimjIPKt5qtZpxZnV9K7S7kjPupOV&#10;yb1jH1ag9ktM4eQqzUnWcZrpNIgvz/nW88ub/wYAAP//AwBQSwMEFAAGAAgAAAAhAE+SAUfeAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/IfNkHgxsrUGrKVbYlTkZIgV70t3aBu6&#10;s013gfbfO5z09l7ey5tvstVgW3HG3jeOFDzMIhBIpTMNVQp23+v7BIQPmoxuHaGCET2s8slNplPj&#10;LvSF5yJUgkfIp1pBHUKXSunLGq32M9chcXZwvdWBbV9J0+sLj9tWxlG0kFY3xBdq3eFrjeWxOFkF&#10;b8V2vv652w3xWG4+i4/kuKXxXanb6fCyBBFwCH9luOIzOuTMtHcnMl607OfxE1dZxAsQ10LyzGKv&#10;4JEDmWfy/wf5LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTZU+kBAIAAMEDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPkgFH3gAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;">
+          <v:shape id="Łącznik prosty ze strzałką 3" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:76.35pt;margin-top:6.3pt;width:18.45pt;height:10.05pt;flip:y;z-index:251659264;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANStTv1QEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yPpVuNOD2k6y7d&#10;FqDd7ook28JkUSCVOPn3E5Ug3cetmA8CaZKPj0/U6u44eHGwSA5CI2eTqRQ2aDAudI38/vzw7qMU&#10;lFQwykOwjTxZknfrt29WY6ztHHrwxqLIIIHqMTayTynWVUW6t4OiCUQbcrAFHFTKLnaVQTVm9MFX&#10;8+n0phoBTUTQlij/vT8H5brgt63V6Vvbkk3CNzJzS+XEcu74rNYrVXeoYu/0hYZ6BYtBuZCbXqHu&#10;VVJij+4fqMFpBII2TTQMFbSt07bMkKeZTf+a5qlX0ZZZsjgUrzLR/4PVXw+bsEWmro/hKT6C/kki&#10;wKZXobOFwPMp5oubsVTVGKm+lrBDcYtiN34Bk3PUPkFR4djiIFrv4g8uZPA8qTgW2U9X2e0xCZ1/&#10;zhfvF7OlFDqHZvMPN4tl6aVqhuHiiJQ+WxgEG42khMp1fdpACPmCAc8t1OGREpN8KeDiAA/O+3LP&#10;PoixkbfL+bJwIvDOcJDTCLvdxqM4KN6U8l1Y/JGGsA+mgPVWmU8XOynnsy1SkSqhy+J5K7nbYI0U&#10;3ubHwdaZng8XKVk9XlWqd2BOW+Qwe/myyxyXxeRt+t0vWS/PZ/0LAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPkgFH3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJvyHzZB4MbK1BqylW2JU&#10;5GSIFe9Ld2gburNNd4H23zuc9PZe3subb7LVYFtxxt43jhQ8zCIQSKUzDVUKdt/r+wSED5qMbh2h&#10;ghE9rPLJTaZT4y70heciVIJHyKdaQR1Cl0rpyxqt9jPXIXF2cL3VgW1fSdPrC4/bVsZRtJBWN8QX&#10;at3ha43lsThZBW/Fdr7+udsN8VhuPouP5Lil8V2p2+nwsgQRcAh/ZbjiMzrkzLR3JzJetOzn8RNX&#10;WcQLENdC8sxir+CRA5ln8v8H+S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADUrU79UB&#10;AACGAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT5IB&#10;R94AAAAJAQAADwAAAAAAAAAAAAAAAAAvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="009772D8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="009772D8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>[      ]</w:t>
       </w:r>
-      <w:r w:rsidR="001F6E82" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001F6E82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS PGothic" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wiadomości i umiejętności opanowane częściowo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Przedmiot „</w:t>
       </w:r>
-      <w:r w:rsidR="00D31884" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00D31884" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Edukacja zdrowotna</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>” jest realizowany w klasach IV-VIII szkoły podstawowej. Uczeń nie bierze udziału w zajęciach, jeśli jego rodzice (opiekunowie pr</w:t>
       </w:r>
-      <w:r w:rsidR="00D31884" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00D31884" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>awni) do 25 września</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> zgłoszą dyrektorowi w formie pisemnej rezygnację z udziału ucznia w zajęciach. W ocenianiu rocznym stosuje się zaliczenie na podstawie uczestnictwa w zajęciach. Forma wpisu brzmi: </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>uczestniczył/a</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-      <w:pPr>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc220575618"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:sym w:font="Arial" w:char="00A7"/>
+      </w:r>
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F554B1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4684" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:t>Zasady oceniania</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...46 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zasada jawności i informowania rodziców</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="284"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wymagania edukacyjne i sposoby sprawdzania osiągnięć ucznia zostają omówione na pierwszej lekcji organizacyjnej przez nauczyciela przedmiotu – uczeń i rodzic otrzymują informację przez dziennik elektroniczny. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Rodzice</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66449" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i uczniowie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informowani są o warunkach i trybie uzyskania wyższej niż przewidywana rocznej ocenie klasyfikacyjnej z obowiązkowych zajęć edukacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...36 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t xml:space="preserve">Stosuje się następujące sposoby informowania rodziców o postępach ucznia: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>-  dziennik elektroniczny</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="008F04E5" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zebrania klasowe (informację o zebraniu wpisuje się do dziennika z co najmniej trzydniowym wyprzedzeniem)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="00A66449" w:rsidRPr="00C96123" w:rsidRDefault="00A66449" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontakt z wychowawcą klasy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5245"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>-   konsultacje</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>-   rozmowy indywidualne</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>-   informacja pedagoga szkolnego lub pedagoga specjalnego lub psychologa szkolnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Nauczyciel każdorazowo wpisuje ocenę bieżącą do dziennika i określa za co uczeń otrzymał ocenę.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk176807716"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:bookmarkStart w:id="25" w:name="_Hlk176807716"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Na miesiąc przed klasyfikacyjnym posiedzeniem rady pedagogicznej,  wychowawca jest zobowiązany wysłać wiadomość przez dziennik elektroniczny do rodziców/opiekunów uczniów informację o przewidywanej ocenie niedostatecznej z określonych zajęć edukacyjnych oraz o grożącym nieklasyfikowaniu ucznia. Wiadomość wysłaną rozumie się jako dostarczoną do rodzica/opiekuna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Na tydzień przed klasyfikacyjnym posiedzeniem rady pedagogicznej, nauczyciele zobowiązani są wystawić w dzienniku elektronicznym ocenę przewidywaną śródroczną/roczną z przedmiotu. O wystawionej propozycji oceny nauczyciel informuje ucznia i rodzica poprzez zapis w dzienniku elektronicznym. Rodzic ma obowiązek zapoznać się z propozycjami ocen </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w dzienniku elektronicznym. Dodatkowo o wynikach klasyfikacji śródrocznej rodzic/opiekun zostaje poinformowany na zebraniu z rodzicami podsumowującym półrocze.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zasada formułowania wymagań </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Wymagania edukacyjne uwzględniają podstawę programową oraz wybrany                        przez nauczyciela program nauczania. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ustala się następujące ogólne kryteria wymagań edukacyjnych na poszczególne oceny w skali sześciostopniowej:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę celującą otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opanował pełny zakres wiedzy i umiejętności(96-100%) określony podstawą programową w danej klasie, samodzielnie i twórczo rozwija własne uzdolnienia, biegle posługuje się zdobytymi wiadomościami w rozwiązywaniu problemów teoretycznych    i praktycznych  z programu nauczania danej klasy, proponuje rozwiązania nietypowe, rozwiązuje także zadania wykraczające poza program nauczania tej klasy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zachęca innych do pracy, utrzymuje partnerską atmosferę, potrafi stworzyć jasny, dobrze przedstawiany i uporządkowany plan przyjętej strategii, potrafi uzasadnić co było konieczne, a co zbędne i sformułować komentarz dotyczący założeń i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uproszczeń, jest świadomy potrzeby formułowania hipotez, a w celu ich sprawdzenia zaplanować eksperymentalne sytuacje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dodatkowo(nieobligatoryjnie) bierze udział i osiąga sukcesy w konkursach, kwalifikuje się do finałów na szczeblu wojewódzkim albo krajowym lub posiada porównywalne osiągnięcia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Uczeń, który zdobył tytuł laureata konkursu przedmiotowego o zasięgu wojewódzkim po ustaleniu rocznej oceny klasyfikacyjnej z zajęć edukacyjnych otrzymuje z tych zajęć celującą końcową ocenę klasyfikacyjną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę bardzo dobrą otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>opanował zdecydowaną większość</w:t>
+      </w:r>
+      <w:r w:rsidR="00D637E6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(90-95%) zakresu wiedzy i umiejętności określonego podstawą programową w danej klasie, sprawnie posługuje się zdobytymi wiadomościami, rozwiązuje samodzielnie problemy teoretyczne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>i praktyczne ujęte programem nauczania, potrafi zastosować posiadaną wiedzę do rozwiązywania zadań i problemów w nowych sytuacjach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Jest świadomy różnych ról i różnego rodzaju odpowiedzialności w grupie, sugeruje sposoby pracy, potrafi przyjąć odpowiedzialność za prowadzenie grupy, broni własnego punktu widzenia, pot</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>rafi przedstawić użyte metody i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>wyniki</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C56" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uporządkowanej, logicznej kolejności, analizować informacje i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sytuacje, formułować zadania i zdobywać dostęp do informacji potrzebnych do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">skutecznego poradzenia sobie z określonymi przez siebie zadaniami, jest </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w stanie wyciągnąć wnioski ze swych rezultatów i uzasadnić wybrany sposób postępowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...36 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Dodatkowo(nieobligatoryjnie) bierze udział i osiąga sukcesy w konkursach szkolnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00470F75" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>i międzyszkolnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę dobrą otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>opanował większość</w:t>
+      </w:r>
+      <w:r w:rsidR="00470F75" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(71-89%) zakresu wiedzy i umiejętności określonego podstawą programową w danej klasie, poprawnie stosuje wiadomości, rozwiązuje (wykonuje) samodzielnie typowe zadania teoretyczne lub praktyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Świadomie uczestniczy w grupowej dyskusji i podejmowaniu decyzji, potrafi zaakceptować zdanie grupy, spośród różnych informacji wybiera te, które są mu potrzebne do wykonania zadania, zanalizuje sytuację i rozpozna rodzaje problemów przez nią stworzonych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę dostateczną otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>opanował wiadomości i umiejętności określone podstawą programową w danej klasie  na poziomie podstawowym</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C56" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>(56-70%), rozwiązuje (wykonuje) typowe zadania teoretyczne     i praktyczne o średnim stopniu trudności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Pyta, prosi o wyjaśnienie, słucha dyskusji, potrafi dostosować się do decyzji grupy</w:t>
       </w:r>
-      <w:r w:rsidR="009772D8" w:rsidRPr="008A0739">
+      <w:r w:rsidR="009772D8" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>w sprawie pracy do wykonania, potrafi przy pomocy prostego opisu słownego lub pisemnego wyjaśnić wyniki dotychczasowej pracy, ocenić trafność uzyskanych rezultatów i sprawdzać je w konkretnych sytuacjach.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę dopuszczającą otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ma braki w opanowaniu wiadomości i umiejętności określonych podstawą programową na poziomie podstawowym (40-55% wiedzy), co nie wyklucza postępów, rozwiązuje (wykonuje) zadania teoretyczne i praktyczne typowe, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">o niewielkim stopniu trudności  przy pomocy nauczyciela. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Współpracuje w grupie jako jej członek, potrafi zrozumieć zadanie wyrażone </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>w prosty i jednoznaczny sposób, ocenić sytuację i rozpoznać rodzaj problemu (typowy, jednoetapowy).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę niedostateczną otrzymuje uczeń, który:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nie opanował wiadomości i umiejętności określonych podstawą programową </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
-        <w:t>w danej klasie, mimo możliwości uzupełnienia braków i możliwości poprawy ocen,  a braki uniemożliwiają mu dalsze postępy, nie jest w stanie rozwiązać (wykonać) zadań  o niewielkim stopniu trudności nawet z pomocą nauczyciela.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:t xml:space="preserve">w danej klasie, mimo możliwości uzupełnienia braków i możliwości poprawy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ocen,  a braki uniemożliwiają mu dalsze postępy, nie jest w stanie rozwiązać (wykonać) zadań  o niewielkim stopniu trudności nawet z pomocą nauczyciela.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Przy ustalaniu oceny z wychowania fizycznego, techniki, plastyki, muzyki </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">i zajęć artystycznych należy przede wszystkim brać pod uwagę wysiłek wkładany przez ucznia w wywiązywanie się z obowiązków wynikających ze specyfiki tych zajęć, a w przypadku wychowania fizycznego – także systematyczność udziału ucznia w zajęciach oraz aktywność ucznia </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>w działaniach podejmowanych przez szkołę na rzecz kultury fizycznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyrektor Szkoły zwalnia ucznia z realizacji zajęć wychowania fizycznego, zajęć komputerowych, informatyki na podstawie zaświadczenia o braku możliwości uczestniczenia ucznia w tych zajęciach wydanej przez lekarza, na czas określony w tym zaświadczeniu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Jeżeli okres zwolnienia ucznia z realizacji zajęć, uniemożliwia ustalenie śródrocznej lub rocznej, oceny klasyfikacyjnej, w dokumentacji przebiegu nauczania zamiast oceny klasyfikacyjnej wpisuje się „zwolniony” albo „zwolniona”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyrektor szkoły zwalnia ucznia z wadą słuchu, z głęboką dysleksją rozwojową, z afazją, z niepełnosprawnościami sprzężonymi lub z autyzmem, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">w tym z zespołem Aspergera, z nauki drugiego języka obcego nowożytnego do końca danego etapu edukacyjnego na wniosek rodziców na podstawie opinii poradni psychologiczno-pedagogicznej, w tym poradni specjalistycznej, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">z której wynika potrzeba zwolnienia z nauki tego języka obcego nowożytnego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W przypadku ucznia, o którym mowa powyżej, posiadającego orzeczenie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">w tym z zespołem </w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:t xml:space="preserve">o potrzebie kształcenia specjalnego lub orzeczenie o potrzebie indywidualnego nauczania, z którego wynika potrzeba zwolnienia ucznia z nauki drugiego języka obcego nowożytnego, zwolnienie z nauki tego języka obcego nowożytnego może nastąpić     na podstawie tego orzeczenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>W przypadku zwolnienia ucznia z nauki drugiego języka obcego nowożytnego           w dokumentacji przebiegu nauczania zamiast oceny klasyfikacyjnej wpisuje się „zwolniony” albo „zwolniona”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W oddziałach integracyjnych, śródroczną i roczną ocenę klasyfikacyjną z zajęć</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edukacyjnych dla uczniów posiadających orzeczenie o potrzebie kształcenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">specjalnego ustala nauczyciel prowadzący dane zajęcia edukacyjne, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>po zasięgnięciu opinii nauczyciela wspomagającego w danej klasie.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="00F90FF8" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Oceny klasyfikacyjne śródroczne i roczne ustala się na podstawie ocen szkolnych oraz poprzez uważne monitorowanie postępów ucznia </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>ze szczególnym uwzględnieniem postępów w kształtowaniu umiejętności kluczowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="002C2BF2" w:rsidRPr="00C96123" w:rsidRDefault="002C2BF2" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...53 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Śródroczne </w:t>
+      </w:r>
+      <w:r w:rsidR="00793D77" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>i roczne oceny klasyfikacyjne</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05E7D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z zajęć edukacyjnych ust</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82D53" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A05E7D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>lają nauczyciele prowadzący poszczególne zajęcia</w:t>
+      </w:r>
+      <w:r w:rsidR="00B82D53" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edukacyjne</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1147E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1147E" w:rsidRPr="00C96123" w:rsidRDefault="00F1147E" w:rsidP="008E5973">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="1276"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ocena śródroczna</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6053C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i klasyfikacyjna nie jest oceną średnią.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:strike/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na wniosek rodziców/prawnych opiekunów i po uzyskaniu zgody wychowawcy klasy lub na wniosek wychowawcy klasy i po uzyskaniu zgody rodziców/prawnych opiekunów Rada Pedagogiczna może postanowić </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
-        <w:t>z wyróżnieniem wręcza uczniowi Dyrektor Szkoły.</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:t xml:space="preserve">o promowaniu ucznia klasy I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> II szkoły podstawowej do klasy programowo wyższej również w ciągu roku szkolnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Na wniosek rodziców/prawnych opiekunów i po uzyskaniu zgody wychowawcy klasy lub na wniosek wychowawcy klasy i po uzyskaniu zgody rodziców/prawnych opiekunów uzasadnionych przypadkach Rada Pedagogiczna może postanowić o powtarzaniu klasy przez ucznia klas I-III szkoły podstawowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="52"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Świadectwo z wyróżnieniem lub świadectwo ukończenia szkoły </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>z wyróżnieniem wręcza uczniowi Dyrektor Szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zasada komentowania ocen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...39 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Nauczyciel wystawia ocenę starając się, aby była ona jak najbardziej rzetelną informacją o rzeczywistych osiągnięciach edukacyjnych ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="54"/>
-[...159 lines deleted...]
-          <w:numId w:val="54"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Nauczyciel jest zobowiązany opatrzyć ocenę komentarzem słownym lub pisemnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="54"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Komentarz musi być sformułowany w sposób życzliwy dla ucznia, nie raniąc jego godności i w sposób pozytywny uwzględniający jego wysiłek. Powinien stosować zasadę pierwszeństwa zalet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zasada różnorodności form i metod sprawdzania osiągnięć ucznia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Nauczyciel powinien wykorzystywać różne f</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ormy sprawdzania umiejętności i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>postępów  ucznia właściwych dla specyfiki nauczanego przedmiotu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="002D0E4B">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Pierwszy etap edukacji kończy się testem sprawdzającym poziom wiedzy </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:t>- sprawdziany,                                                                                                                                    - kartkówki,                                                                                                                                       - odpowiedzi ustne,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="002D0E4B">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- wybrane zadania domowe,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="002D0E4B">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>- umiejętności pracy w grupach,                                                                                                                                -umiejętności pracy samodzielnej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="002D0E4B">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- estetyka pracy,                                                                                                                                          - umiejętności ruchowe,                                                                                                                            - umiejętności praktyczne.                                                                                                                                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zasada sprawdzania osiągnięć i postępów ucznia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Punktem wyjścia do analizy postępów ucznia w klasie I jest test diagnostyczny ucznia przeprowadzany na początku roku szkolnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pierwszy etap edukacji kończy się testem sprawdzającym poziom wiedzy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>i umiejętności ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...19 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Sprawdziany zapowiadane są z tygodniowym wyprzedzeniem i poprzedzone lekcją powtórzeniową. Wyjątek stanowią sprawdziany ze znajomości lektur szkolnych, które nie są poprzedzone lekcją powtórzeniową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...29 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Kartkówki obejmują materiał najwyżej z trzech ostatnich lekcji, nie są zapowiedziane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prace pisemne z wszystkich przedmiotów nauczania oceniane są w terminie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2 tygodni od ich wykonania. Termin ten ulega przedłużeniu o czas nieobecności nauczyciela w pracy lub przerw w nauce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...39 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uczeń może w półroczu dwa razy lub jeden raz (gdy jest 1h/tydzień.) zgłosić fakt nieprzygotowania do lekcji, z wyjątkiem zapowiedzianych sprawdzianów. Fakt ten winien zgłosić nauczycielowi przed rozpoczęciem lekcji, co nauczyciel odnotowuje w dzienniku lekcyjnym symbolem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>np</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nieprzygotowany). Nie ma to wpływu na ocenę końcową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="284"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Na jednej godzinie danych zajęć edukacyjnych uczeń może otrzymać tylko jedną ocenę niedostateczną (nie dotyczy wcześniej napisanych prac pisemnych).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="284"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W dwóch pierwszych tygodniach września nauczyciele nie stawiają ocen niedostatecznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zasada częstotliwości oceniania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ocenianie musi być równomiernie rozłożone w czasie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">W jednym dniu nauki  może odbyć się tylko jeden sprawdzian. Nauczyciel winien ten fakt odnotować w dzienniku elektronicznym z tygodniowym wyprzedzeniem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Tygodniowo mogą odbyć się maksymalnie 3 sprawdziany.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...39 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Kartkówka może być na każdej lekcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...10 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W przypadku nieobecności nauczyciela lub z przyczyn organizacyjnych uzgodniony termin sprawdzianów ulega przesunięciu. Następny termin należy ponownie uzgodnić z klasą (przy czym nie obowiązuje jednotygodniowe wyprzedzenie).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Jeśli z przyczyn losowych uczeń nie może uczestniczyć w sprawdzianie z całą klasą, to jest zobowiązany przystąpić do sprawdzianu w terminie późniejszym uzgodnionym z nauczycielem, jednak nie później niż w ciągu miesiąca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zasada poprawiania osiągnięć ucznia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...39 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Po każdej formie sprawdzenia wiedzy i umiejętności z każdego przedmiotu dokonuje się analizy błędów i nauczyciel wskazuje sposoby ich poprawy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...29 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uczeń ma prawo poprawić jednorazowo każdy sprawdzian w ciągu dwóch tygodni od daty wpisania oceny do dziennika elektronicznego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W przypadku poprawienia oceny przez ucznia, nauczyciel uwzględnia wyłącznie ocenę wyższą uzyskaną przez ucznia.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zasada „szczęśliwego numeru” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="5245"/>
+        </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Szczęśliwy numer” jest losowany przez </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>MobiDzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ennik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E01A37" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>, zmienia się codziennie i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obowiązuję przez dany dzień. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="5245"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Szczęśliwy numer” zwalnia ucznia z odpowiedzi ustnej oraz pisania kartkówki. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="008E5973">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 40 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F554B1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4E3B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W klasach I – III śródroczne i roczne oceny klasyfikacyjne </w:t>
+      </w:r>
+      <w:r w:rsidR="00521D3B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zachowania są ocenami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ocenianie zachowania ucznia śródroczne i roczne w klasach IV – VIII </w:t>
+      </w:r>
+      <w:r w:rsidR="007F544D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ustala</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97866" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">się według następującej skali: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ocena słowna</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4988" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="009772D8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FE4988" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> skrót</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:r w:rsidR="00FE4988" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">1)    wzorowe                                  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">2)    bardzo dobre                           </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>bdb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">3)    dobre                                       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>db</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>4)    poprawne                                pop</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">5)    nieodpowiednie                      </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ndp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">6)    naganne                                   </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ng</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk165989406"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:bookmarkStart w:id="26" w:name="_Hlk165989406"/>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Wychowawca klasy na początku każdego roku szkolnego informuje uczniów </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oraz ich rodziców (prawnych opiekunów) o warunkach i sposobie oraz kryteriach</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> oceniania zachowania, warunkach i trybie uzyskania wyższej niż przewidywana rocznej oceny klasyfikacyjnej zachowania oraz o skutkach ustalenia uczniowi nagannej rocznej oceny klasyfikacyjnej zachowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Na miesiąc przed klasyfikacyjnym posiedzeniem rady pedagogicznej,  wychowawca jest zobowiązany wysłać wiadomość przez dziennik elektroniczny do rodziców/opiekunów uczniów informację o przewidywanej ocenie nieodpowiedniej bądź nagannej zachowania. Wiadomość wysłaną rozumie się jako dostarczoną do rodzica/opiekuna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...19 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Na tydzień przed klasyfikacyjnym posiedzeniem rady pedagogicznej, wychowawcy zobowiązani są wystawić w dzienniku elektronicznym przewidywaną śródroczną/roczną ocenę zachowania. O wystawionej propozycji oceny nauczyciel informuje ucznia i rodzica poprzez zapis w dzienniku elektronicznym. Rodzic ma obowiązek zapoznać się z propozycjami ocen w dzienniku elektronicznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Śródroczna i roczna ocena klasyfikacyjna zachowania uwzględnia funkcjonowanie ucznia w środowisku szkolnym, respektowanie zasad współżycia społecznego </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>i ogólnie przyjętych norm etycznych  a  w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wywiązywanie się z obowiązków ucznia,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>postępowanie zgodne z dobrem społeczności szkolnej,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>dbałość o honor i tradycje szkoły,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>dbałość o piękno mowy ojczystej,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>dbałość o bezpieczeństwo i zdrowie własne oraz innych osób,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>godne, kulturalne zachowanie się w szkole i poza nią,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> okazywanie szacunku innym osobom</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="008A0739">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informacje o pozytywnych i negatywnych przejawach zachowania ucznia (pochwały </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>i uwagi) każdy nauczyciel dokumentuje wpisem do dziennika elektronicznego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocena zachowania nie może mieć wpływu na oceny z zajęć edukacyjnych i promocję do klasy programowo wyższej lub ukończenie szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wychowawca klasy ustalając ocenę zachowania ucznia, który realizuje obowiązek szkolny w formie nauczania indywidualnego uwzględnia stopień możliwości spełniania kryteriów na poszczególne oceny w aspekcie opinii poradni. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wychowawca klasy przy ustaleniu oceny klasyfikacyjnej zachowania ucznia, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>u którego stwierdzono zaburzenia lub odchylenia rozwojowe, musi uwzględnić wpływ stwierdzonych zaburzeń lub odchyleń na jego zachowanie na podstawie orzeczenia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>o potrzebie kształcenia specjalnego albo indywidualnego nauczania lub opinii publicznej poradni psychologiczno-pedagogicznej w tym publicznej poradni specjalistycznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ocenę zachowania ustala wychowawca klasy. Uczniowie danej klasy mają prawo                 do opiniowania projektu oceny wśród kolegów. Uczeń oceniany ma prawo do ustosunkowania się do projektu swej oceny zachowania, a także do samooceny, która może być wzięta pod uwagę przez wychowawcę przed ostatecznym ustaleniem oceny.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="00855C68" w:rsidRPr="00C96123" w:rsidRDefault="00B534D1" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Śródroczn</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5A01" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i roczn</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5A01" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ocen</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5A01" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z zachowania</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6430" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ustala naucz</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5A01" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>yciel wychowawca</w:t>
+      </w:r>
+      <w:r w:rsidR="001B0176" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> klasy po zasięgnięciu opinii nauczycieli</w:t>
+      </w:r>
+      <w:r w:rsidR="00461503" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0043207B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00461503" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uczniów danego oddziału oraz ocenianego ucznia</w:t>
+      </w:r>
+      <w:r w:rsidR="0043207B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...10 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Przed ustaleniem śródrocznej lub rocznej oceny zachowania nauczyciele i inni pracownicy szkoły mogą składać uwagi o zachowaniu uczniów do wychowawcy. Informacje dotyczące zachowania powinny być zgłoszone najpóźniej 7 dni przed radą klasyfikacyjną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Wychowawca ma prawo na radzie klasyfikacyjnej zmienić przewidywaną ocenę                  zachowania ucznia, jeżeli zachowanie ucznia uległo radykalnej zmianie w okresie                 od poinformowania ucznia o przewidywanej ocenie do posiedzenia rady klasyfikacyjnej. Jeżeli po zebraniu rady klasyfikacyjnej zachowanie ucznia ulegnie radykalnej zmianie stosuje się taką samą procedurę jak przy wystawianiu oceny przed zebraniem rady klasyfikacyjnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Ocena zachowania ustalona przez wychowawcę jest ostateczna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Za ocenę wyjściową przy wystawieniu oceny zachowania przyjmuje się ocenę poprawną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="284"/>
-[...42 lines deleted...]
-        </w:numPr>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Szczegółowe kryteria oceny zachowania dla klas I – VIII:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Wzorową </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ocenę zachowania otrzymuje uczeń, którego zachowanie wykracza poza kryteria oceny bardzo dobrej, a ponadto spełnia większość z następujących wymagań:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>jest inicjatorem pomysłów wzbogacających życie klasy i szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>z zaangażowaniem działa na rzecz środowiska;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>z własnej inicjatywy pomaga kolegom;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>cechuje go duża odpowiedzialność i punktualność (bez spóźnień na lekcje);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>szczególnie dba o kulturę osobistą, higienę, ład i porządek;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>swoją postawą i działaniem daje dobry przykład, jak przeciwdziałać przejawom złego zachowania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>podejmuje działania promujące Szkołę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...12 lines deleted...]
-          <w:ilvl w:val="0"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>bierze systematycznie udział w działaniach charytatywnych, wolontariatu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="283"/>
-[...32 lines deleted...]
-          <w:ilvl w:val="1"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>godnie reprezentuje szkołę w czasie wyjść pozaszkolnych, konkursów i uroczystości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Bardzo dobrą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> ocenę zachowania otrzymuje uczeń, który spełnia wszystkie kryteria oceny dobrej, a ponadto spełnia większość z następujących wymagań: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chętnie podejmuje działania w zespole klasowym lub na rzecz Szkoły; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>wywiązuje się bez zastrzeżeń z przydzielonych mu zadań przez Szkołę, wychowawcę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>właściwie reaguje na przejawy złego zachowania kolegów wobec innych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>kulturalnie zachowuje się w miejscach publicznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>angażuje się w pomoc koleżeńską;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...13 lines deleted...]
-          <w:ilvl w:val="0"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>jest odpowiedzialny, punktualny, zdyscyplinowany (maksymalnie 2 spóźnienia na lekcje w półroczu);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="283"/>
-[...32 lines deleted...]
-          <w:ilvl w:val="1"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bierze udział w konkursach i zawodach sportowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Dobrą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> ocenę zachowania otrzymuje uczeń, który spełnia wszystkie kryteria oceny poprawnej, a ponadto spełnia większość z następujących wymagań: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>respektuje prawa innych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zachowuje się i wyraża w sposób kulturalny;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uczestniczy w działaniach na rzecz klasy i Szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dba o honor i tradycje Szkoły i Ojczyzny;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>podczas uroczystości szkolnych nosi strój galowy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nie używa obraźliwych słów, gestów i czynów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...12 lines deleted...]
-          <w:ilvl w:val="0"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>prawidłowo reaguje w sytuacjach zagrożenia zdrowia i życia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="283"/>
-[...32 lines deleted...]
-          <w:ilvl w:val="1"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>systematycznie uczestniczy w zajęciach – nie ma godzin nieusprawiedliwionych, nie spóźnia się na więcej niż 4 lekcje w półroczu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Poprawną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> ocenę zachowania otrzymuje uczeń, który spełnia wszystkie poniższe kryteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>przestrzega zasady zawarte w Statucie Szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zazwyczaj szanuje kolegów i osoby z najbliższego otoczenia; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>jest koleżeński, choć zdarzają mu się drobne konflikty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>na uwagi nauczyciela reaguje pozytywnie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>poprawnie odnosi się do nauczycieli, uczniów i pracowników Szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>używa zwrotów grzecznościowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nie prowokuje i nie wszczyna bójek;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zachowuje się w sposób nie zagrażający bezpieczeństwu własnemu i innych osób;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...12 lines deleted...]
-          <w:ilvl w:val="0"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nie stosuje używek i substancji zakazanych (tytoniu, e-papierosów, alkoholu, narkotyków, dopalaczy, napojów energetycznych i innych środków zmieniających świadomość);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="283"/>
-[...32 lines deleted...]
-          <w:ilvl w:val="1"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>uczestniczy w zajęciach i stara się nie spóźniać na zajęcia (może mieć maksymalnie 3 godziny nieusprawiedliwione i 7 spóźnień w półroczu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Nieodpowiednią</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> ocenę zachowania otrzymuje uczeń, który spełnia większość kryteriów oceny poprawnej, ale przejawia co najmniej jedno z poniższych zachowań:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>często łamie zapisy w Statucie Szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nie przestrzega zasad bezpieczeństwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...10 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">często jest niekoleżeński, konfliktowy, agresywny; </w:t>
+      </w:r>
+      <w:r w:rsidR="000A095C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>często przeszkadza nauczycielom i uczniom w prowadzeniu lekcji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zdarza się, że używa wulgaryzmów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>niszczy cudzą własność i mienie szkolne;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w sposób lekceważący odnosi się do  nauczycieli, pracowników Szkoły, rodziców, osób starszych, kolegów, koleżanek;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>lekceważy zadania przydzielone przez Szkołę, wychowawcę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>w codziennym postępowaniu nagminnie dopuszcza się kłamstwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ma negatywny wpływ na swoich kolegów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...12 lines deleted...]
-          <w:ilvl w:val="0"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>szkodzi zdrowiu własnemu (przyjmuje używki lub substancje zakazane: tytoń, e-papierosy, alkohol, narkotyki, dopalacze, napoje energetyczne i inne środki zmieniające świadomość);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="283"/>
-[...32 lines deleted...]
-          <w:ilvl w:val="1"/>
+        <w:ind w:left="1276" w:hanging="283"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>wykazuje lekceważącą postawę wobec symboli i tradycji Szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1276" w:hanging="283"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        <w:ind w:left="993" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Naganną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> ocenę zachowania otrzymuje uczeń, który spełnia większość kryteriów oceny poprawnej, ale przejawia co</w:t>
+      </w:r>
+      <w:r w:rsidR="004853E1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> najmniej jedno z następujących </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zachowań:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rażąco lekceważy zasady zawarte w zapisie </w:t>
+      </w:r>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Statut</w:t>
+      </w:r>
+      <w:r w:rsidR="004853E1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>u Szkoły, zwyczajach i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>tradycjach Szkoły;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>w rażący sposób narusza prawa innych (świadomie i wielokrotnie stwarza sytuacje niebezpieczne dla zdrowia jak bójki, kradzieże, wymuszenia, poprzez zachowanie i wypowiedzi wyrządza krzywdę drugiej osobie);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>popada w konflikt z prawem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>szkodzi zdrowiu innych poprzez namawianie lub rozprowadzanie środków uzależniających (tytoń, e-papierosy, alkohol, narkotyki, dopalacze, napoje energetyczne i inne środki zmieniające świadomość);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nie podejmuje żadnych prób poprawy swojego zachowania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="002D0E4B">
+      <w:r w:rsidRPr="00C96123">
         <w:t>celowo niszczy mienie szkoły, innych osób;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>swoim zachowaniem w szkole i poza nią obraża honor Szkoły i Ojczyzny;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>notorycznie opuszcza zajęcia – powyżej 7 godzin nieusprawiedliwionych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-[...20 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="000A5837">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc220575619"/>
+      <w:r w:rsidRPr="002D0E4B">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
-[...15 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+      <w:r w:rsidR="00A96516" w:rsidRPr="002D0E4B">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045542C" w:rsidRPr="002D0E4B">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97866" w:rsidRPr="002D0E4B">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="00D51C9B" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="002D0E4B">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+        </w:rPr>
+        <w:t>Warunki i tryb uzyskania wyższej niż przewidywana roczna ocena klasyfikacyjna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="007579FB" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zajęć edukacyjnych:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w:rsidR="00D51C9B" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Uczeń ma możliwość podwyższenia przewidywanej rocznej oceny klasyfikacyjnej                   z pozytywnej na pozytywną o jeden stopień wyżej, jeżeli </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383A7B" w:rsidRPr="008A0739" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
+    <w:p w:rsidR="00383A7B" w:rsidRPr="00C96123" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="79"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>frekwencja na zajęciach z danego przedmi</w:t>
       </w:r>
-      <w:r w:rsidR="00340AEB" w:rsidRPr="008A0739">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00340AEB" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>otu nie jest niższa niż 80% ( z </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wyjątkiem długotrwałej choroby)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00383A7B" w:rsidRPr="008A0739" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
+    <w:p w:rsidR="00383A7B" w:rsidRPr="00C96123" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="79"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>usprawiedliwienie wszystkich nieobecności na zajęciach</w:t>
       </w:r>
-      <w:r w:rsidR="00383A7B" w:rsidRPr="008A0739">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00383A7B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D51C9B" w:rsidRPr="008A0739" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
+    <w:p w:rsidR="00D51C9B" w:rsidRPr="00C96123" w:rsidRDefault="00D51C9B" w:rsidP="00383A7B">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="79"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przystąpienie do wszystkich przewidzianych przez nauczyciela sprawdzianów i uzyskanie pozytywnych ocen, również w trybie poprawy ocen niedostatecznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Tryb postępowania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rodzic w ciągu dwóch dni od uzyskania informacji o przewidywanej ocenie rocznej składa pisemny wniosek z uzasadnieniem do Dyrektora Szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dyrektor po zapoznaniu się z wnioskiem kieruje go do zainteresowanego nauczyciela.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Nauczyciel przeprowadza weryfikację oceny nie później niż na jeden dzień                  przed posiedzeniem rady klasyfikacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Weryfikację oceny przeprowadza się w formie pisemnej i ustnej z zakresu wiedzy i umiejętności objętych programem nauczania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rodzic może uczestniczyć w postępowaniu weryfikacyjnym w charakterze obserwatora.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Z przebiegu weryfikacji oceny nauczyciel sporządza protokół do którego dołącza pytania pisemne wraz z odpowiedzia</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4988" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>mi ucznia, zwięzłą informację o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ustnych odpowiedziach ucznia   i niezwłocznie przedstawia go Dyrektorowi Szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ocena ustalona w wyniku postępowania weryfikacyjnego jest ostateczna</w:t>
+      </w:r>
+      <w:r w:rsidR="00A113D1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i nie może być niższa niż przewidywana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dyrektor pisemnie informuje rodzica o wynikach postępowania weryfikacyjnego            do posiedzenia rady klasyfikacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00F558A3" w:rsidRDefault="001F6E82" w:rsidP="00F558A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>W klasach I – III roczne oceny klasyfikacyjne z zajęć edukacyjnych są ocenami opisowymi, od których szkoła nie przewiduje odwołania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00346D24">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc220575620"/>
+      <w:r w:rsidRPr="009D26A1">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96516" w:rsidRPr="009D26A1">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045542C" w:rsidRPr="009D26A1">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF626B" w:rsidRPr="009D26A1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF626B" w:rsidRPr="009D26A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D26A1">
+        <w:t>Warunki i tryb uzyskania wyższej niż przewidywana roczna ocena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:t xml:space="preserve"> klasyfikacyjna zachowania</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00C73E1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uczeń ma możliwość podwyższenia przewidywanej </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30900" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>rocznej oceny klasyfikacyjnej z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>pozytywnej na pozytywną (poprawna, dobra, bard</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3C2B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zo dobra) o jeden stopień wyżej, jeżeli w ciągu roku nie uzyskał nagany/uwagi z</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powodu zachowań </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>agresywnych, w </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3C2B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tym </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD3C2B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>cyberprzemocy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  i</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73E1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rodzic w ciągu dwóch dni od uzyskania informacji o przewidywanej ocenie rocznej składa pisemny wniosek z uzasadnieniem do Dyrektora Szkoły.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dyrektor po zapoznaniu się z wnioskiem kieruje go do zainteresowanego   wychowawcy klasy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>Wychowawca wszczyna ponownie procedurę ustalenia oceny zachowania przy współudziale zespołu klasowego uczących nauczycieli, samorządu klasowego, pedagoga i psychologa szkolnego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wychowawca przedstawia Dyrektorowi Szkoły protokół z weryfikacji, w którym podtrzymuje bądź podwyższa ocenę zachowania nie później niż na jeden dzień przed posiedzeniem rady klasyfikacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ustalona ocena zachowania w wyniku weryfikacji jest ostateczna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dyrektor pisemnie informuje rodziców o wynikach postępowania weryfikacyjnego                 do posiedzenia rady klasyfikacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00120E26" w:rsidRDefault="001F6E82" w:rsidP="00120E26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>W klasach I – III roczna ocena klasyfikacyjna zachowania jest oceną opisową,                     od której szkoła nie przewiduje odwołania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00120E26">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc220575621"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A96516" w:rsidRPr="00C96123">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045542C" w:rsidRPr="00C96123">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63A82" w:rsidRPr="00C96123">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:t>Przeprowadzanie egzaminów poprawkowych</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Uczeń, który uzyska na koniec roku ocenę niedostateczną z jednych albo dwóch obowiązkowych  zajęć edukacyjnych, może zdawać egzamin poprawkowy na swoją lub rodziców pisemną prośbę. Prośbę należy skierować do Dyrektora Szkoły nie później niż  do posiedzenia rady klasyfikacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Termin egzaminu poprawkowego wyznacza się na ostatni tydzień ferii letnich. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Egzamin poprawkowy przeprowadza komisja, w której skład wchodzą: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor Szkoły albo nauczyciel wyznaczony przez Dyrektora Szkoły – jako przewodniczący komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nauczyciel prowadzący dane zajęcia edukacyjne; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>inny nauczyciel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Z egzaminu poprawkowego sporządza się protokół, zawierający w szczególności: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nazwę zajęć edukacyjnych, z których był przeprowadzony egzamin; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imiona i nazwiska osób wchodzących w skład komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>termin egzaminu poprawkowego;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imię i nazwisko ucznia; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">zadania egzaminacyjne; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">ustaloną ocenę klasyfikacyjną. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Do protokołu dołącza się odpowiednio pisemne pra</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ce ucznia, zwięzłą informację o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ustnych odpowiedziach ucznia i zwięzłą informację o wykonaniu przez ucznia zadania praktycznego. Protokół stanowi załącznik do arkusza ocen ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>Egzamin poprawkowy składa się z części pisemnej i ustnej z wyjątkiem plastyki, muzyki, zajęć artystycznych, zajęć technicznych, techniki, zajęć komputerowych, informatyki oraz wychowania fizycznego, z których egzamin ma przede wszystkim formę ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Uczeń, który z przyczyn usprawiedliwionych nie przystąpił do egzaminu poprawkowego w wyznaczonym terminie, może przystąpić do niego </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w dodatkowym terminie, wyznaczonym przez dyrektora szkoły nie później niż do dnia poprzedzającego Radę Pedagogiczną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rada Pedagogiczna może raz w ciągu danego etapu edukacyjnego promować ucznia, który nie zdał egzaminu poprawkowego z jednych zajęć edukacyjnych, pod warunkiem, że te zajęcia edukacyjne są zgodne ze szkolnym planem nauczania, realizowane w klasie programowo wyższej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pytania/ćwiczenia egzaminacyjne ustala nauczyciel przedmiotu, którego obowiązkiem jest do końca czerwca złożyć je w sekretariacie szkoły. Stopień trudności winien odpowiadać kryteriom  na ocenę dopuszczającą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Uczeń zda egzamin poprawkowy, jeżeli z części ustnej i pisemnej egzaminu uzyska co najmniej 75% punktów, co jest jednoznaczne z uzyskaniem oceny dopuszczającej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Od negatywnej oceny egzaminu poprawkowego ustalonej przez komisję odwołanie nie przysługuje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W przypadku ustalenia, niezgodnie z przepisami prawa, rocznej oceny z egzaminu   poprawkowego, rodzic ma prawo zgłosić zastrzeżenie (pisemnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00105412" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zasadnieniem)                     do Dyrektora Szkoły w terminie pięciu dni od dnia przeprowadzenia egzaminu poprawkowego. Dalsze postępowanie reguluje  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> 28 z pominięciem punktu 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
-      <w:pPr>
+    <w:p w:rsidR="000727B3" w:rsidRPr="00C96123" w:rsidRDefault="000727B3" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="5245"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Praca pisemna może być udostępniona do wglądu uczniowi lub jego rodzicom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00120E26" w:rsidRDefault="00120E26" w:rsidP="00120E26">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc220575622"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:bCs/>
-[...21 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:t>Przeprowadzanie egzaminów klasyfikacyjnych</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Uczeń może nie być klasyfikowany z jednego, kilku lub wszystkich obowiązkowych zajęć</w:t>
+      </w:r>
+      <w:r w:rsidR="00821E3B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>edukacyjnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00821E3B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeśli brak jest podstaw do ustalenia oceny klasyfikacyjnej z</w:t>
+      </w:r>
+      <w:r w:rsidR="00821E3B" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">powodu nieobecności ucznia na obowiązkowych zajęciach edukacyjnych przekraczających połowę czasu przeznaczonego na te zajęcia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w szkolnym planie nauczania. Jeżeli natomiast uczeń posiada oceny, mimo niskiej frekwencji, to należy go klasyfikować.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Na prośbę ucznia lub rodziców ucznia nieklasyfikowanego można z przyczyn usprawiedliwionych, Dyrektor Szkoły w porozumieniu z nauczycielem wyznacza </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">w terminie uzgodnionym z uczniem i jego rodzicami egzamin klasyfikacyjny </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">z materiału programowego zrealizowanego w danym roku szkolnym. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Na prośbę ucznia lub rodziców ucznia nieklasyfikowanego z przyczyn nieusprawiedliwionych, Rada Pedagogiczna może wyrazić zgodę na egzamin klasyfikacyjny z jednego, kilku lub wszystkich zajęć edukacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wniosek o egzamin klasyfikacyjny może być złożony najpóźniej do posiedzenia rady pedagogicznej klasyfikacyjnej. Egzamin klasyfikacyjny przeprowadza się nie później niż w dniu poprzedzającym dzień zakończenia rocznych zajęć dydaktyczno-wychowawczych. Termin uzgadnia się z uczniem i jego rodzicami (prawnymi opiekunami).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Egzamin klasyfikacyjny przeprowadza komisja, w której skład wchodzą: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor Szkoły albo nauczyciel wyznaczony przez Dyrektora Szkoły – jako przewodniczący komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>nauczyciel albo nauczyciele obowiązkowych zajęć edukacyjnych, z których jest przeprowadzany ten egzamin.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Egzamin klasyfikacyjny składa się z części pisemnej i ustnej z wyjątkiem plastyki, muzyki, zajęć artystycznych, zajęć technicznych, techniki, zajęć komputerowych, informatyki oraz wychowania fizycznego, z których egzamin ma przede wszystkim formę ćwiczeń praktycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Z egzaminu klasyfikacyjnego sporządza się protokół, zawierający w szczególności: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nazwę zajęć edukacyjnych, z których był przeprowadzony egzamin; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>imiona i nazwiska osób wchodzących w skład komisji;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>termin egzaminu klasyfikacyjnego;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imię i nazwisko ucznia; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">zadania egzaminacyjne; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">ustaloną ocenę klasyfikacyjną. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Do protokołu dołącza się odpowiednio pisemne prace ucznia</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>, zwięzłą informację o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ustnych odpowiedziach ucznia i zwięzłą informację o wykonaniu przez ucznia zadania praktycznego. Protokół stanowi załącznik do arkusza ocen ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Pytania/ćwiczenia egzaminacyjne ustala</w:t>
+      </w:r>
+      <w:r w:rsidR="0094776E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>egzaminator</w:t>
+      </w:r>
+      <w:r w:rsidR="0094776E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> którego obowiązkiem jest do końca czerwca złożyć je w sekretariacie szkoły. Stopień trudności winien odpowiadać wszystkim kryteriom ocen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Przewodniczący komisji uzgadnia z uczniem oraz jego rodzicami liczbę zajęć edukacyjnych, z których uczeń może zdawać egzaminy w ciągu jednego dnia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085153A" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="007D1E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>W czasie egzaminu mogą być obecni w charakterze obserwatorów rodzice ucznia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="007D1E3D" w:rsidRPr="00C96123" w:rsidRDefault="007D1E3D" w:rsidP="007D1E3D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Praca pisemna</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4388" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> może być udostępniona do wglądu uczniowi lub jego rodzicom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="62"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Uzyskana w wyniku egzaminu klasyfikacyjnego niedostateczna roczna ocena klasyfikacyjna z zajęć edukacyjnych może być zmieniona w wyniku egzaminu poprawkowego. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc220575623"/>
+      <w:r w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00C40334" w:rsidRPr="008A0739">
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44</w:t>
+      </w:r>
+      <w:r w:rsidR="00350832" w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C40334" w:rsidRPr="008A0739">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C40334" w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...13 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+      <w:r w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Postępowanie w przypadku zastrzeżeń dotyczących rocznej oceny klasyfikacyjnej</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00120E26">
+        <w:rPr>
+          <w:rStyle w:val="Nagwek2Znak"/>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
-        <w:t>z zajęć edukacyjnych oraz zachowania ustalonych niezgodnie z obowiązującymi zasadami WSO:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z zajęć edukacyjnych oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="00937571" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zachowania ustalonych niezgodn</w:t>
+      </w:r>
+      <w:r w:rsidR="00937571" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ie z obowiązującymi zasadami systemu oceniania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Uczeń lub jego rodzice mogą zgłosić zastrzeżenia do Dyrektora Szkoły</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61838" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeżeli uznają, że roczna ocena klasyfikacyjna z zajęć edukacyjnych lub roczna ocena klasyfikacyjna z zachowania została ustalona niezgodnie z przepisami prawa dotyczącymi trybu ustalenia tej oceny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zastrzeżenia mogą być zgłaszane w terminie do siedmiu dni po zakończeniu zajęć   dydaktyczno</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61838" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>wychowawczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W przypadku stwierdzenia, że roczna ocena klasyfikacyjna z zajęć edukacyjnych lub roczna ocena klasyfikacyjnych zachowania została ustalona niezgodnie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>z przepisami prawa dotyczącymi trybu ustalenia tej oceny, Dyrektor Szkoły powołuje komisję, która:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>a) w przypadku oceny z zajęć edukacyjnych przeprowadza sprawdzian wiadomości            i umiejętności ucznia;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>b) w przypadku oceny zachowania ustala się ocenę na drodze głosowania zwykłą większością głosów; w przypadku równej liczby głosów decyduje głos przewodniczącego komisji.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sprawdzian przeprowadza się nie później niż w terminie 5 dni od dnia zgłoszenia zastrzeżeń. Termin sprawdzianu ustala Dyrektor Szkoły z uczniem i jego rodzicami/ prawnymi opiekunami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00937571">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Sprawdzian wiadomości i umiejętności ucznia przeprowadza się w formie pisemnej i ustnej. Sprawdzian wiadomości i umiejętności ucznia z plastyki, muzyki, zajęć artystycznych, zajęć technicznych, zajęć komputerowych </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>i wychowania fizycznego ma przede wszystkim formę zadań praktycznych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">W skład komisji, sprawdzającej wiadomości i umiejętności ucznia wchodzą: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor Szkoły albo nauczyciel wyznaczony przez Dyrektora Szkoły jako przewodniczący komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nauczyciel prowadzący dane zajęcia edukacyjne; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="65"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>inny nauczyciel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">W skład komisji, ustalającej ocenę z zachowania wchodzą: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor Szkoły albo nauczyciel wyznaczony przez Dyrektora Szkoły jako przewodniczący komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wychowawca oddziału;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nauczyciel prowadzący zajęcia edukacyjne w danym oddziale; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>pedagog;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>psycholog;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">przedstawiciel samorządu uczniowskiego; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="66"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">przedstawiciel rady rodziców. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Komisja ustala roczną ocenę klasyfikacyjną zachowania w terminie 5 dni od dnia zgłoszenia zastrzeżeń. Ocena jest ustalana w drodze głosowania zwykłą większością głosów. W przypadku równej liczby głosów decyduje głos przewodniczącego komisji.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Ustalona przez komisję ocena roczna klasyfikacyjna z zajęć edukacyjnych oraz roczna ocena klasyfikacyjnych z zachowania nie może być niższa od ustalonej wcześniej oceny.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ocena ustalona przez komisję jest ostateczna z wyjątkiem oceny niedostatecznej </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>z zajęć edukacyjnych, która może być zmieniona w wyniku egzaminu poprawkowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ze sprawdzianu wiadomości i umiejętności ucznia sporządza się protokół, zawierający w szczególności: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">nazwę zajęć edukacyjnych, z których był przeprowadzony sprawdzian; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imiona i nazwiska osób wchodzących w skład komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">termin sprawdzianu wiadomości i umiejętności; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imię i nazwisko ucznia; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">zadania sprawdzające; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="67"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>ustaloną ocenę klasyfikacyjną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Protokół stanowi załącznik do arkusza ocen ucznia. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Z posiedzenia komisji, ustalającej ocenę z zachowania sporządza się protokół zawierający w szczególności: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imiona i nazwiska osób wchodzących w skład komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">termin posiedzenia komisji; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">imię i nazwisko ucznia; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t xml:space="preserve">wynik głosowania; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="68"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">ustaloną ocenę klasyfikacyjną zachowania wraz z uzasadnieniem. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="0015447F" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="0015447F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protokół stanowi załącznik do arkusza ocen ucznia. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
-      <w:pPr>
+    <w:p w:rsidR="0015447F" w:rsidRPr="00C96123" w:rsidRDefault="00065485" w:rsidP="00065485">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="64"/>
         </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Praca pisemna może być udostępniona do wglądu uczniowi lub jego rodzicom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00065485">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="502"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uczeń, który z przyczyn usprawiedliwionych nie przystąpił do sprawdzianu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>w wyznaczonym terminie, może przystąpić do niego w dodatkowym terminie, wyznaczonym przez Dyrektora Szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="993" w:hanging="284"/>
-[...37 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">46 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> 45</w:t>
+      </w:r>
+      <w:r w:rsidR="0075153A" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C40334" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40334" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Zasady postępowania przy wyborze Uczniów Wzorowych, Prymusa Szkoły oraz Społecznika Szkoły</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Każdy wychowawca klasy ósmej podaje na Radzie Pedagogicznej – klasyfikacyjnej  jednego</w:t>
+      </w:r>
+      <w:r w:rsidR="0075153A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kandydata do tytułu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wzorowego Ucznia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> wg kryteriów zawartych </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">w </w:t>
       </w:r>
-      <w:r w:rsidR="007226C7" w:rsidRPr="008A0739">
+      <w:r w:rsidR="007226C7" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pkt.9 niniejszego paragrafu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>pkt.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075153A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007226C7" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 niniejszego paragrafu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>z uzasadnieniem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Kandydata na </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Społecznika Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> proponuje i przedstawia na Radzie Pedagogicznej opiekun Samorządu Uczniowskiego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Rada Pedagogiczna akceptuje zgłoszonych kandydatów w drodze głosowania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Spośród wzorowych uczniów, których kandydatury zaakceptowano, Rada Pedagogiczna, w drodze jawnego głosowania, typuje uczniów do tytułu </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> wg ustalonych kryteriów z uzasadnieniem. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Tytuł </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> otrzymuje uczeń, który uzyskał akceptację rady pedagogicznej i najwyższą liczbę głosów.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">W przypadku, gdy kilku uczniów uzyska równą liczbę głosów, o wyborze </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> decyduje Rada Pedagogiczna w powtórnym tajnym głosowaniu poprzedzonym dyskusją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Rada Pedagogiczna uchwałą akceptuje wybór </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Wychowawca klasy, z której uczeń został </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusem Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> proponuje kolejną kandydaturę do tytułu wzorowego ucznia wg ustalonych kryteriów.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Kryteria wyboru </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="70"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>średnia ocen powyżej 5,0;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="70"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wzorowe zachowanie;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="70"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>aktywność społeczna na rzecz klasy i szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="70"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>osiągnięcia ucznia szkolne i pozaszkolne.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Kandydat na </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Prymusa Szkoły</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> musi spełniać wszystkie kryteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="69"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Kryteria wyboru </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wzorowego Ucznia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:t>najwyższa średnią ocen w klasie (co najmniej 4,75);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>wzorowe zachowanie;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>aktywność społeczna na rzecz klasy i szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="71"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>osiągnięcia szkolne i pozaszkolne.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Kandydat na </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wzorowego Ucznia</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> musi spełniać przynajmniej dwa pierwsze kryteria.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00816DA1">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:sym w:font="Arial" w:char="00A7"/>
       </w:r>
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>47</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> 46</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10378" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Procedura ewaluacji WSO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">W ciągu całego roku szkolnego społeczność szkolna może zgłaszać wszelkie uwagi i spostrzeżenia dotyczące funkcjonowania WSO do Przewodniczącego Komisji </w:t>
       </w:r>
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>owej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6E82" w:rsidRPr="008A0739" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
+    <w:p w:rsidR="001F6E82" w:rsidRPr="00C96123" w:rsidRDefault="001F6E82" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ewaluacja Wewnątrzszkolnego Systemu Oceniania może być dokonywana </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
         <w:t>w formie ankiet, spostrzeżeń, rozmów z rodzicami i uczniami.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
-[...11 lines deleted...]
-    <w:p w:rsidR="006D5E92" w:rsidRPr="008A0739" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D5E92" w:rsidRPr="00C96123" w:rsidRDefault="006D5E92" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc220575624"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział X</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc220575625"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prawa i obowiązki uczniów. Nagrody i kary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00A96516" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rozdział X</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidR="0068425F" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Uczniowie mają w szczególności prawo do:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rzetelnego procesu dydaktyczno-wychowawczego opartego na budowaniu podmiotowych relacji z nauczycielem, którego zasadami są:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>możliwość zadawania przez ucznia pytań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przekonanie, że celem uczenia się jest sukce</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s każdego ucznia, a nie oceny i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rywalizacja;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>możliwość skorzystania z pomocy nauczyciela i pomocy koleżeńskiej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efektywne wykorzystanie czasu lekcji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stosowanie wspierających metod uczenia się;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uczenie się na błędach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>brak obowiązkowych prac domowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oczekiwanie postępu, a nie perfekcji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>współpraca w zaufaniu i współodpowiedzia</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lności, w oparciu o szczerość i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wzajemny szacunek;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komunikacja, dobre relacje i przyjazna atmosfera;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokonywania wyboru co do liczby i stopn</w:t>
+      </w:r>
+      <w:r w:rsidR="000327F0" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ia trudności wykonywanych zadań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podejmowanych </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spotkań trójstronnych uczeń-nauczyciel-rodzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c, które mają wspierać ucznia w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rozwiązywaniu problemów i pokonywaniu trudności;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="349"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">korzystania z bazy dydaktyczno-naukowej </w:t>
+      </w:r>
+      <w:r w:rsidR="001E04BF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i zaplecza socjalnego szkoły, w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szczególno</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04BF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ści z biblioteki, świetlicy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04BF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pracowni,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stołówki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00A96516" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Prawa i obowiązki uczniów. Nagrody i kary</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 48</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t>48</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB29F7" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Dyrektor szkoły niezwłocznie podejmuje niezbędne działania w przypadku powzięcia informacji o naruszeniu praw uczniów, a w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przeprowadza postępowanie wyjaśniające, które ma na celu m.in. ustalenie podmiotów odpowiedzialnych za naruszenie oraz przyczyny i skutki tego naruszenia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zapewnia wsparcie uczniowi, którego prawa zostały naruszone;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-[...215 lines deleted...]
-        <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
-[...132 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dąży do wyeliminowania skutków naruszenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00A96516" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Każdy uczeń, którego prawo zostało naruszone, ma prawo złożyć skargę do dyrektora szkoły. Jeśli naruszenia prawa dopuścił się dyrektor szkoły, przysługuje praw</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37A54" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o złożenia skargi do organu prowadzącego szkołę lub sprawującego nadzór pedagogiczny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Organ rozpatrujący skargę zobowiązany jest do jej rzetelnego rozpatrzenia w możliwie najkrótszym terminie, jednak nie dłuższym niż14 dni. Jeśli dotrzymanie tego terminu nie jest możliwe z powodów wynikających ze stopnia zawiłości sprawy lub okoliczności niezależnych od organu, organ może wydłużyć termin do ro</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zpatrzenia sprawy, informując o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tym składającego skargę oraz podając powód wydłużenia terminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Organ rozpatrujący skargę zobowiązany jest dołożyć wszelkich starań, aby strona składająca skargę nie poniosła negatywnych konsekwencji zw</w:t>
+      </w:r>
+      <w:r w:rsidR="00282EBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iązanych ze złożeniem skargi, w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szczególności zapewnić, aby fakt złożenia skargi nie został ujawniony bez zgody skarżącego, chyba że co innego wynika z przepisów prawa powszechnie obowiązującego oraz zapewnić stronie skarżącej anonimowość, chyba że ujawnienie tożsamości skarżącego jest niezbędnie konieczne do rozpatrzenia skargi i wyeliminowania naruszeń praw ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 49</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...163 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="00172DE2" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10378" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Uczniowie są zobowiązani do:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udziału w obowiązkowych zajęciach edukacyjn</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37A54" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ych i zadeklarowanych przez rodziców </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5C82" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nieobowiązkowych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dodatkowych zajęciach edukacyjnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>systematycznego i punktualnego uczęszczania na zajęcia,  o których mowa w pkt 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przebywania w czasie trwania zajęć edukacyjnych i przerw między nimi pod nadzorem nauczycieli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...126 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A96516" w:rsidRPr="008A0739">
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1344" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Uczniowie są zobowiązani do przestrzegania obowiązków w zakresie zachowania podczas zajęć edukacyjnych określonych w niniejszym paragrafie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. W trakcie zajęć uczniowie są zobowiązani do przes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trzegania poleceń nauczyciela w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zakresie bezpiecznej i higienicznej organizacji pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Uczniowie nie mogą podczas zajęć samowolnie opuszczać Sali lekcyjnej lub innego miejsca, w którym odbywają się zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00A96516" w:rsidP="00282EBF">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 52</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t>51</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1344" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidR="001B5C82" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001B5C82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rodzice/prawni opiekunowie</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
-[...7 lines deleted...]
-      <w:r w:rsidR="005C6BC5" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> są zobowiązani</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do przestrzegania obowiązków w </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zakresie usprawiedliwiania nieobecności </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6BC5" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">swoich dzieci </w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na zajęciach edukacyjnych określonych w niniejszym paragrafie.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Uprawnionymi do złożenia wniosku o usprawiedliwienie nieobecności</w:t>
       </w:r>
-      <w:r w:rsidR="001B5C82" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001B5C82" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ą: rodzice uczniów niepełnoletnich i opiekunowie prawni. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Wniosek o usprawiedliwienie nieobecności składa się w formie pisemnej lub elektronicznej poprzez moduł wiadomości dziennika elektronicznego do wychowawcy klasy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Wniosek o usprawiedliwienie nieobecności powinien zawierać wskazanie zajęć edukacyjnych, które są objęte wnioskiem oraz wskazanie powodu każdej nieobecności. Do wniosku można załączyć dowody uprawdopodabniające zaistnienie okoliczności stanowiących powód nieobecności.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. Wniosek o usprawiedliwienie nieobecności powinien być złożony w terminie 7 dni od dnia, w którym ustała przyczyna nieobecności.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00282EBF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Wychowawca klasy rozpatruje wniosek, w szczególności biorąc pod uwagę, czy wskazane we wniosku powody nieobecności uzasadniają nieobecność ucznia na zajęciach edukacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7. Wniosek złożony przez podmiot nieuprawniony oraz taki, który nie</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6BC5" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uzasadnia w sposób dostateczny nieobecności, podlega odrzuceniu. Wniosek złożony po terminie, o którym mowa w ust. 6, może zostać odrzucony. Pozostałe wnioski zostają uwzględnione i wychowawca usprawiedliwia nieobecność.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Na odrzucenie wniosku, o którym mowa w ustępie poprzedzającym, wnioskodawcy służy skarga do dyrektora szkoły, która powinna zostać złożona w terminie 3 dni od dnia odrzucenia wniosku, z zachowaniem wymogów określonych w ust. 3. Skarga powinna być właściwie uzasadniona. Dyrektor, rozpatrując skargę, może ją odrzucić lub uwzględnić, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>7. Wniosek złożony przez podmiot nieuprawniony oraz taki, który nie</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+        <w:t>zobowiązując wychowawcę klasy do usprawiedliwienia nieobecności. Dec</w:t>
+      </w:r>
+      <w:r w:rsidR="00E93DAE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yzja dyrektora jest ostateczna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00A96516" w:rsidP="002A5044">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 53</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>52</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30544" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 54</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Uczeń może zostać zwolniony z części zajęć w danym dniu. Do wniosku o zwolnienie ucznia z części zajęć w danym dniu stosuje si</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF126F" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ę odpowiednio postanowienia § 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30544" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ust. 2, 3, 4, 6 i 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Nieobecności ucznia, objęte wnioskiem o zwolnienie z części zajęć w danym dniu, uznaje się za usprawiedliwione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00A96516" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...89 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 55</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004A25AE" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Uczniowie są zobowiązani do przestrzegania obowiązków w zakresie zasad ubierania się na terenie szkoły określonych w niniejszym paragrafie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Uczniowie są obowiązani ubierać się zgodnie z ogólnie pr</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zyjętymi normami społecznymi, z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zastrzeżeniem, że niedozwolone jest noszenie stroju zawierającego elementy nawołujące do nienawiści, dyskryminujące lub sprzeczne z prawem bądź stwarzające zagrożenie dla bezpieczeństwa innych uczniów, nauczycieli, pracowników szkoły lub samego ucznia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Na zajęciach wychowania fizycznego uczniów obowiązują strój sportowy oraz obuwie sportowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE578C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o jasnej podeszwie</w:t>
+      </w:r>
+      <w:r w:rsidR="00454158" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz z</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE578C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abrania się noszenia jakiejkolwiek biżuterii.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00E93DAE" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>54</w:t>
+      </w:r>
+      <w:r w:rsidR="004A25AE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Uczniowie są zobowiązani do przestrzegania obowiązków w zakresie warunków wnoszenia i korzystania z telefonów komórkowych i innych urządzeń elektronicznych na terenie szkoły określonych w niniejszym paragrafie.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="00516915" w:rsidP="0017678F">
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="00516915" w:rsidP="0017678F">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0017678F" w:rsidRPr="008A0739">
+      <w:r w:rsidR="0017678F" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Zasady korzystania z telefonów komórkowych </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uczniowie mogą przynosić do szkoły telefony komórkowe, odtwarzacze </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="0017678F">
+    <w:p w:rsidR="0017678F" w:rsidRDefault="0017678F" w:rsidP="0017678F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">i inny sprzęt elektroniczny na własną odpowiedzialność, za zgodą rodziców. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+    <w:p w:rsidR="001F3242" w:rsidRPr="001F3242" w:rsidRDefault="001F3242" w:rsidP="001F3242">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+        <w:ind w:firstLine="16"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F3242">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uczeń ma obowiązek wyłączyć telefon komórkowy oraz inny sprzęt elektroniczny   przed wejściem do szkoły</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F3242" w:rsidRPr="00C96123" w:rsidRDefault="001F3242" w:rsidP="0017678F">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1620"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">szkoła nie ponosi odpowiedzialności za zniszczenie, zagubienie czy kradzież sprzętu przynoszonego przez uczniów. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="0017678F">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podczas zajęć edukacyjnych oraz przerw międzylekcyjnych obowiązuje całkowity zakaz używania telefonów komórkowych oraz innych sprzętów elektronicznych (aparaty powinny być wyłączone i schowane do plecaka/ torby</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3242">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/szafki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), dotyczy to również słuchawek;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="0017678F">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">wyjątkiem może być sytuacja używania telefonu komórkowego oraz innego sprzętu elektronicznego przez ucznia jako pomocy dydaktycznej, za zgodą nauczyciela prowadzącego lekcje. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...16 lines deleted...]
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dopuszcza się możliwość korzystania z telefonu komórkowego i innych urządzeń elektronicznych podczas wycieczek szkolnych za zgodą kierownika wycieczki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0017678F" w:rsidRPr="00C96123" w:rsidRDefault="0017678F" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="0017678F" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na terenie szkoły nagrywanie dźwięku, obrazu oraz fotografowanie za pomocą telefonu lub innych urządzeń elektronicznych jest niedopuszczalne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553737" w:rsidRDefault="008338FA" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="0017678F" w:rsidRPr="008A0739" w:rsidRDefault="008338FA" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nie </w:t>
+      </w:r>
+      <w:r w:rsidR="0017678F" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wolno ładować telefonów komórkowych i innych urządzeń elektronicznych na terenie szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00553737" w:rsidRDefault="001E114D" w:rsidP="00553737">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1620"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...16 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="003E71E5" w:rsidP="003E71E5">
+      <w:r w:rsidRPr="00553737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Złamanie zasad używania telefonów komórkowych i innych sprzętów elektronicznych skutkuje karą </w:t>
+      </w:r>
+      <w:r w:rsidR="005F3D6E" w:rsidRPr="00553737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nagany wpisanej do Dziennika elektronicznego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00B16C8A" w:rsidP="002A5044">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1416"/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 56</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...95 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 57</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Uczniowie są zobowiązani do przestrzegania obowiązków w zakresie zachowania wobec nauczycieli i innych pracowników szkoły oraz po</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zostałych uczniów określonych w </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>niniejszym paragrafie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Uczniowie zobowiązani są do poszanowania godności każdego członka społeczności szkolnej oraz odnosze</w:t>
+      </w:r>
+      <w:r w:rsidR="003E71E5" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nia się do każdego z szacunkiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w sposób niedyskryminujący.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Zabronione jest stosowanie przemocy fizycznej i psychiczn</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C8A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ej w stosunku do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nauczycieli, innych pracowników s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B16C8A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zkoły oraz pozostałych uczniów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00B16C8A" w:rsidP="002A5044">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Uczeń może zostać nagrodzony za wzorowe wywiązanie się ze swoich obowiązków szkolnych, wzorową postawę prospołeczną, w tym w </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>szczególności w zaangażowanie w </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wolontariat i pomoc innym, osiągane sukcesy sportowe, naukowe, artystyczne i inne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Rodzaje przyznawanych nagród:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="0085457B" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="0085457B" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pochwała  Dyrektora Szkoły </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="0085457B" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="0085457B" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pochwała Wychowawcy Klasy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...7 lines deleted...]
-      <w:r w:rsidR="0085457B" w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wręczenie świadectwa z wyróżnieniem przez</w:t>
+      </w:r>
+      <w:r w:rsidR="0085457B" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dyrektora Szkoły</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="0085457B" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="0085457B" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pis do kroniki szkoły</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nagrody książkowe lub rzeczowe</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="0085457B" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="0085457B" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="005F3D6E" w:rsidRPr="008A0739">
+      <w:r w:rsidR="005F3D6E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ytuł Prymusa Szkoły lub Społecznika Szkoły </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>przyznany zgodnie z zasadami oceniania</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E43B3" w:rsidRPr="008A0739">
+      <w:r w:rsidR="004E43B3" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- dla absolwentów</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00AB6C91" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00AB6C91" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tytuł </w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wzorowego </w:t>
+      </w:r>
+      <w:r w:rsidR="00433A7D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E43B3" w:rsidRPr="008A0739">
+      <w:r w:rsidR="004E43B3" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E43B3" w:rsidRPr="008A0739">
+      <w:r w:rsidR="004E43B3" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dla absolwentów</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Wybór uczniów klas 1-8 do Orszaku Mieszka I z okazji święta Dnia Patrona Szkoły</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00E671E4" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nagroda dyrektora dla klasy wyróżniającej </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2A02" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>się pod względem wychowawczym i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dydaktycznym – Laury Czterdziestki</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B52585" w:rsidRPr="00C96123" w:rsidRDefault="00295ED0" w:rsidP="009608E2">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="80"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Od nagrody, o której mowa w ust. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3228C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1, uczniowi przysługuje odwołanie do Rady Pedagogicznej w terminie 7 dni, która rozpatruje odwołanie w terminie 14 dni. Decyzja jest ostateczna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00E671E4" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 58</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Uczeń za nieprzestrzeg</w:t>
       </w:r>
-      <w:r w:rsidR="009B5073" w:rsidRPr="008A0739">
+      <w:r w:rsidR="009B5073" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">anie postanowień </w:t>
       </w:r>
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidR="001E114D" w:rsidRPr="008A0739">
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u szkoły może zostać ukarany:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>naganą dyrektora szkoły</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00101708" w:rsidP="00D31884">
+      <w:r w:rsidR="00340F96" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00101708" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>naganą wychowawcy klasy</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="009B5073" w:rsidRPr="008A0739" w:rsidRDefault="009B5073" w:rsidP="00D31884">
+      <w:r w:rsidR="00340F96" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5073" w:rsidRPr="00C96123" w:rsidRDefault="009B5073" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naganą nauczyciela</w:t>
+      </w:r>
+      <w:r w:rsidR="00340F96" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00D31884">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odsunięcie od udziału w imprezach klasowych (dyskoteka, wycieczka, wyjście do kina)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Od ka</w:t>
       </w:r>
-      <w:r w:rsidR="00101708" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00101708" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ry, o której mowa w ust. 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...7 lines deleted...]
-      <w:r w:rsidR="000E6B31" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00583B4A" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, uczniowi przysługuje odwołanie do </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5CF9" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rady Pedagogicznej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00062CF1" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminie 7</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6B31" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dni</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...7 lines deleted...]
-      <w:r w:rsidR="000E6B31" w:rsidRPr="008A0739">
+      <w:r w:rsidR="00CD37DE" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, która</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozpatruje odwołanie w terminie </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6B31" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dni. Decyzja jest ostateczna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00365966">
+    <w:p w:rsidR="002563BD" w:rsidRPr="00C96123" w:rsidRDefault="00756A67" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00551BA8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyrektor szkoły </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0FFD" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>może wystąpić do kuratora oświaty</w:t>
+      </w:r>
+      <w:r w:rsidR="00915A1C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z wnioskiem o przeniesienie ucznia do innej szkoły</w:t>
+      </w:r>
+      <w:r w:rsidR="00887797" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, gdy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2668E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podjęte środki wychowawcze np. kary statutowe, współpraca z rodzicami/psychologiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00F432C8" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nie przyniosły efektów w postaci poprawy zachowania.</w:t>
+      </w:r>
+      <w:r w:rsidR="002563BD" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z</w:t>
+      </w:r>
+      <w:r w:rsidR="008202C2" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">achowanie ucznia </w:t>
+      </w:r>
+      <w:r w:rsidR="002563BD" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nadal </w:t>
+      </w:r>
+      <w:r w:rsidR="008202C2" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>narusza zasady współżycia społecznego, zagraża innym, lub uczeń wykazuje wysoki stopień demoralizacji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5044" w:rsidRPr="00C96123" w:rsidRDefault="002A5044" w:rsidP="00365966">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00AF6BE6" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc220575626"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział XI</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc220575627"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Przepisy końcowe</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6B31" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ceremoniał, sztandar, godło</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w:rsidR="00937571" w:rsidRPr="00C96123" w:rsidRDefault="00937571" w:rsidP="00937571">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00E671E4" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00AF6BE6" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>58</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1CBF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004335ED" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Dokumenty wystawiane przez szkołę, opatrywane są podłużnymi pieczęciami</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o następującej treści:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szkoła Podstawowa z Oddziałami</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...81 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Integracyjnymi nr 40 im. Mieszka I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w Zespole Szkolno-Przedszkolnym nr 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="002A5044" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61-758 Poznań, ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Garb</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>tel./fax 61 852 -28-00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regon364482787 NIP 7831745108</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D59F6" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="003D59F6" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ub</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1F26" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="003D59F6" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zespół Szkolno -Przedszkolny nr 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1F26" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...16 lines deleted...]
-    <w:p w:rsidR="000B1F26" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61-758 Poznań, ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1F26" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B1F26" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tel./fax 61 852 28 00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1F26" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="000B1F26" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regon 364482787 NIP 783 1745108</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B1F26" w:rsidRPr="00C96123" w:rsidRDefault="000B1F26" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B1F26" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="000B1F26">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szkoła posługuje się także pieczęcią, wykorzystywan</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ą w rozliczeniach finansowych i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zawieranych umowach:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="000B1F26" w:rsidRPr="008A0739" w:rsidRDefault="000B1F26" w:rsidP="00816DA1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Miasto Poznań Zespół Szkolno-Przedszkolny nr 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...36 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61-758 Poznań ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 82</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tel./fax 61 852 28 00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...26 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regon 631257822 NIP 2090001440</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6B31" w:rsidRPr="00C96123" w:rsidRDefault="000E6B31" w:rsidP="00816DA1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="009D6611">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="000E6B31" w:rsidRPr="008A0739" w:rsidRDefault="000E6B31" w:rsidP="00816DA1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F19EC" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="009D6611">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Pieczęć urzędową szkoły</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6611" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, okrągłą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( z godłem w części środkowej) </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6611" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lub jej elektroniczny wizerunek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>umieszcza się tylko na dokumentach szczególnej wagi , takich jak: świ</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6611" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adectwo, arkusz ocen, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F19EC" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kopie świadectwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00907A51" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="002F19EC" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. C</w:t>
+      </w:r>
+      <w:r w:rsidR="00553737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>remoniał szkolny przewiduje, że w najważniejszych uroczystościach szkolnych bierze</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...62 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="00907A51" w:rsidP="009D6611">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udział Orszak Mieszka I. Przedstawicieli klasy do orszaku, w liczbie od 1 do 2, typuje ogół</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00553737">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uczniów z danego oddziału. Wybory odbywają się</w:t>
+      </w:r>
+      <w:r w:rsidR="00553737">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> każdego roku w miesiącu marcu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uroczyste ślubowanie Dworzan Mieszka I w dniu patrona szkoły – w maju.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D6611" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="009D6611">
+    <w:p w:rsidR="009D6611" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00553737">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="009D6611">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szkoła posiada sztandar. Sztandarem szkoły jest kwadra</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1A23">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">towa tkanina osadzona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na drzewcu. Na awersie , na granatowym tle,  widnieje wizerunek Mieszka I, wzorowany na obrazie J. Matejki oraz napis „Szkoła Podstawowa nr 40 im. Mieszka I w Poznaniu”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00553737">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowywcity"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">W prawym, górnym rogu znajduje się herb Poznania. Na rewersie, na tle barw narodowych, jest umieszczone godło Polski z napisem „Bóg, honor, ojczyzna”. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+        <w:t>W prawym, górnym rogu znajduje się herb Poznania. Na rewersie, na tle barw narodowych, jest umieszczon</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1A23">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e godło Polski z napisem „Bóg, Honor, O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jczyzna”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00C63BDF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="76"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Sztandar szkoły podnosi rangę ważnych uroczystości.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Sztandarem szkoły opiekuje się Dyrektor Szkoły oraz poczet sztandarowy;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Członków pocztu sztandarowego czyli chorążych </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008A0739">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>podsztandarowych</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008A0739">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> wyznacza Dyrektor Szkoły;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Za uchybienia w przestrzeganiu </w:t>
       </w:r>
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...9 lines deleted...]
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>u Sz</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>koły Dyrektor wyklucza ucznia z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>pocztu sztandarowego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Wprowadzenie sztandaru poprzedza uczeń grający na werblach albo fanfarzysta. Poprzez powstanie z miejsc cała społeczność szkolna oddaje cześć sztandarowi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00D31884">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Poczet sztandarowy może uczestniczyć również w uroczystościach państwowych      oraz innych ważnych uroczystościach szkolnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="00D31884">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00C63BDF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="76"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="851" w:hanging="284"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceremoniał szkolny przewiduje, że w najważniejszych uroczystościach szkolnych bierze udział </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Orszak Mieszka I</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>. Przedstawicieli klasy do orszaku, w liczbie od 1 do 2,  typuje ogół uczniów z danego oddziału. Wybory o</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>dbywają się każdego roku w </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63BDF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>miesiącu marcu, a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uroczyste ślubowanie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Dworzan Mieszka I</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A0739">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> w dniu patrona szkoły – w maju.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002275A6" w:rsidRPr="008A0739" w:rsidRDefault="002275A6" w:rsidP="002275A6">
+    <w:p w:rsidR="002275A6" w:rsidRPr="00C96123" w:rsidRDefault="002275A6" w:rsidP="00C63BDF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Godłem szkoły jest stylizowany wizerunek Mieszka I, wzorow</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>any na portrecie Jana Matejki z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>nieco nakładającym się herbem miasta Poznania, opartym na najstarszej pieczęci miejskiej z 1344 roku. Projekt plastycznie opracowała długoletnia nauczycielka szkoły, pani Wiesława Sadecka. Godło szkoły umieszcza się na okolicznościowych dokumentach, winietach, pism, aktach nagradzania nauczycieli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00C63BDF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Godłem szkoły jest stylizowany wizerunek Mieszka I, wzorowany na portrecie Jana Matejki</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00816DA1">
+      <w:r w:rsidR="00C63BDF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z nieco nakładającym się herbem miasta Poznania, opartym na najstarszej pieczęci miejskiej</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63BDF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1A23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1344 roku. Projekt plastycznie opracowała długol</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63BDF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etnia nauczycielka szkoły, pani </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wiesława Sadecka. Godło szkoły umieszcza się na</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63BDF" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> okolicznościowych dokumentach, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>winietach, pismach, aktach nagradzania nauczycieli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA55EC" w:rsidRPr="00C96123" w:rsidRDefault="00DA55EC" w:rsidP="00DA55EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 60.</w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 61.</w:t>
-[...58 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
+        <w:t>59.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Zasady prowadzenia przez szkołę gospodarki finansowej określają odrębne przepisy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA55EC" w:rsidRPr="00C96123" w:rsidRDefault="00DA55EC" w:rsidP="00937571">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Szkoła prowadzi dokumentację swojej działalności i prze</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chowuje ją w archiwum zgodnie z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odrębnymi przepisami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="001B1A23" w:rsidRDefault="00DA55EC" w:rsidP="001B1A23">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937571" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sprawy nieuregulowane w statucie są rozstrzy</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gane w oparciu o obowiązujące i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dotyczące tych spraw odrębne przepisy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="00DA55EC" w:rsidP="00DA55EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>61</w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03A0C" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004335ED" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E114D" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.Postanowienia końcowe:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...8 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) Wszelkie sprawy nieuregulowane w niniejszym Statucie rozstrzygane będą wg aktualnie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
-[...24 lines deleted...]
-    <w:p w:rsidR="001E114D" w:rsidRPr="008A0739" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obowiązujących przepisów prawa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Po wprowadzeniu do </w:t>
+      </w:r>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u Szkoły trzech kolejnych nowelizacji ogłasza się tekst</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E114D" w:rsidRPr="00C96123" w:rsidRDefault="001E114D" w:rsidP="00DA55EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jednolity.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6C38" w:rsidRPr="008A0739" w:rsidRDefault="0031256C" w:rsidP="008B6C38">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="008B6C38" w:rsidRPr="00C96123" w:rsidRDefault="0031256C" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc220575628"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rozdział XII</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="008B6C38" w:rsidRPr="00C96123" w:rsidRDefault="008B6C38" w:rsidP="00937571">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc220575629"/>
+      <w:r w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Przepisy końcowe</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="008B6C38" w:rsidRPr="00C96123" w:rsidRDefault="008B6C38" w:rsidP="008B6C38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B6C38" w:rsidRPr="00C96123" w:rsidRDefault="0031256C" w:rsidP="008B6C38">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rozdział XII</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>62.</w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008A0739">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B6C38" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wraz z wejściem w życie niniejszego </w:t>
+      </w:r>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statutu traci moc dotychczasowy Statut</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6C38" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC4AA3" w:rsidRPr="00C96123" w:rsidRDefault="0031256C" w:rsidP="00864F36">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Przepisy końcowe</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="008A0739">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>§ 63</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B6C38" w:rsidRPr="008A0739">
+        <w:t>63.</w:t>
+      </w:r>
+      <w:r w:rsidR="0053195E" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...80 lines deleted...]
-      <w:r w:rsidR="00B259A4" w:rsidRPr="008A0739">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B6C38" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Niniejszy </w:t>
+      </w:r>
+      <w:r w:rsidR="00B259A4" w:rsidRPr="00C96123">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statut</w:t>
       </w:r>
-      <w:r w:rsidR="008B6C38" w:rsidRPr="008A0739">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="00DC4AA3" w:rsidRPr="00864F36" w:rsidSect="00B01D2E">
+      <w:r w:rsidR="008B6C38" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wcho</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62042" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dzi w życie z dniem </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5044" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="000177C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.01.2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC66F4" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024560F" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rok</w:t>
+      </w:r>
+      <w:r w:rsidR="00D243F5" w:rsidRPr="00C96123">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DC4AA3" w:rsidRPr="00C96123" w:rsidSect="00B01D2E">
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA6A91" w:rsidRDefault="00EA6A91" w:rsidP="00B259A4">
+    <w:p w:rsidR="00A32E61" w:rsidRDefault="00A32E61" w:rsidP="00B259A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA6A91" w:rsidRDefault="00EA6A91" w:rsidP="00B259A4">
+    <w:p w:rsidR="00A32E61" w:rsidRDefault="00A32E61" w:rsidP="00B259A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:id w:val="516973859"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="005922F5" w:rsidRDefault="005922F5">
+      <w:p w:rsidR="00741EC4" w:rsidRDefault="00741EC4">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="pl-PL"/>
           </w:rPr>
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>24765</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>172720</wp:posOffset>
@@ -25712,144 +30714,144 @@
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="415925" cy="415925"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t xml:space="preserve">str. </w:t>
         </w:r>
-        <w:r w:rsidR="008D4E4A" w:rsidRPr="008D4E4A">
+        <w:r w:rsidR="00FD0449" w:rsidRPr="00FD0449">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="008D4E4A" w:rsidRPr="008D4E4A">
+        <w:r w:rsidR="00FD0449" w:rsidRPr="00FD0449">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F75581" w:rsidRPr="00F75581">
+        <w:r w:rsidR="000177C8" w:rsidRPr="000177C8">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>43</w:t>
+          <w:t>45</w:t>
         </w:r>
-        <w:r w:rsidR="008D4E4A">
+        <w:r w:rsidR="00FD0449">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="005922F5" w:rsidRDefault="008D4E4A">
+  <w:p w:rsidR="00741EC4" w:rsidRDefault="00FD0449">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:pict>
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="Pole tekstowe 2" o:spid="_x0000_s4097" type="#_x0000_t202" style="position:absolute;margin-left:23.95pt;margin-top:3.4pt;width:127.2pt;height:21.15pt;z-index:251660288;visibility:visible;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1qhUpgAIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kTdYFdYqsRYcB&#10;RVusHXpWZKkxKomaxMTOfv0o2U6CbpcOu8i0+Ejx8ev8orWGbVWINbiSj09GnCknoardc8l/PF5/&#10;OOMsonCVMOBUyXcq8ovF+3fnjZ+rCazBVCowcuLivPElXyP6eVFEuVZWxBPwypFSQ7AC6Tc8F1UQ&#10;DXm3ppiMRrOigVD5AFLFSLdXnZIvsn+tlcQ7raNCZkpOsWE+Qz5X6SwW52L+HIRf17IPQ/xDFFbU&#10;jh7du7oSKNgm1H+4srUMEEHjiQRbgNa1VJkDsRmPXrF5WAuvMhdKTvT7NMX/51bebu8Dq6uSTzhz&#10;wlKJ7sEohuolIjSKTVKKGh/nhHzwhMX2C7RU6uE+0mVi3upg05c4MdJTsnf7BKsWmUxGs/H09JRU&#10;knST2dlsNE1uioO1DxG/KrAsCSUPVMCcV7G9idhBB0h6zMF1bUwuonGsKfns43SUDfYacm5cwqrc&#10;Dr2bxKiLPEu4MyphjPuuNKUjE0gXuRHVpQlsK6iFhJTKYeae/RI6oTQF8RbDHn+I6i3GHY/hZXC4&#10;N7a1g5DZvwq7ehlC1h2ecn7EO4nYrtq+0iuodlToAN20RC+va6rGjYh4LwKNBxWQRh7v6NAGKOvQ&#10;S5ytIfz6233CU9eSlrOGxq3k8edGBMWZ+eaonz+Pc19g/jmdfprQG+FYszrWuI29BCrHmJaLl1lM&#10;eDSDqAPYJ9oMy/QqqYST9HbJcRAvsVsCtFmkWi4ziCbSC7xxD14m16k6qdce2ycRfN+QSK18C8Ng&#10;ivmrvuywydLBcoOg69y0KcFdVvvE0zTntu83T1oXx/8ZddiPi98AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrIsW/3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNMUShviVFWk&#10;CgnRQ0sv3Jx4m0TY6xC7beDrWU5wnJ3RzNt8NTorzjiEzpOC6SQBgVR701Gj4PC2uVuACFGT0dYT&#10;KvjCAKvi+irXmfEX2uF5HxvBJRQyraCNsc+kDHWLToeJ75HYO/rB6chyaKQZ9IXLnZVpksyl0x3x&#10;Qqt7LFusP/Ynp+Cl3Gz1rkrd4tuWz6/Hdf95eH9Q6vZmXD+BiDjGvzD84jM6FMxU+ROZIKyC+8cl&#10;JxXM+QG2Z0k6A1HxfTkFWeTyP3/xAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALWqFSmA&#10;AgAAZwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKsi&#10;xb/fAAAABwEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
           <v:textbox>
             <w:txbxContent>
-              <w:p w:rsidR="005922F5" w:rsidRPr="007D3710" w:rsidRDefault="005922F5">
+              <w:p w:rsidR="00741EC4" w:rsidRPr="007D3710" w:rsidRDefault="00741EC4">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007D3710">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:color w:val="000000" w:themeColor="text1"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>Statut ZSP4 Poznań</w:t>
                 </w:r>
               </w:p>
             </w:txbxContent>
           </v:textbox>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EA6A91" w:rsidRDefault="00EA6A91" w:rsidP="00B259A4">
+    <w:p w:rsidR="00A32E61" w:rsidRDefault="00A32E61" w:rsidP="00B259A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EA6A91" w:rsidRDefault="00EA6A91" w:rsidP="00B259A4">
+    <w:p w:rsidR="00A32E61" w:rsidRDefault="00A32E61" w:rsidP="00B259A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02D00556"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A00F3EA"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -26306,50 +31308,166 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="0F207F2C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="134A568E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1. "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="a) "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="- "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="1154712C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE68836E"/>
     <w:lvl w:ilvl="0" w:tplc="EED054A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26418,51 +31536,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="12376D12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE2609F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26531,51 +31649,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="143F5E8D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1710FF86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26647,51 +31765,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="146463D5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="81086E48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26763,51 +31881,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="165568A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE0223B2"/>
     <w:lvl w:ilvl="0" w:tplc="7C041306">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -26855,51 +31973,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="19341AA1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -26970,51 +32088,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="1BF42954"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -27085,51 +32203,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="1C7E3C52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01F2DE20"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -27174,51 +32292,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="1F7E61FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A17A526C"/>
     <w:lvl w:ilvl="0" w:tplc="EED054A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1980" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27287,66 +32405,66 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7020" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="210872C5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8B48CF5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="284"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="222D40DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2E00588"/>
     <w:lvl w:ilvl="0" w:tplc="276A88BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="756" w:hanging="396"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -27391,51 +32509,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="22E034FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -27506,51 +32624,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="25671919"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F88409A"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27592,51 +32710,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="29805436"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CC40BEE"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -27681,51 +32799,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="29DE5E84"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB50E7C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Merriweather" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Merriweather" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -27770,51 +32888,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="2A110C73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AE40360"/>
     <w:lvl w:ilvl="0" w:tplc="3182D970">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -27860,51 +32978,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="2AF12C52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01F2E446"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -27949,54 +33067,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="2B50460D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="30A20344"/>
+    <w:tmpl w:val="38789C1C"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28038,51 +33156,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="2B9C4CE3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -28153,51 +33271,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="2CE45875"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6F67730"/>
     <w:lvl w:ilvl="0" w:tplc="966A0FA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -28242,51 +33360,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="2EC456DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D3CA8426"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28358,51 +33476,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="31413A33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -28473,51 +33591,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="315D6F0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73E8061E"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -28562,51 +33680,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="324D69E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD42B224"/>
     <w:lvl w:ilvl="0" w:tplc="441A0BAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1277"/>
         </w:tabs>
         <w:ind w:left="1277" w:hanging="426"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8B9A2808" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28678,51 +33796,51 @@
     <w:lvl w:ilvl="7" w:tplc="17185E42" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6611"/>
         </w:tabs>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8EE0A718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7331"/>
         </w:tabs>
         <w:ind w:left="7331" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="32DF40F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C668830"/>
     <w:lvl w:ilvl="0" w:tplc="9CC4889C">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -28768,66 +33886,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="33CD7BC4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7E74A2CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="288"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="33">
     <w:nsid w:val="34322053"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE80BF28"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28869,51 +33987,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="36CB3BAA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D264FAEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28982,51 +34100,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="35">
     <w:nsid w:val="3C375003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B77A3C12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -29075,51 +34193,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="36">
     <w:nsid w:val="3C9F61FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5284696"/>
     <w:lvl w:ilvl="0" w:tplc="8B629842">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="732" w:hanging="372"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -29164,51 +34282,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="37">
     <w:nsid w:val="3DBC0EBE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -29279,51 +34397,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="38">
     <w:nsid w:val="409B45A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBDAC1DA"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -29368,51 +34486,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38">
+  <w:abstractNum w:abstractNumId="39">
     <w:nsid w:val="418E2E7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D984E1E"/>
     <w:lvl w:ilvl="0" w:tplc="EED054A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -29481,51 +34599,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39">
+  <w:abstractNum w:abstractNumId="40">
     <w:nsid w:val="44A23B1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0415001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -29573,51 +34691,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40">
+  <w:abstractNum w:abstractNumId="41">
     <w:nsid w:val="44E830AC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -29688,51 +34806,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41">
+  <w:abstractNum w:abstractNumId="42">
     <w:nsid w:val="46016767"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -29803,51 +34921,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42">
+  <w:abstractNum w:abstractNumId="43">
     <w:nsid w:val="46237B83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1C2869DC"/>
     <w:lvl w:ilvl="0" w:tplc="EED054A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -29916,51 +35034,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43">
+  <w:abstractNum w:abstractNumId="44">
     <w:nsid w:val="482858CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48925FFC"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30002,51 +35120,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44">
+  <w:abstractNum w:abstractNumId="45">
     <w:nsid w:val="493716AE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A3AA5B00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -30118,51 +35236,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45">
+  <w:abstractNum w:abstractNumId="46">
     <w:nsid w:val="4AA307C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70BC39A0"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -30207,51 +35325,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46">
+  <w:abstractNum w:abstractNumId="47">
     <w:nsid w:val="4D4B7E46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5204240"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30293,51 +35411,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47">
+  <w:abstractNum w:abstractNumId="48">
     <w:nsid w:val="4E6413B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F88409A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30379,51 +35497,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48">
+  <w:abstractNum w:abstractNumId="49">
     <w:nsid w:val="4E7E7D09"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -30494,51 +35612,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49">
+  <w:abstractNum w:abstractNumId="50">
     <w:nsid w:val="4EFD178F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE80BF28"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30580,51 +35698,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50">
+  <w:abstractNum w:abstractNumId="51">
     <w:nsid w:val="51502564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B89004C6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -30666,51 +35784,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51">
+  <w:abstractNum w:abstractNumId="52">
     <w:nsid w:val="5261118B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="574A1C14"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D63C7AAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -30758,51 +35876,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52">
+  <w:abstractNum w:abstractNumId="53">
     <w:nsid w:val="530E7AF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -30873,56 +35991,56 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53">
+  <w:abstractNum w:abstractNumId="54">
     <w:nsid w:val="538C758C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8DB00DCC"/>
+    <w:tmpl w:val="80547D92"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="2"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1. "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
@@ -30989,66 +36107,66 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54">
+  <w:abstractNum w:abstractNumId="55">
     <w:nsid w:val="53A3634B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="653A0098"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="278"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55">
+  <w:abstractNum w:abstractNumId="56">
     <w:nsid w:val="5487752C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED86C488"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2508" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31090,51 +36208,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7548" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56">
+  <w:abstractNum w:abstractNumId="57">
     <w:nsid w:val="54D41A56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5204240"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31176,51 +36294,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57">
+  <w:abstractNum w:abstractNumId="58">
     <w:nsid w:val="557E1346"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="217E278E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:firstLine="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -31289,51 +36407,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58">
+  <w:abstractNum w:abstractNumId="59">
     <w:nsid w:val="580B55C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A43E4EA2"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31375,51 +36493,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59">
+  <w:abstractNum w:abstractNumId="60">
     <w:nsid w:val="59F85796"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0415001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -31461,51 +36579,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60">
+  <w:abstractNum w:abstractNumId="61">
     <w:nsid w:val="5B540219"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A4ED932"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -31550,51 +36668,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61">
+  <w:abstractNum w:abstractNumId="62">
     <w:nsid w:val="5CEF0613"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8416DF88"/>
     <w:lvl w:ilvl="0" w:tplc="927645DE">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -31640,51 +36758,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62">
+  <w:abstractNum w:abstractNumId="63">
     <w:nsid w:val="61E1476D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6C20558"/>
     <w:lvl w:ilvl="0" w:tplc="C128C4E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -31729,66 +36847,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63">
+  <w:abstractNum w:abstractNumId="64">
     <w:nsid w:val="62231F62"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="653A0098"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="278"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="64">
+  <w:abstractNum w:abstractNumId="65">
     <w:nsid w:val="626E62F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83A84FF4"/>
     <w:lvl w:ilvl="0" w:tplc="17661D28">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="07F6DC36">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -31865,51 +36983,51 @@
     <w:lvl w:ilvl="7" w:tplc="B30C6FC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C0FC1FAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65">
+  <w:abstractNum w:abstractNumId="66">
     <w:nsid w:val="63EE7B7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99CEF8BA"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -31951,51 +37069,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66">
+  <w:abstractNum w:abstractNumId="67">
     <w:nsid w:val="64EA3A30"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC481D1A"/>
     <w:lvl w:ilvl="0" w:tplc="21761DA2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="366" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -32040,51 +37158,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67">
+  <w:abstractNum w:abstractNumId="68">
     <w:nsid w:val="66DF572E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85EC3B58"/>
     <w:lvl w:ilvl="0" w:tplc="55AE4F3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -32129,51 +37247,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68">
+  <w:abstractNum w:abstractNumId="69">
     <w:nsid w:val="69D72A6C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -32244,51 +37362,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69">
+  <w:abstractNum w:abstractNumId="70">
     <w:nsid w:val="6BB25721"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="118EBE56"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -32357,51 +37475,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70">
+  <w:abstractNum w:abstractNumId="71">
     <w:nsid w:val="6C123B33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC907CBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -32472,51 +37590,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71">
+  <w:abstractNum w:abstractNumId="72">
     <w:nsid w:val="6F671CCB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0415001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -32558,84 +37676,80 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72">
+  <w:abstractNum w:abstractNumId="73">
     <w:nsid w:val="70FE236B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D13A1964"/>
+    <w:tmpl w:val="7FF2D9D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -32707,66 +37821,66 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73">
+  <w:abstractNum w:abstractNumId="74">
     <w:nsid w:val="728D6D99"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8B48CF5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74">
+  <w:abstractNum w:abstractNumId="75">
     <w:nsid w:val="781179BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4C867F4"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -32811,51 +37925,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75">
+  <w:abstractNum w:abstractNumId="76">
     <w:nsid w:val="7A0022E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97CA8EAC"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -32900,51 +38014,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="76">
+  <w:abstractNum w:abstractNumId="77">
     <w:nsid w:val="7ACB122F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A5C98C2"/>
     <w:lvl w:ilvl="0" w:tplc="36A6E5A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1729" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -32989,51 +38103,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5329" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6049" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6769" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77">
+  <w:abstractNum w:abstractNumId="78">
     <w:nsid w:val="7B61102B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F41691DA"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -33076,451 +38190,634 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="63"/>
+    <w:abstractNumId w:val="64"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="54"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="73"/>
+    <w:abstractNumId w:val="74"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="60"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="61"/>
+    <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="67"/>
+    <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="74"/>
+    <w:abstractNumId w:val="75"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25">
-    <w:abstractNumId w:val="75"/>
+    <w:abstractNumId w:val="76"/>
   </w:num>
   <w:num w:numId="26">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="28">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="29">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="30">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="32">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="33">
-    <w:abstractNumId w:val="65"/>
+    <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="36">
-    <w:abstractNumId w:val="62"/>
+    <w:abstractNumId w:val="63"/>
   </w:num>
   <w:num w:numId="37">
-    <w:abstractNumId w:val="76"/>
+    <w:abstractNumId w:val="77"/>
   </w:num>
   <w:num w:numId="38">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="39">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="48">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="49">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="50">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="51">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="52">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="53">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="54">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="55">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="40">
-[...46 lines deleted...]
-  </w:num>
   <w:num w:numId="56">
-    <w:abstractNumId w:val="77"/>
+    <w:abstractNumId w:val="78"/>
   </w:num>
   <w:num w:numId="57">
-    <w:abstractNumId w:val="70"/>
+    <w:abstractNumId w:val="71"/>
   </w:num>
   <w:num w:numId="58">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="59">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="60">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="61">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="62">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="63">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="64">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="65">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="66">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="67">
-    <w:abstractNumId w:val="52"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="68">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="69">
-    <w:abstractNumId w:val="68"/>
+    <w:abstractNumId w:val="69"/>
   </w:num>
   <w:num w:numId="70">
-    <w:abstractNumId w:val="59"/>
+    <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="71">
-    <w:abstractNumId w:val="71"/>
+    <w:abstractNumId w:val="72"/>
   </w:num>
   <w:num w:numId="72">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="73">
-    <w:abstractNumId w:val="53"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="74">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="75">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="76">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="77">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:num w:numId="78">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="76">
-    <w:abstractNumId w:val="66"/>
+  <w:num w:numId="79">
+    <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="77">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="55"/>
+  <w:num w:numId="80">
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="76"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="4"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E17D0C"/>
+    <w:rsid w:val="000177C8"/>
     <w:rsid w:val="00027100"/>
     <w:rsid w:val="000327F0"/>
     <w:rsid w:val="00055788"/>
+    <w:rsid w:val="00055EE0"/>
+    <w:rsid w:val="00062CF1"/>
+    <w:rsid w:val="00064A82"/>
+    <w:rsid w:val="00065485"/>
+    <w:rsid w:val="000727B3"/>
+    <w:rsid w:val="000A095C"/>
+    <w:rsid w:val="000A5837"/>
     <w:rsid w:val="000B0111"/>
     <w:rsid w:val="000B1F26"/>
+    <w:rsid w:val="000E4E3B"/>
     <w:rsid w:val="000E6B31"/>
     <w:rsid w:val="00101708"/>
     <w:rsid w:val="00101973"/>
+    <w:rsid w:val="00105412"/>
+    <w:rsid w:val="00120E26"/>
+    <w:rsid w:val="00134E98"/>
+    <w:rsid w:val="00141137"/>
+    <w:rsid w:val="00143798"/>
+    <w:rsid w:val="0015447F"/>
+    <w:rsid w:val="00172DE2"/>
     <w:rsid w:val="0017678F"/>
+    <w:rsid w:val="00181E63"/>
     <w:rsid w:val="00183543"/>
+    <w:rsid w:val="00190ACD"/>
+    <w:rsid w:val="001A0FFD"/>
     <w:rsid w:val="001A70E6"/>
+    <w:rsid w:val="001B0176"/>
+    <w:rsid w:val="001B1A23"/>
     <w:rsid w:val="001B5C82"/>
     <w:rsid w:val="001B7AF6"/>
     <w:rsid w:val="001C083F"/>
     <w:rsid w:val="001D512A"/>
     <w:rsid w:val="001D6B8B"/>
     <w:rsid w:val="001E04BF"/>
     <w:rsid w:val="001E114D"/>
+    <w:rsid w:val="001F3242"/>
     <w:rsid w:val="001F3C07"/>
     <w:rsid w:val="001F6E82"/>
     <w:rsid w:val="00205539"/>
+    <w:rsid w:val="00224EBF"/>
     <w:rsid w:val="002275A6"/>
+    <w:rsid w:val="002344C3"/>
+    <w:rsid w:val="002353C3"/>
+    <w:rsid w:val="0024560F"/>
     <w:rsid w:val="0024637B"/>
     <w:rsid w:val="00254A9E"/>
+    <w:rsid w:val="0025638F"/>
+    <w:rsid w:val="002563BD"/>
+    <w:rsid w:val="00275291"/>
+    <w:rsid w:val="00277D35"/>
+    <w:rsid w:val="00282EBF"/>
     <w:rsid w:val="00291A2E"/>
+    <w:rsid w:val="00295ED0"/>
     <w:rsid w:val="00297E93"/>
+    <w:rsid w:val="002A4DD0"/>
+    <w:rsid w:val="002A5044"/>
     <w:rsid w:val="002B0283"/>
+    <w:rsid w:val="002B1393"/>
+    <w:rsid w:val="002C1B5E"/>
+    <w:rsid w:val="002C2BF2"/>
+    <w:rsid w:val="002D0E4B"/>
     <w:rsid w:val="002F19EC"/>
+    <w:rsid w:val="002F4684"/>
+    <w:rsid w:val="00303DD5"/>
     <w:rsid w:val="0030462F"/>
     <w:rsid w:val="0031256C"/>
+    <w:rsid w:val="003309D1"/>
     <w:rsid w:val="00340AEB"/>
+    <w:rsid w:val="00340F96"/>
+    <w:rsid w:val="00346D24"/>
+    <w:rsid w:val="00350832"/>
+    <w:rsid w:val="0036077F"/>
     <w:rsid w:val="00365966"/>
     <w:rsid w:val="00383A7B"/>
+    <w:rsid w:val="003851A9"/>
     <w:rsid w:val="00390957"/>
+    <w:rsid w:val="003966C6"/>
+    <w:rsid w:val="003C3F07"/>
     <w:rsid w:val="003D59F6"/>
+    <w:rsid w:val="003E155D"/>
     <w:rsid w:val="003E71E5"/>
+    <w:rsid w:val="0043207B"/>
     <w:rsid w:val="004335ED"/>
+    <w:rsid w:val="00433A7D"/>
+    <w:rsid w:val="0043571E"/>
     <w:rsid w:val="004420E6"/>
     <w:rsid w:val="00454158"/>
+    <w:rsid w:val="0045542C"/>
+    <w:rsid w:val="00461503"/>
+    <w:rsid w:val="004630D6"/>
+    <w:rsid w:val="00470F75"/>
     <w:rsid w:val="00473D4F"/>
+    <w:rsid w:val="004811C1"/>
+    <w:rsid w:val="004850D2"/>
+    <w:rsid w:val="004853E1"/>
+    <w:rsid w:val="004A1438"/>
+    <w:rsid w:val="004A25AE"/>
     <w:rsid w:val="004B2178"/>
+    <w:rsid w:val="004D64D6"/>
     <w:rsid w:val="004E43B3"/>
+    <w:rsid w:val="004E5F89"/>
     <w:rsid w:val="004F4C1F"/>
     <w:rsid w:val="00516915"/>
     <w:rsid w:val="00516BB8"/>
+    <w:rsid w:val="00521D3B"/>
     <w:rsid w:val="005265A8"/>
+    <w:rsid w:val="00527A80"/>
+    <w:rsid w:val="0053195E"/>
     <w:rsid w:val="00542679"/>
+    <w:rsid w:val="00551BA8"/>
+    <w:rsid w:val="005528FF"/>
+    <w:rsid w:val="00553737"/>
+    <w:rsid w:val="00580F4D"/>
+    <w:rsid w:val="005816A5"/>
+    <w:rsid w:val="005830DC"/>
+    <w:rsid w:val="00583B4A"/>
+    <w:rsid w:val="00590D4D"/>
     <w:rsid w:val="005922F5"/>
+    <w:rsid w:val="005A4C6B"/>
+    <w:rsid w:val="005B31D3"/>
     <w:rsid w:val="005C6BC5"/>
+    <w:rsid w:val="005D5CF9"/>
     <w:rsid w:val="005E5165"/>
+    <w:rsid w:val="005F1242"/>
+    <w:rsid w:val="005F2268"/>
     <w:rsid w:val="005F3D6E"/>
     <w:rsid w:val="005F4262"/>
+    <w:rsid w:val="006162C3"/>
     <w:rsid w:val="00640085"/>
     <w:rsid w:val="00655CE0"/>
+    <w:rsid w:val="00667472"/>
     <w:rsid w:val="00672BB5"/>
     <w:rsid w:val="00672E3D"/>
+    <w:rsid w:val="006741FE"/>
+    <w:rsid w:val="00681BEA"/>
+    <w:rsid w:val="0068425F"/>
     <w:rsid w:val="006C14EE"/>
     <w:rsid w:val="006D5E92"/>
     <w:rsid w:val="006F720A"/>
     <w:rsid w:val="007226C7"/>
     <w:rsid w:val="00726A09"/>
     <w:rsid w:val="00741D88"/>
+    <w:rsid w:val="00741EC4"/>
+    <w:rsid w:val="0074236F"/>
+    <w:rsid w:val="0075153A"/>
+    <w:rsid w:val="007553C6"/>
+    <w:rsid w:val="00756A67"/>
+    <w:rsid w:val="007579FB"/>
+    <w:rsid w:val="00766322"/>
     <w:rsid w:val="007862D0"/>
+    <w:rsid w:val="00793D77"/>
     <w:rsid w:val="007D0946"/>
+    <w:rsid w:val="007D1344"/>
+    <w:rsid w:val="007D1E3D"/>
     <w:rsid w:val="007D3710"/>
     <w:rsid w:val="007D77C2"/>
+    <w:rsid w:val="007E0B40"/>
+    <w:rsid w:val="007F544D"/>
+    <w:rsid w:val="007F5A01"/>
     <w:rsid w:val="00802DA8"/>
     <w:rsid w:val="00816DA1"/>
+    <w:rsid w:val="008202C2"/>
+    <w:rsid w:val="00821E3B"/>
     <w:rsid w:val="008338FA"/>
+    <w:rsid w:val="00840F3F"/>
     <w:rsid w:val="008451AB"/>
+    <w:rsid w:val="0085153A"/>
+    <w:rsid w:val="008538CD"/>
     <w:rsid w:val="0085457B"/>
+    <w:rsid w:val="00855C68"/>
     <w:rsid w:val="00864F36"/>
+    <w:rsid w:val="008726ED"/>
     <w:rsid w:val="008850D8"/>
+    <w:rsid w:val="00887797"/>
     <w:rsid w:val="008956F3"/>
     <w:rsid w:val="008A0739"/>
     <w:rsid w:val="008B6C38"/>
     <w:rsid w:val="008C24E1"/>
-    <w:rsid w:val="008D4E4A"/>
+    <w:rsid w:val="008D59FA"/>
+    <w:rsid w:val="008E5973"/>
+    <w:rsid w:val="008F04E5"/>
+    <w:rsid w:val="009079F1"/>
     <w:rsid w:val="00907A51"/>
+    <w:rsid w:val="00915A1C"/>
+    <w:rsid w:val="00930D77"/>
+    <w:rsid w:val="00937571"/>
+    <w:rsid w:val="009452A4"/>
+    <w:rsid w:val="0094776E"/>
+    <w:rsid w:val="009608E2"/>
     <w:rsid w:val="00961334"/>
     <w:rsid w:val="009772D8"/>
+    <w:rsid w:val="00984A7F"/>
     <w:rsid w:val="00991ECB"/>
     <w:rsid w:val="0099564C"/>
+    <w:rsid w:val="00997B1F"/>
+    <w:rsid w:val="009B4388"/>
     <w:rsid w:val="009B5073"/>
+    <w:rsid w:val="009B60D2"/>
+    <w:rsid w:val="009C5ED1"/>
+    <w:rsid w:val="009D26A1"/>
     <w:rsid w:val="009D6611"/>
+    <w:rsid w:val="009F1202"/>
+    <w:rsid w:val="009F1625"/>
+    <w:rsid w:val="009F2A82"/>
+    <w:rsid w:val="009F6FB2"/>
+    <w:rsid w:val="00A05E7D"/>
+    <w:rsid w:val="00A113D1"/>
     <w:rsid w:val="00A21A11"/>
+    <w:rsid w:val="00A30900"/>
     <w:rsid w:val="00A31E4F"/>
+    <w:rsid w:val="00A32E61"/>
+    <w:rsid w:val="00A44201"/>
+    <w:rsid w:val="00A6053C"/>
+    <w:rsid w:val="00A62042"/>
+    <w:rsid w:val="00A66449"/>
+    <w:rsid w:val="00A909B1"/>
+    <w:rsid w:val="00A9274B"/>
     <w:rsid w:val="00A96516"/>
+    <w:rsid w:val="00A97866"/>
+    <w:rsid w:val="00AA59A9"/>
     <w:rsid w:val="00AB1A3D"/>
+    <w:rsid w:val="00AB29F7"/>
     <w:rsid w:val="00AB34DF"/>
     <w:rsid w:val="00AB6C91"/>
     <w:rsid w:val="00AF6BE6"/>
     <w:rsid w:val="00B01D2E"/>
     <w:rsid w:val="00B16C8A"/>
     <w:rsid w:val="00B259A4"/>
+    <w:rsid w:val="00B3228C"/>
+    <w:rsid w:val="00B52585"/>
+    <w:rsid w:val="00B534D1"/>
+    <w:rsid w:val="00B82D53"/>
     <w:rsid w:val="00B8740C"/>
+    <w:rsid w:val="00BA155D"/>
+    <w:rsid w:val="00BD4629"/>
+    <w:rsid w:val="00C017DE"/>
+    <w:rsid w:val="00C33712"/>
     <w:rsid w:val="00C40334"/>
+    <w:rsid w:val="00C44604"/>
     <w:rsid w:val="00C60173"/>
+    <w:rsid w:val="00C61153"/>
+    <w:rsid w:val="00C63BDF"/>
     <w:rsid w:val="00C70691"/>
+    <w:rsid w:val="00C73E1E"/>
     <w:rsid w:val="00C749ED"/>
     <w:rsid w:val="00C878E8"/>
+    <w:rsid w:val="00C90C56"/>
+    <w:rsid w:val="00C96123"/>
     <w:rsid w:val="00CC0C51"/>
+    <w:rsid w:val="00CD37DE"/>
+    <w:rsid w:val="00CD3C2B"/>
     <w:rsid w:val="00CE30FF"/>
+    <w:rsid w:val="00CF20AB"/>
+    <w:rsid w:val="00CF23EC"/>
     <w:rsid w:val="00D033F4"/>
     <w:rsid w:val="00D148D8"/>
     <w:rsid w:val="00D2357C"/>
+    <w:rsid w:val="00D243F5"/>
     <w:rsid w:val="00D31884"/>
     <w:rsid w:val="00D37A54"/>
     <w:rsid w:val="00D51C9B"/>
+    <w:rsid w:val="00D637E6"/>
     <w:rsid w:val="00DA382D"/>
     <w:rsid w:val="00DA55EC"/>
+    <w:rsid w:val="00DA6ED6"/>
     <w:rsid w:val="00DC4AA3"/>
+    <w:rsid w:val="00DD6430"/>
+    <w:rsid w:val="00DE1CBF"/>
     <w:rsid w:val="00DF126F"/>
+    <w:rsid w:val="00E01A37"/>
+    <w:rsid w:val="00E10378"/>
     <w:rsid w:val="00E17D0C"/>
     <w:rsid w:val="00E25ADE"/>
+    <w:rsid w:val="00E2668E"/>
+    <w:rsid w:val="00E30544"/>
+    <w:rsid w:val="00E405CF"/>
+    <w:rsid w:val="00E61838"/>
+    <w:rsid w:val="00E63A82"/>
+    <w:rsid w:val="00E65A25"/>
     <w:rsid w:val="00E671E4"/>
     <w:rsid w:val="00E93DAE"/>
     <w:rsid w:val="00EA3F95"/>
-    <w:rsid w:val="00EA6A91"/>
     <w:rsid w:val="00EA775C"/>
+    <w:rsid w:val="00EE2A02"/>
     <w:rsid w:val="00EE578C"/>
+    <w:rsid w:val="00F03A0C"/>
+    <w:rsid w:val="00F1023A"/>
+    <w:rsid w:val="00F1147E"/>
     <w:rsid w:val="00F12ADE"/>
     <w:rsid w:val="00F2220E"/>
-    <w:rsid w:val="00F75581"/>
+    <w:rsid w:val="00F432C8"/>
+    <w:rsid w:val="00F554B1"/>
+    <w:rsid w:val="00F558A3"/>
+    <w:rsid w:val="00F76CE2"/>
+    <w:rsid w:val="00F90FF8"/>
     <w:rsid w:val="00FB2C70"/>
+    <w:rsid w:val="00FC66F4"/>
+    <w:rsid w:val="00FD0449"/>
+    <w:rsid w:val="00FE4988"/>
+    <w:rsid w:val="00FF5287"/>
+    <w:rsid w:val="00FF626B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
         <o:r id="V:Rule1" type="connector" idref="#Łącznik prosty ze strzałką 3"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -33667,103 +38964,96 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008D4E4A"/>
+    <w:rsid w:val="00FD0449"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:qFormat/>
-    <w:rsid w:val="00672BB5"/>
+    <w:rsid w:val="005A4C6B"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:b/>
       <w:kern w:val="32"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normalny"/>
+    <w:basedOn w:val="Nagwek1"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00672BB5"/>
+    <w:rsid w:val="00F558A3"/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="300"/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:b/>
+      <w:b w:val="0"/>
       <w:bCs/>
-      <w:i/>
       <w:iCs/>
-      <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
@@ -33923,75 +39213,147 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B259A4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B259A4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
-    <w:rsid w:val="00672BB5"/>
+    <w:rsid w:val="005A4C6B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
+      <w:b/>
       <w:kern w:val="32"/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00672BB5"/>
+    <w:rsid w:val="00F558A3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:b/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Arial"/>
       <w:bCs/>
-      <w:i/>
       <w:iCs/>
-      <w:sz w:val="28"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwekspisutreci">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Nagwek1"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009F6FB2"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Spistreci1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00741EC4"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A4C6B"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Spistreci2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C44604"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D0E4B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1919099813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2123265106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -34285,51 +39647,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="24214436">
           <w:marLeft w:val="375"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prawo.vulcan.edu.pl/przegdok.asp?qdatprz=12-04-2015&amp;qplikid=1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=5121" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prawo.vulcan.edu.pl/przegdok.asp?qdatprz=12-04-2015&amp;qplikid=1" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=5121" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prawo.vulcan.edu.pl/przegdok.asp?qdatprz=28-08-2025&amp;qplikid=4384" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -34553,71 +39915,87 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09AE3B67-375D-45DC-BD75-A134DF6587A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>45</Pages>
-[...1 lines deleted...]
-  <Characters>68493</Characters>
+  <Pages>46</Pages>
+  <Words>12002</Words>
+  <Characters>72013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>570</Lines>
-  <Paragraphs>159</Paragraphs>
+  <Lines>600</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79749</CharactersWithSpaces>
+  <CharactersWithSpaces>83848</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Konto Microsoft</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>