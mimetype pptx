--- v0 (2025-11-27)
+++ v1 (2026-03-02)
@@ -693,56 +693,56 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="dk1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr snapVertSplitter="1" vertBarState="minimized" horzBarState="maximized">
     <p:restoredLeft sz="15591" autoAdjust="0"/>
     <p:restoredTop sz="94712" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="100" d="100"/>
-          <a:sy n="100" d="100"/>
+          <a:sx n="107" d="100"/>
+          <a:sy n="107" d="100"/>
         </p:scale>
-        <p:origin x="448" y="-36"/>
+        <p:origin x="2088" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3120"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -955,51 +955,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy daty 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1123,51 +1123,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy daty 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1301,51 +1301,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy daty 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1469,51 +1469,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy daty 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1714,51 +1714,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy daty 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1999,51 +1999,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy daty 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy stopki 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2418,51 +2418,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy daty 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy stopki 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2535,51 +2535,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy daty 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy stopki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2630,51 +2630,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy daty 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy stopki 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2905,51 +2905,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy daty 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy stopki 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3157,51 +3157,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy daty 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy stopki 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3372,51 +3372,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="6356352"/>
             <a:ext cx="2311400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="95770" tIns="47886" rIns="95770" bIns="47886" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1300">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CEE90B8A-2B95-402E-BA7E-229BBB441722}" type="datetimeFigureOut">
               <a:rPr lang="pl-PL" smtClean="0"/>
-              <a:t>28.08.2023</a:t>
+              <a:t>30.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy stopki 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3384550" y="6356352"/>
             <a:ext cx="3136900" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3760,82 +3760,82 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="276" name="Tabela 275"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="456927526"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3491342098"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="5529064" y="1938549"/>
-          <a:ext cx="4216753" cy="3924160"/>
+          <a:off x="5529064" y="1916832"/>
+          <a:ext cx="4216753" cy="3700617"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{073A0DAA-6AF3-43AB-8588-CEC1D06C72B9}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1152128">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="3064625">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="245260">
+              <a:tr h="266977">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="pl-PL" sz="900" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>DN</a:t>
                       </a:r>
                       <a:endParaRPr lang="pl-PL" sz="900" b="0" dirty="0">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="99060" marR="99060" anchor="ctr">
@@ -4284,207 +4284,50 @@
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:schemeClr val="accent1">
                         <a:lumMod val="60000"/>
                         <a:lumOff val="40000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
-                  </a:ext>
-[...155 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="245260">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="20000"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
@@ -6194,51 +6037,51 @@
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="20000"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr kumimoji="0" lang="pl-PL" sz="900" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Z1, Z2, Z3, Z4, Z5</a:t>
+                        <a:t>Z1, Z2, Z3, Z4</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="pl-PL" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="99060" marR="99060" anchor="ctr" horzOverflow="overflow">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="accent1">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
@@ -6514,70 +6357,70 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="base" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="20000"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
+                        <a:rPr kumimoji="0" lang="pl-PL" sz="900" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Zespół Infrastruktury Transportowej </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr kumimoji="0" lang="pl-PL" sz="900" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                           <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Zespół Transportu </a:t>
-[...10 lines deleted...]
-                        <a:t>i Inżynierii</a:t>
+                        <a:t>i Technicznej</a:t>
                       </a:r>
                       <a:endParaRPr kumimoji="0" lang="pl-PL" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="99060" marR="99060" anchor="ctr" horzOverflow="overflow">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="accent1">
                           <a:lumMod val="75000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
@@ -7053,237 +6896,172 @@
                       <a:schemeClr val="accent1">
                         <a:lumMod val="40000"/>
                         <a:lumOff val="60000"/>
                       </a:schemeClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10015"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="226" name="Prostokąt zaokrąglony 225"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4274707" y="5412025"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4152155" y="4943020"/>
+            <a:ext cx="910337" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>RP</a:t>
-[...54 lines deleted...]
-              <a:t>GK</a:t>
+              <a:t>OR</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="323" name="pole tekstowe 322"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2447266" y="1113711"/>
+            <a:off x="2435661" y="1246074"/>
             <a:ext cx="5386054" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" b="1" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Struktura Organizacyjna Miejskiej Pracowni Urbanistycznej w Poznaniu </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="324" name="pole tekstowe 323"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5961112" y="442555"/>
-            <a:ext cx="3600400" cy="369332"/>
+            <a:ext cx="3600400" cy="230832"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="900" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Załącznik do Regulaminu Organizacyjnego </a:t>
-[...9 lines deleted...]
-              <a:t>Miejskiej Pracowni Urbanistycznej w Poznaniu</a:t>
+              <a:t>Załącznik do Regulaminu Organizacyjnego</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="170" name="Prostokąt zaokrąglony 169"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2124764" y="1744807"/>
+            <a:off x="1416446" y="1724603"/>
             <a:ext cx="1080000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
@@ -7291,258 +7069,258 @@
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>DN</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Prostokąt zaokrąglony 31"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4260901" y="4214456"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4152155" y="4011296"/>
+            <a:ext cx="910338" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>GP</a:t>
+              <a:t>RP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="225" name="Prostokąt zaokrąglony 224"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2872717" y="4822103"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4155431" y="2636912"/>
+            <a:ext cx="907061" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>IN</a:t>
+              <a:t>GP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="227" name="Prostokąt zaokrąglony 226"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2871728" y="4231993"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4160912" y="3091061"/>
+            <a:ext cx="894520" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>KP</a:t>
+              <a:t>KS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="228" name="Prostokąt zaokrąglony 227"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2880948" y="3641884"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4152156" y="5412025"/>
+            <a:ext cx="919094" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>OR</a:t>
+              <a:t>IN</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="233" name="Prostokąt zaokrąglony 232"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2880946" y="2636952"/>
             <a:ext cx="900000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="40000"/>
               <a:lumOff val="60000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
@@ -7553,51 +7331,51 @@
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>DO</a:t>
+              <a:t>GK</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="222" name="Prostokąt zaokrąglony 221"/>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="128464" y="3636526"/>
             <a:ext cx="900000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
@@ -7904,205 +7682,148 @@
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>DP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Prostokąt zaokrąglony 49"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4264981" y="4822103"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4162493" y="4466278"/>
+            <a:ext cx="908757" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>KS</a:t>
+              <a:t>KP</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Prostokąt zaokrąglony 56"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4268553" y="3649021"/>
-            <a:ext cx="900000" cy="360000"/>
+            <a:off x="4162493" y="3549507"/>
+            <a:ext cx="892939" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="95770" tIns="47886" rIns="95770" bIns="47886" spcCol="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>IOD</a:t>
-            </a:r>
-[...55 lines deleted...]
-              <a:t>Z5</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="72" name="Prostokąt zaokrąglony 71"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1506446" y="4249034"/>
             <a:ext cx="900000" cy="360000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="20000"/>
               <a:lumOff val="80000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
@@ -8187,166 +7908,166 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Z3</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="23" name="Łącznik prosty 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEC1B46F-5579-6DD8-556B-0EC6F9F62469}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="565361" y="2420888"/>
-            <a:ext cx="4133739" cy="0"/>
+            <a:off x="578464" y="2420888"/>
+            <a:ext cx="2752482" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="25" name="Łącznik prosty 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD8117B3-4565-6D02-17E8-0661F605F8F4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:stCxn id="170" idx="2"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2664764" y="2104807"/>
-            <a:ext cx="0" cy="316081"/>
+            <a:off x="1956446" y="2084603"/>
+            <a:ext cx="0" cy="336285"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="28" name="Łącznik prosty 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{441C502A-8031-B254-A1E6-527259DFBC80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:stCxn id="170" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3204764" y="1924807"/>
-            <a:ext cx="2180284" cy="13742"/>
+            <a:off x="2496446" y="1904603"/>
+            <a:ext cx="2777620" cy="6871"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="34" name="Łącznik prosty 33">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF2B5886-AB32-2954-9033-789BAD4F4596}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5385048" y="1938549"/>
-            <a:ext cx="0" cy="3662069"/>
+            <a:off x="5265773" y="1914360"/>
+            <a:ext cx="1" cy="3677665"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="38" name="Łącznik prosty 37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8401,219 +8122,104 @@
           <a:xfrm>
             <a:off x="2406446" y="2816912"/>
             <a:ext cx="200359" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="49" name="Łącznik prosty 48">
-[...36 lines deleted...]
-        <p:nvCxnSpPr>
           <p:cNvPr id="53" name="Łącznik prosty 52">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F775666B-D8CE-8F50-351B-CFBB3F37B435}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1208584" y="2816912"/>
-            <a:ext cx="0" cy="2783706"/>
+            <a:ext cx="0" cy="2185191"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="55" name="Łącznik prosty 54">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15E05BB8-5669-C0F2-E96F-9EF707CB7B44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2606805" y="2816912"/>
             <a:ext cx="0" cy="2185191"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...75 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="63" name="Łącznik prosty ze strzałką 62">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFF9402E-4D05-406E-8158-CD5D9EC9E1B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8727,52 +8333,52 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="75" name="Łącznik prosty ze strzałką 74">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4000AC92-0D4A-581E-541F-A311BCF8BB3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
             <a:endCxn id="39" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2406446" y="3816526"/>
-            <a:ext cx="200359" cy="5358"/>
+            <a:off x="2406446" y="3821884"/>
+            <a:ext cx="200359" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
@@ -8809,423 +8415,378 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="85" name="Łącznik prosty ze strzałką 84">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A83558D-3554-1FC2-CE1D-73BF226FA972}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="73" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="2406446" y="5002103"/>
-            <a:ext cx="200359" cy="4175"/>
+            <a:off x="2406446" y="5006278"/>
+            <a:ext cx="200359" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="87" name="Łącznik prosty ze strzałką 86">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89F8E842-69E9-81F0-239A-C2ACC2974C9D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="228" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="3780948" y="3816526"/>
-            <a:ext cx="163940" cy="5358"/>
+            <a:off x="5071250" y="5592025"/>
+            <a:ext cx="194524" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="89" name="Łącznik prosty ze strzałką 88">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51CD7EA6-8B6D-9BED-7F96-634984E723D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="227" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="3771728" y="4411993"/>
-            <a:ext cx="173160" cy="0"/>
+            <a:off x="5055432" y="3271061"/>
+            <a:ext cx="210341" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="92" name="Łącznik prosty ze strzałką 91">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD8496D9-ADEE-F85A-21CE-35A6EFD93458}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="225" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="172171" cy="0"/>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="5062492" y="2816912"/>
+            <a:ext cx="203282" cy="40"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="95" name="Łącznik prosty ze strzałką 94">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A584E2A-D1F8-9457-4C1C-0A0A403AC739}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="57" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5168553" y="3829021"/>
-            <a:ext cx="216495" cy="0"/>
+            <a:off x="5055432" y="3729507"/>
+            <a:ext cx="210342" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="97" name="Łącznik prosty ze strzałką 96">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C0301BE-ACDE-1F54-2B38-12B4705691DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvCxnSpPr>
-[...1 lines deleted...]
-          </p:cNvCxnSpPr>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5160901" y="4394456"/>
-            <a:ext cx="224147" cy="0"/>
+            <a:off x="5062493" y="4176526"/>
+            <a:ext cx="203280" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="99" name="Łącznik prosty ze strzałką 98">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9D0A58F-4A52-4DE8-7DB6-E9DFE90221E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="50" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5164981" y="5002103"/>
-            <a:ext cx="220067" cy="0"/>
+            <a:off x="5071250" y="4646278"/>
+            <a:ext cx="198370" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="101" name="Łącznik prosty ze strzałką 100">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AC31D33-31A9-75B6-D483-BC032F841C87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:endCxn id="226" idx="3"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5174707" y="5587728"/>
-[...42 lines deleted...]
-            <a:ext cx="0" cy="216024"/>
+            <a:off x="5062492" y="5123020"/>
+            <a:ext cx="203281" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="106" name="Łącznik prosty ze strzałką 105">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B22781BE-4F9C-2E97-986D-1A3F448235B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:endCxn id="231" idx="0"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="565361" y="2420888"/>
-            <a:ext cx="13103" cy="216064"/>
+            <a:off x="578464" y="2420888"/>
+            <a:ext cx="0" cy="216064"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
@@ -9363,89 +8924,130 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Z4</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="114" name="Łącznik prosty 113">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EBFD853-1EFE-4721-020A-2858B477D42A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2606805" y="5002103"/>
-            <a:ext cx="0" cy="598515"/>
+            <a:ext cx="0" cy="589922"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="116" name="Łącznik prosty ze strzałką 115">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DE2C2EA-8579-B7FE-861B-830AC828C5B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="193970" cy="4297"/>
+          <a:xfrm flipH="1">
+            <a:off x="2412835" y="5587729"/>
+            <a:ext cx="193970" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="98" name="Łącznik prosty ze strzałką 97">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DE2C2EA-8579-B7FE-861B-830AC828C5B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2412835" y="5588484"/>
+            <a:ext cx="193970" cy="756"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
@@ -9726,54 +9328,54 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>113</Words>
+  <Words>99</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Papier A4 (210x297 mm)</PresentationFormat>
-  <Paragraphs>55</Paragraphs>
+  <Paragraphs>50</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>