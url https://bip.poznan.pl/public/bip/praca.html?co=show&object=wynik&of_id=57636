--- v0 (2025-11-03)
+++ v1 (2026-02-11)
@@ -1,125 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="001F462F" w:rsidRPr="005A39F0" w:rsidRDefault="004F672A" w:rsidP="00371B9E">
+    <w:p w:rsidR="001F462F" w:rsidRPr="005A39F0" w:rsidRDefault="00A0482F" w:rsidP="00371B9E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0FF2B0A7">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1026" type="#_x0000_t75" alt="Logo Miasta Poznania." style="position:absolute;margin-left:372.7pt;margin-top:0;width:98.55pt;height:26.6pt;z-index:251659264">
             <v:imagedata r:id="rId4" o:title=""/>
             <w10:wrap type="topAndBottom"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1823340802" r:id="rId5"/>
+          <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1826797218" r:id="rId5"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="001F462F" w:rsidRPr="005A39F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Urząd Miasta Poznania</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F462F" w:rsidRPr="00923257" w:rsidRDefault="001F462F" w:rsidP="00923257">
       <w:pPr>
         <w:pStyle w:val="Data"/>
       </w:pPr>
       <w:r w:rsidRPr="00923257">
         <w:t>Data:</w:t>
       </w:r>
       <w:r w:rsidRPr="00923257">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D659BB">
-        <w:t>27</w:t>
+      <w:r w:rsidR="004A1F05">
+        <w:t>09</w:t>
       </w:r>
       <w:r w:rsidR="00810904">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D659BB">
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1F05">
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00810904">
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00AD3B24">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00810904">
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F462F" w:rsidRDefault="001F462F" w:rsidP="00923257">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F462F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Informacja o wyniku naboru</w:t>
@@ -256,56 +259,56 @@
           <w:tcPr>
             <w:tcW w:w="6870" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CE1B20" w:rsidRPr="001F462F" w:rsidRDefault="00CE1B20" w:rsidP="00CE1B20">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="5670"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>OW/</w:t>
             </w:r>
-            <w:r w:rsidR="00D659BB">
+            <w:r w:rsidR="004A1F05">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>196</w:t>
+              <w:t>232</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE1B20" w:rsidRPr="001F462F" w:rsidTr="00CE1B20">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CE1B20" w:rsidRPr="001F462F" w:rsidRDefault="00CE1B20" w:rsidP="00CE1B20">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="5670"/>
@@ -347,103 +350,92 @@
               <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
               <w:t>Ds. organizacji szkół i placówek oświatowych</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D0125C" w:rsidRPr="00D659BB" w:rsidRDefault="001F462F" w:rsidP="008013E0">
       <w:pPr>
         <w:spacing w:after="600"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00371B9E">
         <w:t>W wyniku przeprowadzonej rekrutacji na ww. stanowisko wybrano do zatrudnienia Pan</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1B20">
-        <w:t>i</w:t>
+      <w:r w:rsidR="004A1F05">
+        <w:t>a Sebastiana</w:t>
+      </w:r>
+      <w:r w:rsidR="00084181">
+        <w:t xml:space="preserve"> Kończaka</w:t>
       </w:r>
       <w:r w:rsidR="00D659BB">
-        <w:t xml:space="preserve">ą Katarzynę Gapińską </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00371B9E">
         <w:t>zamieszkał</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1B20">
-        <w:t>ą</w:t>
+      <w:r w:rsidR="00A0482F">
+        <w:t>ego</w:t>
       </w:r>
       <w:r w:rsidR="002D4BD5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00371B9E">
         <w:t xml:space="preserve">w </w:t>
       </w:r>
-      <w:r w:rsidR="00810904">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00A0482F">
+        <w:t>Tomaszewie.</w:t>
       </w:r>
       <w:r w:rsidR="00D659BB">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00371B9E">
         <w:t>Kandydat</w:t>
       </w:r>
-      <w:r w:rsidR="00CE1B20">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="008013E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00371B9E">
         <w:t xml:space="preserve">w </w:t>
       </w:r>
       <w:r w:rsidR="008E1BDD">
         <w:t>oczekiwanym</w:t>
       </w:r>
       <w:r w:rsidR="008013E0">
         <w:t xml:space="preserve"> stopniu spełnił</w:t>
       </w:r>
-      <w:r w:rsidR="00D659BB">
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="008013E0" w:rsidRPr="008013E0">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008013E0" w:rsidRPr="00371B9E">
         <w:t xml:space="preserve">wymagania </w:t>
       </w:r>
       <w:r w:rsidR="008013E0">
         <w:t xml:space="preserve">określone dla tego </w:t>
       </w:r>
       <w:r w:rsidR="008013E0" w:rsidRPr="00371B9E">
         <w:t>stanowiska pracy</w:t>
       </w:r>
       <w:r w:rsidR="008013E0" w:rsidRPr="001F462F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D22622" w:rsidRDefault="00810904" w:rsidP="00810904">
@@ -452,51 +444,59 @@
         <w:ind w:left="3540" w:firstLine="1705"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t>Agnieszka Kropidłowska</w:t>
       </w:r>
       <w:r w:rsidR="008E1BDD">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0085710B">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F462F" w:rsidRPr="001F462F">
         <w:rPr>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>imię i nazwisko pracownika sporządzającego informację</w:t>
+        <w:t>imię i nazwisko pracown</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="001F462F" w:rsidRPr="001F462F">
+        <w:rPr>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ika sporządzającego informację</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D22622" w:rsidSect="001D5C34">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
@@ -517,109 +517,113 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F11E7A"/>
+    <w:rsid w:val="00084181"/>
     <w:rsid w:val="001D5C34"/>
     <w:rsid w:val="001F462F"/>
     <w:rsid w:val="002D4BD5"/>
     <w:rsid w:val="00340F8E"/>
     <w:rsid w:val="00367C1B"/>
     <w:rsid w:val="00371B9E"/>
     <w:rsid w:val="004350D9"/>
+    <w:rsid w:val="004A1F05"/>
     <w:rsid w:val="004F672A"/>
     <w:rsid w:val="005A39F0"/>
     <w:rsid w:val="00677AEC"/>
+    <w:rsid w:val="00680AA0"/>
     <w:rsid w:val="00730036"/>
     <w:rsid w:val="00794403"/>
     <w:rsid w:val="007B5AAD"/>
     <w:rsid w:val="008013E0"/>
     <w:rsid w:val="00810904"/>
     <w:rsid w:val="00846A70"/>
     <w:rsid w:val="0085710B"/>
     <w:rsid w:val="0086492F"/>
     <w:rsid w:val="008E1BDD"/>
     <w:rsid w:val="00923257"/>
+    <w:rsid w:val="00A0482F"/>
     <w:rsid w:val="00AD3B24"/>
     <w:rsid w:val="00BF46B3"/>
     <w:rsid w:val="00C8505A"/>
     <w:rsid w:val="00CE1B20"/>
     <w:rsid w:val="00D0125C"/>
     <w:rsid w:val="00D22622"/>
     <w:rsid w:val="00D63EA1"/>
     <w:rsid w:val="00D659BB"/>
     <w:rsid w:val="00D85886"/>
     <w:rsid w:val="00DB7A1F"/>
     <w:rsid w:val="00F11E7A"/>
     <w:rsid w:val="00F325F1"/>
     <w:rsid w:val="00F52104"/>
     <w:rsid w:val="00FD28D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="313DB688"/>
+  <w14:docId w14:val="4173441F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{14EA3AA9-0B3F-4547-B7B3-7FA77D73B301}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1426,69 +1430,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>informacja_o_naborze_2024</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>68</Words>
-  <Characters>412</Characters>
+  <Characters>413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informacja o wynikach naboru</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>479</CharactersWithSpaces>
+  <CharactersWithSpaces>480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informacja o wynikach naboru</dc:title>
   <dc:subject/>
   <dc:creator>Teresa Dmochowska-Weber</dc:creator>
   <cp:keywords>rekrutacja, wyniki, nabów, stanowisko, Urząd Miasta Poznania</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>