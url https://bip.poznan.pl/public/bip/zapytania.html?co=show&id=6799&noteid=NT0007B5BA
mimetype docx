--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -1,2749 +1,2102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="5C4BB825" w:rsidR="00F208CF" w:rsidRPr="00220503" w:rsidRDefault="00284ED3" w:rsidP="00220503">
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="49C9E5E0" w14:textId="7EFE71C9" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="02603A9D" w14:textId="77777777" w:rsidR="008D09E9" w:rsidRDefault="008D09E9">
+      <w:pPr>
+        <w:sectPr w:rsidR="008D09E9">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6184A85A" w14:textId="2AA8A09C" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="004054CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF419A">
+        <w:t>01.12</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025 roku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393B66B4" w14:textId="25599DC3" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Znak sprawy: Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00211213">
+        <w:t>344</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DFD159" w14:textId="1854D3F6" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF419A">
+        <w:t>02122500846</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436F0186" w14:textId="1A75DDE5" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CB4">
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149A4261" w14:textId="547891B9" w:rsidR="009147B1" w:rsidRDefault="001C0CB4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Magdalena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Antolczyk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7CF14EC3" w14:textId="07684F17" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CB4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506792A3" w14:textId="19B89571" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="001C041B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480" w:after="480"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Odpowiedź na </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3B11" w:rsidRPr="001C0CB4">
+        <w:t>zapytanie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30716489" w14:textId="6DEB28FC" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CB4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CB4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70CBDF52" w14:textId="64C4FE1E" w:rsidR="00EE4043" w:rsidRPr="001C0CB4" w:rsidRDefault="001C0CB4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00220503">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Poznań, 18 listopada 2025 r.</w:t>
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:t>20 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> 2025 r. do Prezydenta Miasta Poznania wpłynęł</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00220503">
+        <w:t xml:space="preserve"> Pan</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Magdalena </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zapytanie</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotycząc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e realizacji w poznańskich placówkach oświatowych działań zwiększających wiedzę na temat zaburzeń </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00220503">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...374 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>neurorozwojowych</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00220503">
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="001C0CB4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przedstawiam odpowiedzi na pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B984D1B" w14:textId="12732F8D" w:rsidR="0079567E" w:rsidRPr="0079567E" w:rsidRDefault="002A16A4" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215126563"/>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0CB4">
+        <w:t>Na jakim etapie znajduje się realizacja zadania i które z zaplanowanych działań zostały już przeprowadzone?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1B08CF46" w14:textId="63583C3A" w:rsidR="00445822" w:rsidRDefault="001C0CB4" w:rsidP="00445822">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Fundacja Laboratorium Marzeń zrealizowała już większość zaplanowanych działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00445822">
+        <w:t xml:space="preserve">prowadzonych </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">w ramach zadania </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t xml:space="preserve">pn. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">„Działania zwiększające wiedzę na temat zaburzeń </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>neurorozwojowych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, w tym spektrum autyzmu i ADHD, dla nauczycieli pracujących z dziećmi i młodzieżą w poznańskich placówkach oświatowych”.</w:t>
+      </w:r>
+      <w:r w:rsidR="00445822">
+        <w:t xml:space="preserve"> Projekt zakończy się 20 grudnia 2025 r. Dotychczas zrealizowano następujące działania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E00B4C5" w14:textId="28E962F9" w:rsidR="00445822" w:rsidRDefault="00445822" w:rsidP="00445822">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>przeprowadzono 24 szkolenia rad pedagogicznych (z 30 szkoleń zaplanowanych), obejmujące m.in. pracę z uczniem z ASD/ADHD, dostosowania edukacyjne, analizę przypadków i współpracę z rodzicami. Część przeprowadzono online z powodu zwiększonej absencji chorobowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C239A1F" w14:textId="245234A2" w:rsidR="00445822" w:rsidRDefault="00445822" w:rsidP="00445822">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>przeprowadzono 74 godzin</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA72BB" w:rsidRPr="00220503">
-[...153 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00220503">
-[...5 lines deleted...]
-        <w:t>neurorozwojowych</w:t>
+      <w:r>
+        <w:t>superwizji</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00220503">
-[...172 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00220503">
-[...101 lines deleted...]
-        <w:t xml:space="preserve">punkt konsultacyjny i </w:t>
+      <w:r w:rsidR="00B05B6D">
+        <w:t xml:space="preserve">indywidualnych i grupowych </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(ze 100 godzin zaplanowanych), ukierunkowanych na analizę przypadków, tworzenie planów wsparcia i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>radzenie sobie ze stresem nauczycieli. Również tu częściowo wykorzystano formę online;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDC65B7" w14:textId="18C51002" w:rsidR="00445822" w:rsidRDefault="00445822" w:rsidP="00445822">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">opracowano materiały edukacyjne – 9 e-booków, aktualizowanych na bieżąco o wnioski ze szkoleń i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00220503">
-[...5 lines deleted...]
-        <w:t>superwizyjny</w:t>
+      <w:r>
+        <w:t>superwizji</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00220503">
-[...125 lines deleted...]
-        <w:t>/</w:t>
+      <w:r>
+        <w:t>. Zrealizowano 90 godzin pracy eksperckiej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E36D7C6" w14:textId="3BC67C2A" w:rsidR="00445822" w:rsidRDefault="00445822" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ukończono 3 szkolenia wideo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F3F1BE" w14:textId="65FA5B71" w:rsidR="0079567E" w:rsidRDefault="0079567E" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>„Ilu nauczycieli/nauczycielek, pedagogów/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007B7B4E" w:rsidRPr="00220503">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>pedagożek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00220503">
-[...117 lines deleted...]
-        <w:t xml:space="preserve">zaburzeniami </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> i psychologów/psycholożek szkolnych skorzystało dotychczas z oferowanych szkoleń, warsztatów oraz konsultacji?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4917FB" w14:textId="5E55189C" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Do 21 listopada 2025 r. ze wsparcia skorzystało 522 nauczycieli, pedagogów i psychologów poprzez </w:t>
+      </w:r>
+      <w:r w:rsidR="0079567E">
+        <w:t xml:space="preserve">udział w </w:t>
+      </w:r>
+      <w:r>
+        <w:t>szkolenia</w:t>
+      </w:r>
+      <w:r w:rsidR="0079567E">
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00220503">
-[...5 lines deleted...]
-        <w:t>neurorozwojowymi</w:t>
+      <w:r>
+        <w:t>superwizj</w:t>
+      </w:r>
+      <w:r w:rsidR="0079567E">
+        <w:t>ach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00220503">
-[...151 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i konsultacj</w:t>
+      </w:r>
+      <w:r w:rsidR="0079567E">
+        <w:t>ach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5967F559" w14:textId="487CD989" w:rsidR="0079567E" w:rsidRDefault="0079567E" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„Czy Miasto posiada dane dotyczące liczby placówek, które wzięły udział w projekcie? Jeśli tak, proszę o podanie liczby.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B24238" w14:textId="6EA5EF3E" w:rsidR="0079567E" w:rsidRPr="0079567E" w:rsidRDefault="0079567E" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079567E">
+        <w:t xml:space="preserve">W projekcie wzięły udział 24 placówki oświatowe, w tym przedszkola, szkoły podstawowe, ponadpodstawowe oraz placówki integracyjne. Do </w:t>
+      </w:r>
+      <w:r w:rsidR="008D09E9">
+        <w:t>zakończenia projektu kolejne szkoły zostaną objęte wsparciem w ramach realizowanego zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40621B6A" w14:textId="759F8278" w:rsidR="00EE4043" w:rsidRDefault="0079567E" w:rsidP="002F494A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk215126936"/>
+      <w:r>
+        <w:t>„Jak wygląda działalność punktu konsultacyjnego, w tym liczba przeprowadzonych konsultacji?’</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="24D7D95E" w14:textId="5828A9B4" w:rsidR="00EE4043" w:rsidRDefault="0079567E" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">rojekt nie przewidywał </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">tworzenia odrębnego punktu konsultacyjnego, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ale </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t>umożliwił korzystanie z istniejącego wsparcia</w:t>
+      </w:r>
+      <w:r w:rsidR="00774F3E">
+        <w:t xml:space="preserve"> Fundacji Laboratorium Marzeń</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BAC391" w14:textId="599FB6EB" w:rsidR="00EE4043" w:rsidRDefault="0078695F" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00774F3E">
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043" w:rsidRPr="00774F3E">
+        <w:t>Ośrodku Rehabilitacyjno-Diagnostycznym</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22ED520B" w14:textId="554A78B8" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>online,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0571249A" w14:textId="25060A01" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="0079567E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>telefonicznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6095C8B0" w14:textId="388043DB" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Od maja do listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t xml:space="preserve">tego roku </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">udzielono ponad 70 konsultacji, obejmujących m.in. wsparcie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00774F3E">
+        <w:t>emocjonalne</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, analizę funkcjonowania dziecka, pomoc w komunikacji z rodzic</w:t>
+      </w:r>
+      <w:r w:rsidR="00787D65">
+        <w:t>ami</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i kierowanie do specjalistów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E049217" w14:textId="4BEDA3FD" w:rsidR="00EE4043" w:rsidRDefault="00787D65" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ponadto w</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve"> odpowiedzi na potrzeby zgłaszane podczas szkoleń opracowano szereg dodatkowych narzędzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve"> m.in.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10657392" w14:textId="0D42CDE7" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>procedury współpracy,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0F5B38" w14:textId="56E1E152" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>mapy potrzeb ucznia,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2B2925" w14:textId="328DEECA" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>karty obserwacji,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D633F4" w14:textId="0A0E99B9" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00220503">
-[...6 lines deleted...]
-        <w:t>Antolczyk</w:t>
+      <w:r>
+        <w:t>checklisty</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...28 lines deleted...]
-    <w:sectPr w:rsidR="00F208CF" w:rsidRPr="00220503">
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0193E45F" w14:textId="6D2BF59E" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>dzienniczki komunikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE79294" w14:textId="50D26819" w:rsidR="00EE4043" w:rsidRDefault="00EE4043" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Materiały te stały się praktycznym wsparciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00787D65">
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r>
+        <w:t>codziennej pracy szkół. Rozpoczęto również prace na</w:t>
+      </w:r>
+      <w:r w:rsidR="00B05B6D">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEF4304" w14:textId="76B8EDDC" w:rsidR="00EE4043" w:rsidRDefault="00787D65" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">zkolnym </w:t>
+      </w:r>
+      <w:r>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">odeksem </w:t>
+      </w:r>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">racy z </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">czniem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t>euroatypowym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE4043">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEAF3CD" w14:textId="408018C3" w:rsidR="00EE4043" w:rsidRDefault="00787D65" w:rsidP="00787D65">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">ekomendacjami i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t xml:space="preserve">obrymi </w:t>
+      </w:r>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4043">
+        <w:t>raktykami dla szkół.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C27AC41" w14:textId="6C446449" w:rsidR="001D55AC" w:rsidRPr="001D55AC" w:rsidRDefault="00EE4043" w:rsidP="00EE4043">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Projekt realnie podnosi jakość pracy z uczniem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>neuroatypowym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i zmienia praktykę szkolną – nie tylko w wymiarze szkoleniowym, ale także proceduralnym, organizacyjnym i mentalnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38353697" w14:textId="61C3E721" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00CF419A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Z wyrazami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF419A">
+        <w:t>szacunku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530F49F4" w14:textId="5D9857D2" w:rsidR="00CF419A" w:rsidRPr="009D06CA" w:rsidRDefault="00CF419A" w:rsidP="00CF419A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t>up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C94F241" w14:textId="164F8808" w:rsidR="00CF419A" w:rsidRPr="009D06CA" w:rsidRDefault="00CF419A" w:rsidP="00CF419A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t xml:space="preserve">(–) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Jędrzej Solarski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333156C2" w14:textId="77777777" w:rsidR="00CF419A" w:rsidRDefault="00CF419A" w:rsidP="00CF419A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t xml:space="preserve">Z-CA PREZYDENTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491E6E92" w14:textId="04224EB0" w:rsidR="00CF419A" w:rsidRPr="009D06CA" w:rsidRDefault="00CF419A" w:rsidP="00CF419A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009147B1">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="05AED5D6" w14:textId="77777777" w:rsidR="00443668" w:rsidRDefault="00443668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1425A3A1" w14:textId="77777777" w:rsidR="00443668" w:rsidRDefault="00443668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Century Gothic"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7544E887" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="798B3637" w14:textId="637A70B5" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="008D09E9">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0A985CDE" w14:textId="0F73FFCF" w:rsidR="009147B1" w:rsidRPr="001C7CC6" w:rsidRDefault="001C7CC6" w:rsidP="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="7227"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rStyle w:val="UMP-stopkahipercze"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>fa</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>ks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00925894">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>852 92 84</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E2F66">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00F35B8C">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>sekretariat_j.solarski@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00F7474C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00F35B8C">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="74FE958C" w14:textId="77777777" w:rsidR="00443668" w:rsidRDefault="00443668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7C6DC4E7" w14:textId="77777777" w:rsidR="00443668" w:rsidRDefault="00443668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="759B9A10" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="55D58CB7" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r w:rsidRPr="009F1E82">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
+          <wp:extent cx="1352550" cy="1228725"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1352550" cy="1228725"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21504515"/>
+    <w:nsid w:val="1B3D3C0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F2AC74FA"/>
-[...375 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="8860626A"/>
+    <w:lvl w:ilvl="0" w:tplc="57AE4324">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-odpowiednapytanie"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...374 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2226" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2946" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4386" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="73426DBA"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C4707FE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AA24C6E4"/>
+    <w:tmpl w:val="724C4F2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%3."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%6."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%9."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C1536E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B322ACEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66D13D21"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BD1C7F4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67B13613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4EEAD012"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
-[...1 lines deleted...]
-  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F208CF"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FE3E0F"/>
+    <w:rsidRoot w:val="009147B1"/>
+    <w:rsid w:val="00065DC7"/>
+    <w:rsid w:val="000B010C"/>
+    <w:rsid w:val="000B66F4"/>
+    <w:rsid w:val="000E3ED2"/>
+    <w:rsid w:val="001C041B"/>
+    <w:rsid w:val="001C0CB4"/>
+    <w:rsid w:val="001C7CC6"/>
+    <w:rsid w:val="001D55AC"/>
+    <w:rsid w:val="00211213"/>
+    <w:rsid w:val="00224492"/>
+    <w:rsid w:val="00262515"/>
+    <w:rsid w:val="00293AAF"/>
+    <w:rsid w:val="002A16A4"/>
+    <w:rsid w:val="002B52BD"/>
+    <w:rsid w:val="002F494A"/>
+    <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="00424ACF"/>
+    <w:rsid w:val="00443668"/>
+    <w:rsid w:val="00445822"/>
+    <w:rsid w:val="0044634D"/>
+    <w:rsid w:val="004A4FA5"/>
+    <w:rsid w:val="004E4A76"/>
+    <w:rsid w:val="00596D8D"/>
+    <w:rsid w:val="00604A4A"/>
+    <w:rsid w:val="00683A3F"/>
+    <w:rsid w:val="006B7EB0"/>
+    <w:rsid w:val="00762473"/>
+    <w:rsid w:val="00774F3E"/>
+    <w:rsid w:val="0078695F"/>
+    <w:rsid w:val="00787D65"/>
+    <w:rsid w:val="0079567E"/>
+    <w:rsid w:val="007E611F"/>
+    <w:rsid w:val="00842B32"/>
+    <w:rsid w:val="008C6BAE"/>
+    <w:rsid w:val="008D09E9"/>
+    <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="009B349B"/>
+    <w:rsid w:val="00AD23E6"/>
+    <w:rsid w:val="00AF5F45"/>
+    <w:rsid w:val="00B05B6D"/>
+    <w:rsid w:val="00B57256"/>
+    <w:rsid w:val="00B72799"/>
+    <w:rsid w:val="00BF6F38"/>
+    <w:rsid w:val="00C6015F"/>
+    <w:rsid w:val="00CF419A"/>
+    <w:rsid w:val="00D5260E"/>
+    <w:rsid w:val="00DC3B11"/>
+    <w:rsid w:val="00E23CBF"/>
+    <w:rsid w:val="00EE3970"/>
+    <w:rsid w:val="00EE4043"/>
+    <w:rsid w:val="00FA430F"/>
+    <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL"/>
+  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2BC56146"/>
-  <w15:docId w15:val="{6DA7F506-9A70-4CFC-9F4A-AD0394955449}"/>
+  <w14:docId w14:val="253C5ACF"/>
+  <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...157 lines deleted...]
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -2778,55 +2131,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -2889,446 +2242,1212 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="007466B2"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
-    <w:qFormat/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002D349B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="120"/>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00224492"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...79 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...20 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="006A1D5E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
+    <w:name w:val="Łącze internetowe"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00EB579D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-kodkreskowyznakkocaakapitu">
+    <w:name w:val="UMP - kod kreskowy znak końca akapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C28D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-klauzularodohipercze">
+    <w:name w:val="UMP - klauzula rodo hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00316E6F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="20"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-stopkahipercze">
+    <w:name w:val="UMP - stopka hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-dotyczypogrubione">
+    <w:name w:val="UMP - dotyczy pogrubione"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD5601"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="72"/>
-      <w:szCs w:val="72"/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...18 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE1DAB"/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
-[...4 lines deleted...]
-    <w:rsid w:val="00AE1DAB"/>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F50E98"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00443C47"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:next w:val="UMP-zwrotszanowni"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
+    <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C041B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="0047632A"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB45A0"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233C43"/>
+    <w:pPr>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="005D7260"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="4536"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
+    <w:name w:val="UMP - nagłówek drugiego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C041B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
+    <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="decimal" w:pos="851"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
+    <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A2F70"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="113" w:right="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdorodka">
+    <w:name w:val="UMP - tabela dane w komórkach do środka"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowanazodstpemakapitowym">
+    <w:name w:val="UMP - lista numerowana z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listanumerowana"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyrnionazodstpemakapitowym">
+    <w:name w:val="UMP - lista wyróżniona z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listawyroniona"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gwkaistopka">
+    <w:name w:val="Główka i stopka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE1DAB"/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
-[...7 lines deleted...]
-    <w:name w:val="Subtitle"/>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Normalny"/>
-[...17 lines deleted...]
-    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00281F23"/>
-[...1 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Pogrubienie">
-[...4 lines deleted...]
-    <w:rsid w:val="00281F23"/>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="redniecieniowanie2akcent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMP-tabelaprosta">
+    <w:name w:val="UMP - tabela prosta"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F614E2"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:afterLines="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:rightChars="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelasiatki6kolorowaakcent2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Kolorowy1">
+    <w:name w:val="Table Colorful 1"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Klasyczny3">
+    <w:name w:val="Table Classic 3"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00224492"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
+    <w:name w:val="UMP - odpowiedź na pytanie"/>
+    <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00596D8D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...54 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_j.solarski@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3336,51 +3455,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3541,84 +3660,87 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0000FE3-1ADE-4341-98E3-74E2230AA0FF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2196</Characters>
+  <Pages>3</Pages>
+  <Words>497</Words>
+  <Characters>2983</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2556</CharactersWithSpaces>
+  <CharactersWithSpaces>3474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:title>Odpowiedź na zapytanie 344.25 radnej Magdaleny Antolczyk ws. realizacji działań zwiększających wiedzę na temat zaburzeń neurorozwojowych</dc:title>
+  <dc:subject/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>zapytanie; szkoły; zaburzenia neurorozwojowe; ASD/ADHD</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>