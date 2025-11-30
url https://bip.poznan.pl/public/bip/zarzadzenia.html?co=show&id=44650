--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -1,1939 +1,9921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+    <w:bookmarkStart w:id="0" w:name="z0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="3BF18692" w14:textId="566D907A" w:rsidR="00197A18" w:rsidRPr="00BA169C" w:rsidRDefault="00197A18" w:rsidP="00197A18">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-[...21 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>P</w:t>
-[...5 lines deleted...]
-        <w:t>R</w:t>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>EZYDENTA</w:t>
+        <w:instrText xml:space="preserve"> DOCVARIABLE  Załącznik  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Załącznik do zarządzenia Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00550A92">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 695/2022/P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC45360" w14:textId="77777777" w:rsidR="00197A18" w:rsidRPr="00BA169C" w:rsidRDefault="00197A18" w:rsidP="00197A18">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="5672"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PREZYDENTA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA169C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
+    <w:p w14:paraId="75BF5686" w14:textId="42BECC56" w:rsidR="00197A18" w:rsidRPr="00BA169C" w:rsidRDefault="00197A18" w:rsidP="00197A18">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="5672"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009773E3">
+      <w:r w:rsidRPr="00BA169C">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00DC3E76">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DC3E76">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> DOCVARIABLE  AktData  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D9652E">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D9652E">
+      <w:r w:rsidR="00550A92">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15 września 2022r.</w:t>
+        <w:t>15.09.2022</w:t>
       </w:r>
-      <w:r w:rsidR="00DC3E76">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+    <w:p w14:paraId="48674BEA" w14:textId="77777777" w:rsidR="00197A18" w:rsidRDefault="00197A18" w:rsidP="00197A18">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD825F3" w14:textId="580C1334" w:rsidR="00197A18" w:rsidRPr="00916B3B" w:rsidRDefault="00197A18" w:rsidP="00916B3B">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00916B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dyrektorzy upoważnieni do wykonywania w imieniu Prezydenta Miasta Poznania praw </w:t>
+      </w:r>
+      <w:r w:rsidR="00916B3B" w:rsidRPr="00916B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00916B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>i obowiązków wierzyciela w sprawach dotyczących egzekucji administracyjnej niepodatkowych należności budżetowych</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
+    <w:p w14:paraId="2834C23B" w14:textId="77777777" w:rsidR="00916B3B" w:rsidRPr="00916B3B" w:rsidRDefault="00916B3B" w:rsidP="00916B3B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="9022" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1368"/>
-        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="3499"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
-[...73 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00A718BA" w:rsidRPr="00916B3B" w14:paraId="32EE77C4" w14:textId="77777777" w:rsidTr="00C36261">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0C1AF1" w14:textId="77777777" w:rsidR="00A718BA" w:rsidRPr="003F7FB4" w:rsidRDefault="003F7FB4" w:rsidP="003F7FB4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A724A4B" w14:textId="624987E8" w:rsidR="00A718BA" w:rsidRPr="00916B3B" w:rsidRDefault="00A718BA" w:rsidP="005E44E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imię i nazwisko </w:t>
+            </w:r>
+            <w:r w:rsidR="00642C9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>yrektora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9908AC" w14:textId="644C0800" w:rsidR="00A718BA" w:rsidRPr="00916B3B" w:rsidRDefault="00B50785" w:rsidP="005E44E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Nazwa przedszkola</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00F72460">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>zespołu szkół</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="70F11E69" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01756669" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE67335" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Plucińska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DE806A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="419AC927" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2897AB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="494F648C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">p.o. Renata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Macińska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D11838" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="3EAA9761" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A23A878" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7502F27C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Lidia Lasota</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1D78A9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="0C179ADC" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="317E2F9E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F58FE6" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Jolanta Raczyńska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="779E39AD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="08EE6E98" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="009CAAE4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15548C73" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Maria Gierłowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="679CE447" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="432C21F9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E158380" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A62ADE0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ewa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Więckiewicz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B54531" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="02D7E5B6" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2017A4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D379B4F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ewa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Knychała</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="394E1066" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="115A2603" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9423A0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612786EB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Głowacka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="446FD564" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="2C2CFE61" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A70FBE9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7CE3AC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jolanta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Rochowska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31372902" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="14CE0623" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5527A21C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C82E1F6" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Katarzyna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Bielanowska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="742399BE" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="0FF8B667" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE26C9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B2BE19" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Wujeska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="353366BA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="5BAB61A8" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537A562C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1748BE23" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agata Gust</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB30A9F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="51E2016D" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CE5973" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4A6E6F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Kozłowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657B9A79" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6890F0EB" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665D9AE5" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="300C3D67" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Małgorzata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Palicka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="609C55B5" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="5CC4A0C0" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B77645B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E51A9A2" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Ewa Wojcieszak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE59CFF" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="2C92DDA5" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E57D5D7" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB38F1F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jadwiga </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Misch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25864F09" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="23585EDD" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="194DC076" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DD2736" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Barbara Lemańska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D36333B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="11E84D4A" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="103C04A7" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="698B2F44" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Katarzyna Łuczyńska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA1312D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="3B58DC40" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E9BD5E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D127C70" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grażyna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Erenz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="493CC4DB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6F216579" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B066328" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F16E28E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Sylwia Staniszewska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFE2013" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="42A87FEF" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3EB45C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539A32B8" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Barbara Mazurkiewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D989C13" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="48FCCA48" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5540D767" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3394739E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Renata Wais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61244F23" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="04AE525C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E8FA75" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DD2D3A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monika </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Pędowska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="781CD1EC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="7F91F6A5" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9A3E35" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E51463A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Dzierbicka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F000A25" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="14FF7491" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB0038A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="048498AF" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Justyna Maciejewska-Dębska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE212FD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="01CB21CB" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27278D82" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="336C7BDC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Kamila Gruby</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D87346" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6E6FCAAB" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC28A8" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6110B2E9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Barbara Gryka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58AC8B7B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1D007299" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BEEBEB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="246D827F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joanna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Badurska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1833F9BC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="49840335" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35390E21" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DFEAD1" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Jolanta Słomińska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7140442A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="4956B8C3" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="687BDD25" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DFCCEC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Hanna Pawlak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC57CF0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="377563D2" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFAE5D0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4F0F4B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Małgorzata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Privara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="660A6299" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="78F637AD" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8339C5" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4C032D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>p.o. Justyna Pytko-Kaczmarek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65228932" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="33C5B6A9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C2D2FF" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052550E4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Beata Dutkiewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="039CDC8D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="34FDEA64" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FD3607" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070E9312" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Katarzyna Bukowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="552CDBED" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="429AB417" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C15C943" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD6B508" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agnieszka Pawlus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EBB564" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="34C0C23D" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FBAC60" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2910A66F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Izabela Woźniak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECDB5B4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="4321ECA2" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E85DC6" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6256F0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Iwona Nowakowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ADFF25" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="7F9B9A51" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="077FD38E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE393C0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agnieszka Mielżyńska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA80A30" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="46D5E833" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C0F30" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255F5E5C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Wiesława Walkowiak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B3B28E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="471B4B61" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1739B49C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD29479" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agnieszka Janicka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7896AA97" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="58B36E5C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D27B10F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C09112" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agnieszka Janicka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="548A4CDC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="52E3FAB8" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="769DA279" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="186F011B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Marzenna Bolińska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="758A3A1A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6C97C559" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1647AD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C881BA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Maria Paluszkiewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B259A27" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="703ACB6C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="157AD8DA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DDDDDE" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Macińska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9549BD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="349F87F7" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A9AE081" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A3687D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Katarzyna Kawecka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EC6306" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="71EB690C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672FDDB4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32592D77" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Elżbieta Przybylak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2231F75D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1D521130" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F29EF63" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D196E3" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Beata Dusza</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219647ED" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="7FB59AA9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="706A19DA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316EC1F9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Barbara Stachowiak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01143804" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="164D7260" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FB41D9" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="661A2255" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elwira </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Henciel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>-Olkiewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A40481" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6F6DEEA5" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3429987B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACB64BA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Arleta Kaczmarek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E3F655" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="5EF165EB" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="676932FD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49D60846" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Alina Małgorzata Skrobek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="330842A4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6A57D68B" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDFC821" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0D7913" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Zakrzewska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EA94B6" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1D7665BF" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CE76D3" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B15ECE" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Rappe-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Kluta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="248F0318" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="60810310" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622A0270" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AC696B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Iwona Kruszona</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7154E278" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1F1E6B80" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="505F70BA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78746955" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Julita </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Jugowar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F9D2F3" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="7FF29AA8" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0EE251" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0D2EF1" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Monika Łaszkiewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CEB495" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="0686ACC1" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="192419C4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FD3C10" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Hanna Borowczak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F5ECB5" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="583E521F" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="779E2926" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="099D8A1F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Iwona Nowakowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC88FB7" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="50003030" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E145CD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023FC1D0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mirosława </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Polaczyk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FAF119" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="53CCA82C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="324585B1" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3026B27D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>p.o. Agnieszka Werner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="579A416C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="2EB3F76A" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5C74F3" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFF8DBC" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joanna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Gierwazik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CED17B8" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="4A09A39E" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="492763DE" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="072F04A2" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Krystyna Szyc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D16B2E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="399B8E71" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED6D16B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422CDABA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elżbieta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Szlandrowicz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCFD7ED" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="3A3C0D8A" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB45BBF" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653067EE" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maria </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Grządzielska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>-Matusz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D10027C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="4271F357" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE02D58" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F384403" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Paula Dąbrowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C960607" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 119</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="47D75EFA" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28911E4F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62447E09" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Lidia Kołodziejska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A40817" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="7B9F099F" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C638A24" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B76172" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Gizela Król</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73220823" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="3739989F" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4100B1" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC43762" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Bożena Kroll</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="518D5D1A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 126</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="06B957BE" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A0CE00" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0B9F5B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maria </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Jaworowicz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>-Szczepaniak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BED393A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="2F001277" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F67B645" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C828EB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klaudia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Sobecka-Szcześniak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D68D85" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="73EEAE97" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D12F54" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64118A05" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Wioletta Ptak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE8E039" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="270703C5" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26ACC66D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4508E8" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Grażyna Jankowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7386CB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="31C48E11" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5328774E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5275C3E6" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Izabela Kaliska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE94339" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="09881705" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8AEA08" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58411629" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Kajdaniak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FC1A41" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1C69F831" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E7C168" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F37B2A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Karolina Zawalska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC8BF91" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="43950FC9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28633376" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BA1089" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Rutkowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D190300" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="159721D9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="488B6FE8" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2850E19D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Ratajczak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EBFEB4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="52F7644D" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FA4F3B" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABE7C9F" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jolanta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Rachwalska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58BFD912" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="5B99A55B" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77CFB2DD" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="760DC0C4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Karina </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Draniczarek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A92268" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="2C49B3EA" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30696907" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56EF0AA2" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izabela </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Werwińska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B77C191" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="15854346" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2287E27D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52089E04" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Nawrocka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA2D9AB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="34AB81F9" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34729937" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6CA315" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">p.o. Agnieszka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Leonarska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B916C7" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="14DBF11C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A5F158" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23289D2E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Ewa Gajewska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6822A9E0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 174</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="40C0BF97" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BD86E1" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05EC3910" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Barbara </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Thiel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>-Szopka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5255CDB0" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="57643043" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D82D7DA" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9F916C" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Małgorzata Matusz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="079AC42A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="444F9B01" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="399C4C3D" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C258818" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Beata Dąbek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E2C296" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="323FAD68" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFA5D24" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD3F781" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iwona </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Wolsztyniak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCB105E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="16EE33BE" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEC3EA7" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="352C7EA3" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Ilona Dzikowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0702F142" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="1A165CAE" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B43AD6E" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6131A5" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Beata Piotrowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BA7B3A" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A134C" w:rsidRPr="002B02A1" w14:paraId="6E390056" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE3562" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="00C36261" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B82D6F4" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="008A134C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Edyta Janowska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="457D2D20" w14:textId="77777777" w:rsidR="008A134C" w:rsidRPr="008A134C" w:rsidRDefault="008A134C" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A134C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="519960F7" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCEC9AC" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="671B8AA6" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Beata Nowicka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A2E0DE" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Przedszkoli nr 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="131D665E" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0429C60A" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="519F2D19" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Agnieszka Jama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6291EC26" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Przedszkoli nr 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="5FC81CB1" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69ECE196" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F973599" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Jolanta Zielińska-Wachowiak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EFFCF5" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="100D144F" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B019C67" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D9D6B0" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Monika Michalak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0DEB69" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="04E5ACE1" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D0C33C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DEB8E7" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Hanka Gadzińska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5268432B" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="37405B53" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A25E88F" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B57B854" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Ewa Frąckowiak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F472418" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="4300469C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFC583E" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD21B3C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Korbanek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="006BCF67" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="3D38FB65" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA19E3E" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F40B871" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krystyna </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Hakowska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F0B412" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="27834022" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1117E6" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CEB3F7" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Violetta Nowak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DAC34E" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 7 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="020044C6" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7140318D" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B9E492" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zofia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Baniewska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64829E50" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="4ED1C654" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5B0E02" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="433557C4" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dominika </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Naworska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7074E067" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="5CEBC6F4" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B2688B" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37618925" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Sobczak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D71274" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="7483DD69" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3C5E2C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F5AE88" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sławomir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Stancelewski</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76354423" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="319F3B9F" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D1F82A" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2A0FD6" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marek </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Korbanek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAE87DF" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkolno-Przedszkolny nr 12 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="17221033" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BF12C9" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7140828E" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Marzena Mnich-Muszyńska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DD841C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="12AD3DDA" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D428D5" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="362F1E9D" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Kowalewska-Skorupa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B63F75" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="16DC32A5" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2A9F93" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3899E7" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Teresa Radomska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F75020C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="1ED3DCFD" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="188FA4D5" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B33E64" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Katarzyna Kostańska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6D7950" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkolno-Przedszkolny nr 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="01E7876C" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D1911B" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B87F51" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dobiesław </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Figuła</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF91D58" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkół nr 5 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="17C70AE8" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A42F488" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ABC505" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Tomasz Woźniak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B249D4" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkół nr 8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="7AFD8B9D" w14:textId="77777777" w:rsidTr="008A134C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FA254C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C75A53C" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Anna Świderska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6850B35B" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00990F2B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990F2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zespół Szkół z Oddziałami Integracyjnymi nr 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="221E783E" w14:textId="77777777" w:rsidTr="00C36261">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE1F2E7" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56308546" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="007E5508" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5508">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Andrzej Karaś</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E75A3ED" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00916B3B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Zespół Szkół Ogólnokształcących nr 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="7496404F" w14:textId="77777777" w:rsidTr="00C36261">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F79E65" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07844131" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="007E5508" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5508">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ewa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E5508">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Borko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77C5A6A0" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00916B3B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Przedszkole Specjalne nr 164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00990F2B" w:rsidRPr="002B02A1" w14:paraId="03AB8CB0" w14:textId="77777777" w:rsidTr="00C36261">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="432DFE07" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00C36261" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="306" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3499" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5677189A" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="007E5508" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5508">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Cyprian Konieczny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31F79F6B" w14:textId="77777777" w:rsidR="00990F2B" w:rsidRPr="00916B3B" w:rsidRDefault="00990F2B" w:rsidP="00990F2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Specjalny Ośrodek Szkolno-Wychowawczy dla Dzieci i Młodzieży Niepełnosprawnej </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">im. Zbigniewa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00916B3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CE" w:hAnsi="Arial CE" w:cs="Arial CE"/>
+              </w:rPr>
+              <w:t>Tylewicza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
-[...800 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId7"/>
+    <w:p w14:paraId="6740F3FB" w14:textId="77777777" w:rsidR="008A134C" w:rsidRDefault="008A134C"/>
+    <w:p w14:paraId="41DCDF4A" w14:textId="77777777" w:rsidR="001C010F" w:rsidRDefault="001C010F"/>
+    <w:sectPr w:rsidR="001C010F" w:rsidSect="009209D9">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="851" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D9652E" w:rsidRDefault="00D9652E">
+    <w:p w14:paraId="5EAADC7D" w14:textId="77777777" w:rsidR="00F70260" w:rsidRDefault="00F70260" w:rsidP="00197A18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D9652E" w:rsidRDefault="00D9652E">
+    <w:p w14:paraId="451A6513" w14:textId="77777777" w:rsidR="00F70260" w:rsidRDefault="00F70260" w:rsidP="00197A18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial CE">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w14:paraId="2302CDD8" w14:textId="77777777" w:rsidR="00197A18" w:rsidRDefault="00197A18" w:rsidP="00197A18">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+      <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00550A92">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> z </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES \ * arabskie \ * MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00550A92">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w14:paraId="3D9FA193" w14:textId="77777777" w:rsidR="00197A18" w:rsidRDefault="00197A18">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D9652E" w:rsidRDefault="00D9652E">
+    <w:p w14:paraId="4EF2EE00" w14:textId="77777777" w:rsidR="00F70260" w:rsidRDefault="00F70260" w:rsidP="00197A18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D9652E" w:rsidRDefault="00D9652E">
+    <w:p w14:paraId="3E4BD1A5" w14:textId="77777777" w:rsidR="00F70260" w:rsidRDefault="00F70260" w:rsidP="00197A18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="30555834"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="3EC54360"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="154E9454"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="525E39F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="74125A40"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="58987530"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F03A8932"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="60C4193C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F844DE6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="79CE24D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9A58ABF8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="7B37523D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="473C20D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...2 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...28 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...3 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00D9652E"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00F61F3F"/>
+    <w:rsidRoot w:val="002B02A1"/>
+    <w:rsid w:val="00071F57"/>
+    <w:rsid w:val="001557E6"/>
+    <w:rsid w:val="00197A18"/>
+    <w:rsid w:val="001C010F"/>
+    <w:rsid w:val="002B02A1"/>
+    <w:rsid w:val="00375D67"/>
+    <w:rsid w:val="003F7FB4"/>
+    <w:rsid w:val="00550A92"/>
+    <w:rsid w:val="005E44E2"/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rsid w:val="006742A4"/>
+    <w:rsid w:val="00766227"/>
+    <w:rsid w:val="007E5508"/>
+    <w:rsid w:val="00890ABC"/>
+    <w:rsid w:val="008A134C"/>
+    <w:rsid w:val="008F3936"/>
+    <w:rsid w:val="00916B3B"/>
+    <w:rsid w:val="009209D9"/>
+    <w:rsid w:val="00990F2B"/>
+    <w:rsid w:val="009943D7"/>
+    <w:rsid w:val="00A718BA"/>
+    <w:rsid w:val="00A91FBE"/>
+    <w:rsid w:val="00B50785"/>
+    <w:rsid w:val="00C36261"/>
+    <w:rsid w:val="00D15815"/>
+    <w:rsid w:val="00EF3D39"/>
+    <w:rsid w:val="00F70260"/>
+    <w:rsid w:val="00F72460"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="68109C40"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...125 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek1">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-  </w:style>
-[...41 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00565809"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="002B02A1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:rsid w:val="00197A18"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:rsid w:val="00197A18"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00197A18"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00197A18"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C36261"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="002B02A1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:rsid w:val="00197A18"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:rsid w:val="00197A18"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00197A18"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00197A18"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C36261"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00642C9A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="127237721">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="730229645">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1310286912">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1709913876">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CCA344C-93BC-461D-AAF5-FE7B12B3FDF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2294</Characters>
+  <Pages>4</Pages>
+  <Words>738</Words>
+  <Characters>4432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>84</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2645</CharactersWithSpaces>
+  <CharactersWithSpaces>5160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Iwona Kubicka</dc:creator>
+  <dc:creator>Lucyna Urbanowicz</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>