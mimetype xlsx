--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -1,472 +1,436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="6" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20408"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\arlgor\AppData\Local\Temp\notesF6F9C7\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7205C50-AFDE-4A60-946B-0FE9BC23B767}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
-    <t>Osiedle</t>
+    <t xml:space="preserve">Osiedle </t>
   </si>
   <si>
-    <t>Środki na utrzymanie w latach</t>
+    <t>Formularz nr 1 do załącznika nr 1</t>
   </si>
   <si>
-    <t>Razem środki na utrzymanie</t>
+    <t>Naliczenie środków dla osiedli na lata ……………………….</t>
   </si>
   <si>
-    <t>rok ………</t>
+    <t>Środki pozostałe</t>
   </si>
   <si>
-    <t>1.</t>
+    <t>Środki wolne ogółem</t>
   </si>
   <si>
-    <t>2.</t>
+    <t>z tego:</t>
   </si>
   <si>
-    <t>3.</t>
+    <t>Środki rozwojowe</t>
   </si>
   <si>
-    <t>4.</t>
-[...32 lines deleted...]
-    <t>Środki na utrzymanie nieruchomości przekazanych osiedlom do zarządzania i  korzystania</t>
+    <t>Lp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
-    </font>
-[...20 lines deleted...]
-      <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...145 lines deleted...]
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
@@ -700,340 +664,293 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E29"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H33" sqref="H33"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="148" zoomScaleNormal="100" zoomScaleSheetLayoutView="148" workbookViewId="0">
+      <selection activeCell="B5" sqref="B5:B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="5.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="24.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>17</v>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="E1" s="18" t="s">
+        <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>18</v>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="17" t="s">
+        <v>2</v>
       </c>
-      <c r="B2" s="19"/>
-[...7 lines deleted...]
-      <c r="A5" s="27" t="s">
+      <c r="B3" s="17"/>
+      <c r="C3" s="17"/>
+      <c r="D3" s="17"/>
+      <c r="E3" s="17"/>
+    </row>
+    <row r="4" spans="1:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:5" s="2" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="29" t="s">
-        <v>12</v>
+      <c r="C5" s="23" t="s">
+        <v>4</v>
       </c>
-      <c r="C5" s="24" t="s">
-        <v>1</v>
+      <c r="D5" s="25" t="s">
+        <v>5</v>
       </c>
-      <c r="D5" s="24"/>
-[...4 lines deleted...]
-        <v>2</v>
+      <c r="E5" s="26"/>
+    </row>
+    <row r="6" spans="1:5" ht="37.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="20"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="12" t="s">
+        <v>6</v>
       </c>
-      <c r="I5" s="20" t="s">
-[...9 lines deleted...]
-      <c r="C6" s="16" t="s">
+      <c r="E6" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="16" t="s">
-[...201 lines deleted...]
-      <c r="J20" s="14"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A7" s="9"/>
+      <c r="B7" s="16"/>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10"/>
+      <c r="E7" s="11"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A8" s="4"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3"/>
+      <c r="E8" s="5"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="4"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="5"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="4"/>
+      <c r="B10" s="14"/>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="5"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="4"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="5"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="4"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="5"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="4"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="5"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" s="4"/>
+      <c r="B14" s="14"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="5"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A15" s="4"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="5"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="4"/>
+      <c r="B16" s="14"/>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="5"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="4"/>
+      <c r="B17" s="14"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="5"/>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A18" s="4"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="5"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A19" s="4"/>
+      <c r="B19" s="14"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="5"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A20" s="4"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="5"/>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A21" s="4"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="5"/>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A22" s="4"/>
+      <c r="B22" s="14"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="5"/>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A23" s="4"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A24" s="4"/>
+      <c r="B24" s="14"/>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="5"/>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A25" s="4"/>
+      <c r="B25" s="14"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="5"/>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A26" s="4"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="5"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A27" s="4"/>
+      <c r="B27" s="14"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="5"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A28" s="4"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="5"/>
+    </row>
+    <row r="29" spans="1:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="6"/>
+      <c r="B29" s="15"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="8"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...4 lines deleted...]
-    <mergeCell ref="H5:H6"/>
+  <mergeCells count="4">
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:E5"/>
   </mergeCells>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Arkusz1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>