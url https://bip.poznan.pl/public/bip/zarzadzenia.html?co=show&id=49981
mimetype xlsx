--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -1,220 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20408"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="6" rupBuild="9303"/>
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8615B7C9-1F5B-4574-8998-CEF859111E12}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="145621"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="19">
   <si>
     <t>Osiedle</t>
   </si>
   <si>
     <t>Środki na utrzymanie w latach</t>
   </si>
   <si>
+    <t>Razem środki na utrzymanie</t>
+  </si>
+  <si>
     <t>rok ………</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>3.</t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>7.</t>
   </si>
   <si>
     <t>8.</t>
   </si>
   <si>
     <t xml:space="preserve">Nazwa zadania </t>
   </si>
   <si>
-    <t>9.</t>
-[...13 lines deleted...]
-  <si>
     <t>Klasyfikacja budżetowa</t>
   </si>
   <si>
     <t>Nr zadania budżetowe</t>
   </si>
   <si>
-    <t>10.</t>
-[...1 lines deleted...]
-  <si>
     <t>11.</t>
   </si>
   <si>
     <t>12.</t>
   </si>
   <si>
-    <t>Formularz nr 3 do załącznika nr 1</t>
-[...2 lines deleted...]
-    <t>wymienionych w § 4 ust. 2 uchwały Nr XCVII/1875/VIII/2024 Rady Miasta Poznania z dnia 6 lutego 2024 roku</t>
+    <t>Formularz nr 2 do załącznika nr 1</t>
+  </si>
+  <si>
+    <t>Środki na utrzymanie nieruchomości przekazanych osiedlom do zarządzania i  korzystania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="12"/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -380,165 +352,120 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...37 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -773,395 +700,335 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:J20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5:D6"/>
+      <selection activeCell="H33" sqref="H33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="24.85546875" style="1" customWidth="1"/>
+    <col min="3" max="7" width="12.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="14.42578125" style="1" customWidth="1"/>
+    <col min="9" max="10" width="11.42578125" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-    <row r="5" spans="1:12" s="13" customFormat="1" ht="31.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J1" s="18" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A2" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+    </row>
+    <row r="4" spans="1:10" ht="14.45" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:10" s="15" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="29" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C5" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="24" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="24"/>
+      <c r="H5" s="25" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="D5" s="29" t="s">
+      <c r="J5" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="E5" s="25" t="s">
-[...16 lines deleted...]
-    <row r="6" spans="1:12" s="13" customFormat="1" ht="31.9" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="1:10" s="15" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="28"/>
       <c r="B6" s="30"/>
-      <c r="C6" s="30"/>
-[...20 lines deleted...]
-    <row r="7" spans="1:12" s="3" customFormat="1" ht="12.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="G6" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="H6" s="26"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="23"/>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="12.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="4" t="s">
+      <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D7" s="4" t="s">
+      <c r="C7" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E7" s="4" t="s">
+      <c r="D7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="4" t="s">
+      <c r="E7" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="G7" s="4" t="s">
+      <c r="F7" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="G7" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="I7" s="16" t="s">
-[...27 lines deleted...]
-      <c r="A9" s="8"/>
+      <c r="H7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" s="17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A8" s="7"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="9"/>
+    </row>
+    <row r="9" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
-      <c r="H9" s="2"/>
-[...6 lines deleted...]
-      <c r="A10" s="8"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="11"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
-      <c r="H10" s="2"/>
-[...6 lines deleted...]
-      <c r="A11" s="8"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="11"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A11" s="10"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
-      <c r="H11" s="2"/>
-[...6 lines deleted...]
-      <c r="A12" s="8"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="11"/>
+    </row>
+    <row r="12" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A12" s="10"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
-      <c r="H12" s="2"/>
-[...6 lines deleted...]
-      <c r="A13" s="8"/>
+      <c r="H12" s="11"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="11"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A13" s="10"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
-      <c r="H13" s="2"/>
-[...6 lines deleted...]
-      <c r="A14" s="8"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="11"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
-      <c r="H14" s="2"/>
-[...6 lines deleted...]
-      <c r="A15" s="8"/>
+      <c r="H14" s="11"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="11"/>
+    </row>
+    <row r="15" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A15" s="10"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
-      <c r="H15" s="2"/>
-[...6 lines deleted...]
-      <c r="A16" s="8"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="11"/>
+    </row>
+    <row r="16" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
-      <c r="H16" s="2"/>
-[...6 lines deleted...]
-      <c r="A17" s="8"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="11"/>
+    </row>
+    <row r="17" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A17" s="10"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
-      <c r="H17" s="2"/>
-[...6 lines deleted...]
-      <c r="A18" s="8"/>
+      <c r="H17" s="11"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="11"/>
+    </row>
+    <row r="18" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A18" s="10"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
-      <c r="H18" s="2"/>
-[...6 lines deleted...]
-      <c r="A19" s="8"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="11"/>
+    </row>
+    <row r="19" spans="1:10" ht="13.9" x14ac:dyDescent="0.25">
+      <c r="A19" s="10"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
-      <c r="H19" s="2"/>
-[...17 lines deleted...]
-      <c r="L20" s="12"/>
+      <c r="H19" s="11"/>
+      <c r="I19" s="2"/>
+      <c r="J19" s="11"/>
+    </row>
+    <row r="20" spans="1:10" ht="14.45" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="12"/>
+      <c r="B20" s="13"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="13"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+      <c r="G20" s="13"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="14"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...3 lines deleted...]
-    <mergeCell ref="A3:I3"/>
+  <mergeCells count="7">
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
-    <mergeCell ref="K5:K6"/>
-[...1 lines deleted...]
-    <mergeCell ref="E5:I5"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="H5:H6"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="B5:B6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">