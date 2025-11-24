--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -1,1172 +1,814 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20408"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jolfra\Desktop\2025 - ROK\OSIEDLA_2025-2029\PROJEKT_ZARZĄDZENIE\20.03.2024_projekt_załączniki\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\arlgor\AppData\Local\Temp\notesF6F9C7\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A045664B-D1C5-4D39-8CD3-73ADADB499C4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="33">
-[...43 lines deleted...]
-    <t>II. PODSUMOWANIE</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+  <si>
+    <t xml:space="preserve">Osiedle </t>
+  </si>
+  <si>
+    <t>Środki do rozdysponowania przez osiedle</t>
+  </si>
+  <si>
+    <t>Środki wolne ogółem  zgodnie z § 3 ust 1 uchwały</t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>Środki wolne ogółem</t>
   </si>
   <si>
     <t>w tym:</t>
   </si>
   <si>
-    <t>1. Zadania proponowane do realizacji MJO lub Wydziałom</t>
-[...58 lines deleted...]
-    </r>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>Formularz nr 4 do załącznika nr 1</t>
+  </si>
+  <si>
+    <t>Środki pozostałe</t>
+  </si>
+  <si>
+    <t>Umniejszenie środków wolnych  zgodnie z § 4 ust 3 uchwały</t>
+  </si>
+  <si>
+    <t>Naliczenie środków dla osiedli na lata …………………..</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Środki rozwojowe </t>
+  </si>
+  <si>
+    <t>Środki wolne naliczone zgodnie 
+z § 3 ust 2 uchwały</t>
+  </si>
+  <si>
+    <t>Lp.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-[...3 lines deleted...]
-  <fonts count="20" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...92 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="11"/>
+      <i/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="41">
+  <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...11 lines deleted...]
-      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...21 lines deleted...]
-      </left>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...78 lines deleted...]
-      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...39 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
-      <top style="medium">
-[...14 lines deleted...]
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...16 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...225 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...106 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
-    <cellStyle name="Procentowy" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1391,1279 +1033,456 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L50"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:I30"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A45" sqref="A45:B45"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4:B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="16.6640625" customWidth="1"/>
-[...446 lines deleted...]
-    <col min="16140" max="16140" width="13.88671875" customWidth="1"/>
+    <col min="1" max="1" width="5.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="24.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="1" customWidth="1"/>
+    <col min="7" max="8" width="15.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="16.7109375" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="A3" s="2" t="s">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="I1" s="27" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+    </row>
+    <row r="3" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:9" s="2" customFormat="1" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="5"/>
-[...10 lines deleted...]
-      <c r="A4" s="2" t="s">
+      <c r="C4" s="29" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="41"/>
+      <c r="F4" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="I4" s="3"/>
-[...22 lines deleted...]
-      <c r="E6" s="95" t="s">
+      <c r="H4" s="38"/>
+      <c r="I4" s="39"/>
+    </row>
+    <row r="5" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="30"/>
+      <c r="B5" s="33"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="42"/>
+      <c r="E5" s="43"/>
+      <c r="F5" s="36"/>
+      <c r="G5" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="47"/>
+    </row>
+    <row r="6" spans="1:9" ht="37.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="31"/>
+      <c r="B6" s="34"/>
+      <c r="C6" s="31"/>
+      <c r="D6" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="37"/>
+      <c r="G6" s="45"/>
+      <c r="H6" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="23" t="s">
         <v>3</v>
       </c>
-      <c r="F6" s="9"/>
-[...14 lines deleted...]
-      <c r="C7" s="102" t="s">
+      <c r="B7" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="103"/>
-[...8 lines deleted...]
-      <c r="C8" s="12" t="s">
+      <c r="C7" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="D8" s="12" t="s">
+      <c r="D7" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="97"/>
-[...5 lines deleted...]
-      <c r="A9" s="13"/>
+      <c r="E7" s="25" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="25" t="s">
+        <v>8</v>
+      </c>
+      <c r="G7" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="H7" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="25" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="9"/>
+      <c r="B8" s="20"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="21"/>
+      <c r="G8" s="22"/>
+      <c r="H8" s="20"/>
+      <c r="I8" s="11"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="4"/>
       <c r="B9" s="14"/>
-      <c r="C9" s="14"/>
-[...14 lines deleted...]
-      <c r="E10" s="18"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="4"/>
+      <c r="B10" s="14"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="5"/>
       <c r="F10" s="18"/>
-      <c r="G10" s="18"/>
-[...593 lines deleted...]
-      <c r="J50"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="5"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="4"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="4"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="16"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="5"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="4"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="4"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="5"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="4"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="5"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="4"/>
+      <c r="B14" s="14"/>
+      <c r="C14" s="4"/>
+      <c r="D14" s="3"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="16"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="5"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="4"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="16"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="5"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="4"/>
+      <c r="B16" s="14"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="3"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="16"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="5"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="4"/>
+      <c r="B17" s="14"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="16"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="5"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="4"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="4"/>
+      <c r="D18" s="3"/>
+      <c r="E18" s="5"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="16"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="5"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="4"/>
+      <c r="B19" s="14"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="5"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="16"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="5"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="4"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="16"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="5"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="4"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="4"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="5"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="5"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="4"/>
+      <c r="B22" s="14"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="3"/>
+      <c r="E22" s="5"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="16"/>
+      <c r="H22" s="14"/>
+      <c r="I22" s="5"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="4"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="4"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="5"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="5"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="4"/>
+      <c r="B24" s="14"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="3"/>
+      <c r="E24" s="5"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="16"/>
+      <c r="H24" s="14"/>
+      <c r="I24" s="5"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="4"/>
+      <c r="B25" s="14"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="5"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="16"/>
+      <c r="H25" s="14"/>
+      <c r="I25" s="5"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="4"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="5"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="16"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="5"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="4"/>
+      <c r="B27" s="14"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="5"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="16"/>
+      <c r="H27" s="14"/>
+      <c r="I27" s="5"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="4"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="3"/>
+      <c r="E28" s="5"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="16"/>
+      <c r="H28" s="14"/>
+      <c r="I28" s="5"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="4"/>
+      <c r="B29" s="14"/>
+      <c r="C29" s="4"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="16"/>
+      <c r="H29" s="14"/>
+      <c r="I29" s="5"/>
+    </row>
+    <row r="30" spans="1:9" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="6"/>
+      <c r="B30" s="15"/>
+      <c r="C30" s="6"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="19"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="15"/>
+      <c r="I30" s="8"/>
     </row>
   </sheetData>
-  <mergeCells count="35">
-[...34 lines deleted...]
-    <mergeCell ref="A25:B25"/>
+  <mergeCells count="9">
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A4:A6"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="F4:F6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="D4:E5"/>
+    <mergeCell ref="G5:G6"/>
+    <mergeCell ref="H5:I5"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId1"/>
-[...2 lines deleted...]
-  </rowBreaks>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Arkusz1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jolanta Frąckowiak</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>