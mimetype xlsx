--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -1,423 +1,482 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\arlgor\AppData\Local\Temp\notesF6F9C7\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jolfra\Desktop\2025 - ROK\OSIEDLA_2025-2029\PROJEKT_ZARZĄDZENIE\20.03.2024_projekt_załączniki\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B6794AF-9E60-454D-871E-AEA3650AE537}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="22920" windowHeight="8016"/>
   </bookViews>
   <sheets>
     <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="11">
-[...31 lines deleted...]
-    <t>Lp.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="32">
+  <si>
+    <t>Osiedle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nazwa zadania </t>
+  </si>
+  <si>
+    <t>rok ………</t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>Środki na realizację zadań w latach</t>
+  </si>
+  <si>
+    <t>Wniosek do ……………………………………….</t>
+  </si>
+  <si>
+    <t>Jednostka organizacyjna /opcjonalnie/</t>
+  </si>
+  <si>
+    <t>Zadanie własne gminy TAK/NIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Razem środki </t>
+  </si>
+  <si>
+    <t>Opinia TAK/NIE</t>
+  </si>
+  <si>
+    <t>Nr zadania budżetowe</t>
+  </si>
+  <si>
+    <t>Klasyfikacja budżetowa</t>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>11.</t>
+  </si>
+  <si>
+    <t>12.</t>
+  </si>
+  <si>
+    <t>13.</t>
+  </si>
+  <si>
+    <t>Formularz nr 6 do załącznika nr 1</t>
+  </si>
+  <si>
+    <t>14.</t>
+  </si>
+  <si>
+    <t>SR/P*</t>
+  </si>
+  <si>
+    <t>* SR - środki rozwojowe P - środki pozostałe</t>
+  </si>
+  <si>
+    <t>Działania (wypełnia placówka oświatowa)**</t>
+  </si>
+  <si>
+    <t>15.</t>
+  </si>
+  <si>
+    <t>**kolumna wymagana tylko we wnioskach kierowanych do placówek oświatowych</t>
+  </si>
+  <si>
+    <t xml:space="preserve">o przyjęcie/wycofanie środków przeznaczonych na realizację zadań  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <b/>
-      <sz val="10"/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...134 lines deleted...]
-      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -663,564 +722,477 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...3 lines deleted...]
-  <dimension ref="A1:N29"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:O24"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:B6"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K27" sqref="K27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.28515625" style="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="8.85546875" style="1"/>
+    <col min="1" max="1" width="12.5546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.33203125" style="1" customWidth="1"/>
+    <col min="3" max="4" width="19.6640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="6.77734375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="8.44140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="8.33203125" style="1" customWidth="1"/>
+    <col min="8" max="13" width="13" style="1" customWidth="1"/>
+    <col min="14" max="14" width="12.5546875" style="1" customWidth="1"/>
+    <col min="15" max="15" width="13.6640625" style="1" customWidth="1"/>
+    <col min="16" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="N1" s="18" t="s">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="L1" s="2"/>
+      <c r="O1" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="L2" s="2"/>
+    </row>
+    <row r="3" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="22"/>
+      <c r="J3" s="22"/>
+      <c r="K3" s="22"/>
+      <c r="L3" s="22"/>
+      <c r="M3" s="22"/>
+    </row>
+    <row r="4" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="22"/>
+      <c r="C4" s="22"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="22"/>
+      <c r="F4" s="22"/>
+      <c r="G4" s="22"/>
+      <c r="H4" s="22"/>
+      <c r="I4" s="22"/>
+      <c r="J4" s="22"/>
+      <c r="K4" s="22"/>
+      <c r="L4" s="22"/>
+      <c r="M4" s="22"/>
+    </row>
+    <row r="5" spans="1:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="1:15" s="14" customFormat="1" ht="26.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="18"/>
+      <c r="J6" s="18"/>
+      <c r="K6" s="18"/>
+      <c r="L6" s="18"/>
+      <c r="M6" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="N6" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="20" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" s="14" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="24"/>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="26"/>
+      <c r="E7" s="26"/>
+      <c r="F7" s="19"/>
+      <c r="G7" s="19"/>
+      <c r="H7" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="I7" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="J7" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="K7" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="L7" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="M7" s="19"/>
+      <c r="N7" s="19"/>
+      <c r="O7" s="21"/>
+    </row>
+    <row r="8" spans="1:15" s="4" customFormat="1" ht="10.8" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
         <v>3</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="A5" s="21" t="s">
+      <c r="B8" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="F8" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="G8" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="H8" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="23" t="s">
-[...429 lines deleted...]
-      <c r="N29" s="8"/>
+      <c r="I8" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="J8" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="M8" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="N8" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" s="17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A9" s="5"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+      <c r="L9" s="6"/>
+      <c r="M9" s="6"/>
+      <c r="N9" s="6"/>
+      <c r="O9" s="7"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="9"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="9"/>
+      <c r="H10" s="9"/>
+      <c r="I10" s="9"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="9"/>
+      <c r="L10" s="9"/>
+      <c r="M10" s="9"/>
+      <c r="N10" s="9"/>
+      <c r="O10" s="10"/>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A11" s="8"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="9"/>
+      <c r="D11" s="9"/>
+      <c r="E11" s="9"/>
+      <c r="F11" s="9"/>
+      <c r="G11" s="9"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="9"/>
+      <c r="J11" s="9"/>
+      <c r="K11" s="9"/>
+      <c r="L11" s="9"/>
+      <c r="M11" s="9"/>
+      <c r="N11" s="9"/>
+      <c r="O11" s="10"/>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="9"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="9"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="9"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="9"/>
+      <c r="L12" s="9"/>
+      <c r="M12" s="9"/>
+      <c r="N12" s="9"/>
+      <c r="O12" s="10"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A13" s="8"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="9"/>
+      <c r="N13" s="9"/>
+      <c r="O13" s="10"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A14" s="8"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="9"/>
+      <c r="D14" s="9"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="9"/>
+      <c r="L14" s="9"/>
+      <c r="M14" s="9"/>
+      <c r="N14" s="9"/>
+      <c r="O14" s="10"/>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A15" s="8"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="9"/>
+      <c r="D15" s="9"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="9"/>
+      <c r="L15" s="9"/>
+      <c r="M15" s="9"/>
+      <c r="N15" s="9"/>
+      <c r="O15" s="10"/>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A16" s="8"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="9"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="9"/>
+      <c r="N16" s="9"/>
+      <c r="O16" s="10"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A17" s="8"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="9"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="9"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="9"/>
+      <c r="N17" s="9"/>
+      <c r="O17" s="10"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A18" s="8"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="9"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="9"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="9"/>
+      <c r="N18" s="9"/>
+      <c r="O18" s="10"/>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A19" s="8"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="9"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="10"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A20" s="8"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="9"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="9"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="9"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="9"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="9"/>
+      <c r="N20" s="9"/>
+      <c r="O20" s="10"/>
+    </row>
+    <row r="21" spans="1:15" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11"/>
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="12"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="12"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="12"/>
+      <c r="N21" s="12"/>
+      <c r="O21" s="13"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A23" s="14" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
+        <v>30</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...9 lines deleted...]
-    <mergeCell ref="M5:N5"/>
+  <mergeCells count="13">
+    <mergeCell ref="N6:N7"/>
+    <mergeCell ref="O6:O7"/>
+    <mergeCell ref="A3:M3"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="H6:L6"/>
+    <mergeCell ref="M6:M7"/>
+    <mergeCell ref="A4:M4"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="D6:D7"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
-[...1 lines deleted...]
-  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="8" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Arkusz1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>