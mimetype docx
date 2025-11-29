--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -1,1685 +1,6504 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z0"/>
+    <w:p w14:paraId="14BA7159" w14:textId="7BA77B2D" w:rsidR="00537A17" w:rsidRPr="009A511D" w:rsidRDefault="006B05DD" w:rsidP="006B05DD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ogłoszenie o naborze wniosków </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009A511D" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>o udzielenie dotacji celowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na dofinansowanie zadań z zakresu ochrony środowiska i gospodarki wodnej, obejmujących wykonanie </w:t>
+      </w:r>
+      <w:r w:rsidR="0017150D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">lub modernizację </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>systemów deszczowych do zatrzymywania i wykorzystywania opadu w miejscu jego powstania na terenie miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9B2412" w14:textId="77777777" w:rsidR="006B05DD" w:rsidRPr="009A511D" w:rsidRDefault="006B05DD" w:rsidP="006B05DD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC39DFC" w14:textId="04C0C330" w:rsidR="006B05DD" w:rsidRDefault="006B05DD" w:rsidP="006B05DD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Działając na podstawie uchwały Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>C/1962/VIII/2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006979BF" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rady Miasta Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kwietnia 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. zmianami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w sprawie zasad udzielania dotacji celowych na dofinansowanie zadań z zakresu ochrony środowiska i gospodarki wodnej, obejmujących wykonanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5489">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub modernizację</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> systemów deszczowych do zatrzymywania i wykorzystywania opadu w miejscu jego powstania na terenie miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Prezydent Miasta Poznania ogłasza nabór wniosków </w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o udzielenie dotacji </w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">celowych na realizację zadań z zakresu ochrony środowiska i gospodarki wodnej, obejmujących wykonanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5489">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lub modernizację </w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D" w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>systemów deszczowych do zatrzymywania i wykorzystywania opadu w miejscu jego powstania na terenie miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24907F0D" w14:textId="2F5952B2" w:rsidR="009A511D" w:rsidRDefault="009A511D" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Kwota przeznaczona na udzielenie dotacji w budżecie miasta Poznania na rok 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4971">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5666D988" w14:textId="4BB2675E" w:rsidR="009A511D" w:rsidRDefault="00CD34BE" w:rsidP="00CD34BE">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005416C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidR="005416C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidR="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07402F08" w14:textId="77777777" w:rsidR="00BC7D38" w:rsidRDefault="00BC7D38" w:rsidP="00CD34BE">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B41F02" w14:textId="09AC39F7" w:rsidR="006046C4" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Wnioski o udzielenie dotacji można składać od daty niniejszego</w:t>
+      </w:r>
+      <w:r w:rsidR="004505FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ogłoszenia, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dni, tj. do dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B3F" w:rsidRPr="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6D24">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B3F" w:rsidRPr="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maja 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="005416C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0023744D" w:rsidRPr="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13165916" w14:textId="77777777" w:rsidR="006046C4" w:rsidRPr="006046C4" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B644DCC" w14:textId="3AC409E6" w:rsidR="009A511D" w:rsidRPr="00B75760" w:rsidRDefault="009A511D" w:rsidP="009A511D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Zasady przyznawania dotacji określa uchwał</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>C/1962/VIII/2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005416C3" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rady Miasta Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="005416C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kwietnia 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. zmianami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w sprawie zasad udzielania dotacji celowych na dofinansowanie zadań z zakresu ochrony środowiska i gospodarki wodnej, obejmujących wykonanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00865C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>lub</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD34BE" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modernizację</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> systemów deszczowych do zatrzymywania i wykorzystywania opadu w miejscu jego powstania na terenie miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wraz z załącznikami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – dalej zwana „Uchwałą” (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Uchwała wraz z załącznikami stanowi załącznik do ogłoszenia</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="000B5A23">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C07EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>jest dostępna na stronie BIP Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00C07EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="005416C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w szczególności:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B75760">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32097CC7" w14:textId="77777777" w:rsidR="009A511D" w:rsidRPr="00B75760" w:rsidRDefault="009A511D" w:rsidP="009A511D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3104A6D3" w14:textId="12B5BEBE" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00B3242B">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wniosek o udzielenie dotacji wraz z wymaganymi załącznikami </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(stosownie do zasad określonych w Uchwale) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">należy składać </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>do Biura Koordynacji Projektów i Rewitalizacji Miasta Urzędu</w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Poznania (pl. Kolegiacki</w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>17,</w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006046C4" w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>61-841 Poznań)</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w następujący sposób: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A80BFE6" w14:textId="77777777" w:rsidR="006046C4" w:rsidRPr="006046C4" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C916A7B" w14:textId="3935A066" w:rsidR="000A17DD" w:rsidRPr="000A17DD" w:rsidRDefault="000A17DD" w:rsidP="000A17DD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>za pośrednictwem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kancelarii Urzędu Miasta Poznania (pl. Kolegiacki 17, 61-841 Poznań); pracownik Kancelarii umieszcza na wniosku datę i godzinę jego złożenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AE9852" w14:textId="77777777" w:rsidR="000A17DD" w:rsidRPr="000A17DD" w:rsidRDefault="000A17DD" w:rsidP="000A17DD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lub </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62165F00" w14:textId="77777777" w:rsidR="000A17DD" w:rsidRPr="000A17DD" w:rsidRDefault="000A17DD" w:rsidP="000A17DD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) poprzez przesłanie wniosku </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F475B58" w14:textId="0DBC840A" w:rsidR="000A17DD" w:rsidRPr="000A17DD" w:rsidRDefault="000A17DD" w:rsidP="000A17DD">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a) przesyłką poleconą w rozumieniu art. 3 pkt 22 ustawy z dnia 23 listopada 2012 r. Prawo pocztowe (t. nadaną za pośrednictwem operatora wyznaczonego w rozumieniu art. 3 pkt 13 ww. ustawy – obecnie operatorem wyznaczonym jest Poczta Polska S.A. – lub przesyłką poleconą nadaną u</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>innego operatora pocztowego w rozumieniu art. 3 pkt 12 ww. ustawy, o ile zapewnia on możliwość weryfikacji daty i godziny nadania przesyłki za pomocą numeru nadania przesyłki wskazanego na przesyłce i ich swobodną weryfikację z</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wykorzystaniem jedynie tego numeru na stronie internetowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00575EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F87F85D" w14:textId="799151E4" w:rsidR="000A17DD" w:rsidRPr="000A17DD" w:rsidRDefault="000A17DD" w:rsidP="000A17DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1135" w:right="113" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b) w drodze publicznej usługi rejestrowanego doręczenia elektronicznego (PURDE), o</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>której mowa w art. 2 pkt 8 u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>stawy z dnia 18 listopada 2020 r. o doręczeniach elektronicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00865C60">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:endnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DAFBCD" w14:textId="33FAD8D7" w:rsidR="006C2CC4" w:rsidRDefault="006C2CC4" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="395D8320" w14:textId="279CD4AA" w:rsidR="006C2CC4" w:rsidRDefault="006C2CC4" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Termin wykorzystania i rozliczenia dotacji to 31 października 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC90518" w14:textId="4419346C" w:rsidR="006046C4" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="635DE695" w14:textId="391B2C0E" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00B3242B">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Dotacja może być udzielona następującym podmiotom:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2463CB55" w14:textId="77777777" w:rsidR="009A511D" w:rsidRPr="009A511D" w:rsidRDefault="009A511D" w:rsidP="009A511D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237C3041" w14:textId="6872DFF0" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">niezaliczonym do sektora finansów </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>publicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>, obejmujący</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-64"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E54062D" w14:textId="77777777" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="1135" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>fizyczne,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287DE103" w14:textId="77777777" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="1135" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wspólnoty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>mieszkaniowe,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002E02E4" w14:textId="77777777" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="1135" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>osoby</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>prawne,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>tym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>spółdzielnie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>mieszkaniowe,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00318D4B" w14:textId="1A05E184" w:rsidR="009A511D" w:rsidRPr="006046C4" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="1135" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>przedsiębiorc</w:t>
+      </w:r>
+      <w:r w:rsidR="00911185">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08062D06" w14:textId="77777777" w:rsidR="009A511D" w:rsidRDefault="009A511D" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jednostkom sektora finansów publicznych będącym gminnymi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>lub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> powiatowymi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>osobami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006046C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>prawnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF9F88F" w14:textId="7332ED91" w:rsidR="006046C4" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D0CC3D" w14:textId="4D2B6208" w:rsidR="00D06484" w:rsidRDefault="00D06484" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Przeznaczenie dotacji:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFB6FD0" w14:textId="77777777" w:rsidR="00D06484" w:rsidRDefault="00D06484" w:rsidP="00D06484">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0293D51F" w14:textId="7F1B2193" w:rsidR="006C2CC4" w:rsidRDefault="001E140B" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">może być udzielona </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wyłącznie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>dofinansowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>kosztów</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>niezbędnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00713484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-64"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>do wykonania zadania, którego celem jest zatrzymywanie i wykorzystywanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>opadu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>miejscu jego</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06484" w:rsidRPr="00D06484">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>powstania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F579EE9" w14:textId="36659295" w:rsidR="00CD34BE" w:rsidRPr="00CD34BE" w:rsidRDefault="00CD34BE" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1135" w:right="125" w:hanging="284"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>zakup zbiornika naziemnego lub podziemnego, rury łączącej zbiornik z orynnowaniem, elementów hydraulicznych oraz elementów przyłączeniowych łączących zbiornik z dopływem wody deszczowej, pompy zanurzeniowej, nawierzchniowej, automatycznej do zbiornika podziemnego lub naziemnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00575EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F783966" w14:textId="71B5369E" w:rsidR="00CD34BE" w:rsidRPr="00CD34BE" w:rsidRDefault="00CD34BE" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1135" w:right="125" w:hanging="284"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>koszt transportu z miejsca zakupu do miejsca realizacji Inwestycji materiałów wskazanych w pkt 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00575EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243FE78E" w14:textId="4FFD3918" w:rsidR="006C2CC4" w:rsidRPr="00D06484" w:rsidRDefault="00CD34BE" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1135" w:right="125" w:hanging="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>koszt usług („robocizny”) związanych z zaprojektowaniem oraz wykonaniem prac montażowych lub modernizacyjnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00575EC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD34BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543437DB" w14:textId="229A3149" w:rsidR="00B3242B" w:rsidRDefault="00AB48B6" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>nwestycja w zakresie wykonania systemu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>deszczowego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>zatrzymywania</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wykorzystywania</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>opadu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>miejscu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>jego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>powstania</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>musi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>znajdować</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>się</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>granicach</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>administracyjnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Poznania. Wnioskodawca musi być właścicielem nieruchomości lub posiadać inny tytuł prawny do nieruchomości oraz załączyć do wniosku dokumenty potwierdzające ww. okoliczności</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>(np.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>odpis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>księgi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wieczystej</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>dla nieruchomości</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>przypadku</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>innego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>tytułu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>prawnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>niż</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>własność</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>niezbędna</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>zgoda</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>właściciela</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>nieruchomości</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wykonanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ww.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3242B" w:rsidRPr="00B3242B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>inwestycji</w:t>
+      </w:r>
+      <w:r w:rsidR="003E29B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD4FA29" w14:textId="188DD4A2" w:rsidR="00B3242B" w:rsidRPr="006C2CC4" w:rsidRDefault="00B3242B" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1423073F" w14:textId="10617CB0" w:rsidR="00B3242B" w:rsidRPr="006C2CC4" w:rsidRDefault="00B14B0A" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Wysokość dotacji to 80% kosztów kwalifikowa</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>lnych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>, ale nie więcej niż:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19DBB19F" w14:textId="0ED31F61" w:rsidR="00B14B0A" w:rsidRPr="006C2CC4" w:rsidRDefault="00B14B0A" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4540C7" w14:textId="56FF9CD3" w:rsidR="00B14B0A" w:rsidRPr="006C2CC4" w:rsidRDefault="00B14B0A" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>6000,00 zł dla podmiotów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wymienionych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>art.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>403</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ust.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>pkt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ustawy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Prawo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ochrony</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>środowiska,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-64"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wyłączeniem wspólnot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>mieszkaniowych,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>spółdzielni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mieszkaniowych oraz społecznych inicjatyw mieszkaniowych w rozumieniu art. 23 ust. 1 ustawy z dnia 26 października 1996 r. o niektórych formach popierania budownictwa mieszkaniowego </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B8B6AF" w14:textId="6DA0CE8E" w:rsidR="00B14B0A" w:rsidRPr="0023744D" w:rsidRDefault="00B14B0A" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B14B0A" w:rsidRPr="0023744D" w:rsidSect="0023744D">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="567" w:right="1300" w:bottom="993" w:left="1300" w:header="0" w:footer="635" w:gutter="0"/>
+          <w:pgNumType w:start="2"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>000,00 zł dla wspólnot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>mieszkaniowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>spółdzielni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mieszkaniowych </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk96348163"/>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>oraz społecznych inicjatyw mieszkaniowych w rozumieniu art. 23 ust. 1 ustawy z dnia 26 października 1996 r. o niektórych formach popierania budownictwa mieszkaniowego</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0023744D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>, w tym także towarzystw budownictwa społecznego utworzonych przed dniem wejścia w życie ustawy z dnia 10 grudnia 2020 r. o zmianie niektórych ustaw wspierających rozwój mieszkalnictwa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87146">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="1FFC9869" w14:textId="5B669CB6" w:rsidR="006046C4" w:rsidRPr="00C07EB0" w:rsidRDefault="006046C4" w:rsidP="006C2CC4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Uchwała określa </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
-[...8 lines deleted...]
-      </w:fldSimple>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wzory:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="386FB1A9" w14:textId="61098836" w:rsidR="006046C4" w:rsidRPr="00C07EB0" w:rsidRDefault="006046C4" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wniosku o udzielenie dotacji (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ałącznik 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BBF90F" w14:textId="45BB6572" w:rsidR="006046C4" w:rsidRPr="00AB48B6" w:rsidRDefault="006046C4" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wzór</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2A5D" w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wniosku o rozliczenie dotacji </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ałącznik nr 3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E71AC69" w14:textId="412F9A7C" w:rsidR="006046C4" w:rsidRPr="00AB48B6" w:rsidRDefault="006046C4" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wzór</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2A5D" w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>protokołu wykonania zadania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ałącznik nr 4)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB48B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F00AB6" w14:textId="74ED0541" w:rsidR="006046C4" w:rsidRPr="009A511D" w:rsidRDefault="006046C4" w:rsidP="00C07EB0">
+      <w:pPr>
+        <w:pStyle w:val="Bezodstpw"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>wzór zgody współwłaściciela nieruchomości na wykonanie inwestycji (</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>ałącznik nr</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2A5D" w:rsidRPr="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005A3A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A511D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D7EEC4" w14:textId="77777777" w:rsidR="006046C4" w:rsidRPr="009A511D" w:rsidRDefault="006046C4" w:rsidP="006046C4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B6F1BA" w14:textId="4D7B07C0" w:rsidR="009A511D" w:rsidRPr="006F4118" w:rsidRDefault="006D01DF" w:rsidP="006F4118">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2743"/>
+          <w:tab w:val="left" w:pos="3794"/>
+          <w:tab w:val="left" w:pos="5002"/>
+          <w:tab w:val="left" w:pos="6520"/>
+          <w:tab w:val="left" w:pos="7572"/>
+          <w:tab w:val="left" w:pos="8860"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="137" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="124" w:hanging="284"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informacji w sprawie udziela: </w:t>
+      </w:r>
+      <w:r w:rsidR="000A17DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>Jarosław Zabłocki</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
-[...1248 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId7"/>
+    <w:sectPr w:rsidR="009A511D" w:rsidRPr="006F4118">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F0206" w:rsidRDefault="000F0206">
+    <w:p w14:paraId="14E9CA18" w14:textId="77777777" w:rsidR="00CA32A5" w:rsidRDefault="00CA32A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F0206" w:rsidRDefault="000F0206">
+    <w:p w14:paraId="160AF093" w14:textId="77777777" w:rsidR="00CA32A5" w:rsidRDefault="00CA32A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="1">
+    <w:p w14:paraId="5BEC1EDC" w14:textId="05AF29D6" w:rsidR="00865C60" w:rsidRPr="00865C60" w:rsidRDefault="00865C60" w:rsidP="0017150D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00865C60">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisukocowego"/>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00865C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017150D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podmioty publiczne w rozumieniu art. 2 pkt 6 ustawy o doręczeniach elektronicznych są zobowiązane, w przypadku przekazania wniosku w drodze jego przesłania, do przesłania wniosku z wykorzystaniem publicznej usługi rejestrowanego doręczenia elektronicznego (PURDE) na adres do doręczeń elektronicznych (ADE) Urzędu Miasta Poznania wpisany do Bazy Adresów Elektronicznych (BAE).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00865C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C68C567" w14:textId="7C3DF0B7" w:rsidR="00865C60" w:rsidRPr="00865C60" w:rsidRDefault="00865C60" w:rsidP="0017150D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00865C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wnioski przesłane przez podmioty publiczne w rozumieniu art. 2 pkt 6 ustawy o doręczeniach elektronicznych bez zastosowania ust. 2a będą pozostawiane bez rozpoznania bez wezwania wnioskodawcy do przesłania wniosku w prawidłowy sposób. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1CD078" w14:textId="1CCBB27A" w:rsidR="00865C60" w:rsidRDefault="00865C60" w:rsidP="00865C60">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisukocowego"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00865C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Postanowienia dotyczące obowiązku stosowania doręczenia elektronicznego stosowane będą jednak z poszanowaniem przepisu art. 147 ust. 1 i 2 ustawy o doręczeniach elektronicznych oraz z poszanowaniem art. 6 tej ustawy. W przypadku odstąpienia przez podmiot publiczny od przesłania wniosku z wykorzystaniem publicznej usługi rejestrowanego doręczenia elektronicznego (PURDE) na podstawie art. 6 tej ustawy, podmiot taki wraz z wnioskiem przesyła informację w tym zakresie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87146">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w14:paraId="7686D384" w14:textId="3B4BCAF4" w:rsidR="00854F39" w:rsidRDefault="00CA32A5">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
-[...16 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w14:paraId="2D6D572E" w14:textId="77777777" w:rsidR="00854F39" w:rsidRDefault="00CA32A5">
     <w:pPr>
-      <w:pStyle w:val="Stopka"/>
+      <w:pStyle w:val="Tekstpodstawowy"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F0206" w:rsidRDefault="000F0206">
+    <w:p w14:paraId="2E06EB51" w14:textId="77777777" w:rsidR="00CA32A5" w:rsidRDefault="00CA32A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F0206" w:rsidRDefault="000F0206">
+    <w:p w14:paraId="3A0E6C40" w14:textId="77777777" w:rsidR="00CA32A5" w:rsidRDefault="00CA32A5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30555834"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="119378CF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DFFC5BF8"/>
+    <w:lvl w:ilvl="0" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="122008F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9EC69ACC"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val=""/>
-[...5 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D644464"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C040EB98"/>
+    <w:lvl w:ilvl="0" w:tplc="EAC048D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="30F8171E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2924AD30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BB1485F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3267" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BF0E0402">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4130" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="255C9DF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D48ED2BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5855" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6876F288">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F5A0A368">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7581" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F4265F2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF50C346"/>
+    <w:lvl w:ilvl="0" w:tplc="D8969CE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma" w:hint="default"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F4D7FD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="602297C2"/>
+    <w:lvl w:ilvl="0" w:tplc="8F3EC056">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2B7C8DFA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="116EEFE6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0A107798">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3267" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7C309EB4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4130" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E5B25B74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E52A2472">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5855" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="771CC97A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E320C2F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7581" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FB50F75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73F2970C"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FD5716C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C862D7AA"/>
+    <w:lvl w:ilvl="0" w:tplc="EA7E8D5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Tahoma" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="201E4FEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="281050A0"/>
+    <w:lvl w:ilvl="0" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22EC6DCF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5D46386"/>
+    <w:lvl w:ilvl="0" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34AF6832"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="696A8364"/>
+    <w:lvl w:ilvl="0" w:tplc="A91403F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ECD6E8E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2916900A"/>
+    <w:lvl w:ilvl="0" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1875" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2595" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3315" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4035" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4755" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5475" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6195" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6915" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7635" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="409F4CFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6352CC86"/>
+    <w:lvl w:ilvl="0" w:tplc="EB46723E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44F36BAE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7FF090DC"/>
+    <w:lvl w:ilvl="0" w:tplc="B8BC95BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4932639E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0398530E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B6B82D6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3267" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="33048922">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4130" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4BD6CA06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E5548A76">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5855" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="58C4BF88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5F28E1CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7581" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47A25472"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D570D668"/>
+    <w:lvl w:ilvl="0" w:tplc="F118EBF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4528A64A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="980" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FE7C7984">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1905" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2222E0A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2830" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FCB8BEF8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3755" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AC827DCC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7204886E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5605" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="89DC3240">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6530" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2CDC7AE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7456" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48534EAC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B75A7D68"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B93122E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42BEBD22"/>
+    <w:lvl w:ilvl="0" w:tplc="55AAECF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="475" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1195" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1915" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2635" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3355" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4075" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4795" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5515" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6235" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="582E26CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8B06D6CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B1624B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E420D72"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B843258"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="290E7394"/>
+    <w:lvl w:ilvl="0" w:tplc="9BEE6420">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C520358"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="073288CE"/>
+    <w:lvl w:ilvl="0" w:tplc="B4941A1A">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CEB5DA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB3EAC0C"/>
+    <w:lvl w:ilvl="0" w:tplc="DBDC3CAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DBF2219"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15969094"/>
+    <w:lvl w:ilvl="0" w:tplc="04150015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F144D8F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DA497F0"/>
+    <w:lvl w:ilvl="0" w:tplc="38B4BA66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="78B2B052">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2240" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DC9A9398">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3025" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="96D85846">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3810" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FAC8570C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4595" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E46E0E16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5380" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A0A448EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6165" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="67047640">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6950" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E3DAC2AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7736" w:hanging="706"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FC26608"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57E8CC96"/>
+    <w:lvl w:ilvl="0" w:tplc="A508BA20">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F708A712">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="000AF906">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FDC2954C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3267" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="18FA95E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4130" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C71AD16A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="65365A90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5855" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DF88E3EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DE76150A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7581" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6431072B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAA667A6"/>
+    <w:lvl w:ilvl="0" w:tplc="BFD864B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68D61791"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7742B022"/>
+    <w:lvl w:ilvl="0" w:tplc="A31045EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="682" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C422C802">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1542" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="87B8293E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2405" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A7923BEC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3267" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C2024BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4130" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5DFE65D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4993" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="06706D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5855" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3FA4C99C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6718" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FE6E5A7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7581" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A951AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF70B7DE"/>
+    <w:lvl w:ilvl="0" w:tplc="8208E98A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6D050A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F93AAE76"/>
+    <w:lvl w:ilvl="0" w:tplc="04150015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D78703A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5718C7B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...2 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...29 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...3 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="000F0206"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00F6226F"/>
+    <w:rsidRoot w:val="006B05DD"/>
+    <w:rsid w:val="000A17DD"/>
+    <w:rsid w:val="000B5A23"/>
+    <w:rsid w:val="00117646"/>
+    <w:rsid w:val="0017150D"/>
+    <w:rsid w:val="001A4AB9"/>
+    <w:rsid w:val="001E140B"/>
+    <w:rsid w:val="0022747F"/>
+    <w:rsid w:val="0023744D"/>
+    <w:rsid w:val="003E29B7"/>
+    <w:rsid w:val="00403D03"/>
+    <w:rsid w:val="00412541"/>
+    <w:rsid w:val="004505FE"/>
+    <w:rsid w:val="004A6D24"/>
+    <w:rsid w:val="00505FE8"/>
+    <w:rsid w:val="00537A17"/>
+    <w:rsid w:val="005416C3"/>
+    <w:rsid w:val="00547422"/>
+    <w:rsid w:val="00550E64"/>
+    <w:rsid w:val="00575EC5"/>
+    <w:rsid w:val="005A3A6B"/>
+    <w:rsid w:val="006046C4"/>
+    <w:rsid w:val="006979BF"/>
+    <w:rsid w:val="006B05DD"/>
+    <w:rsid w:val="006C2CC4"/>
+    <w:rsid w:val="006D01DF"/>
+    <w:rsid w:val="006F4118"/>
+    <w:rsid w:val="00713484"/>
+    <w:rsid w:val="007F38CE"/>
+    <w:rsid w:val="00865C60"/>
+    <w:rsid w:val="008A5B3F"/>
+    <w:rsid w:val="008D41E5"/>
+    <w:rsid w:val="00911185"/>
+    <w:rsid w:val="00921328"/>
+    <w:rsid w:val="009400F5"/>
+    <w:rsid w:val="009A511D"/>
+    <w:rsid w:val="009B29B2"/>
+    <w:rsid w:val="00A028DD"/>
+    <w:rsid w:val="00AB48B6"/>
+    <w:rsid w:val="00B11C69"/>
+    <w:rsid w:val="00B14B0A"/>
+    <w:rsid w:val="00B3242B"/>
+    <w:rsid w:val="00B75760"/>
+    <w:rsid w:val="00B87146"/>
+    <w:rsid w:val="00BC7D38"/>
+    <w:rsid w:val="00C07EB0"/>
+    <w:rsid w:val="00C604D5"/>
+    <w:rsid w:val="00C7230D"/>
+    <w:rsid w:val="00CA32A5"/>
+    <w:rsid w:val="00CD34BE"/>
+    <w:rsid w:val="00CE4971"/>
+    <w:rsid w:val="00CE5489"/>
+    <w:rsid w:val="00D04896"/>
+    <w:rsid w:val="00D06484"/>
+    <w:rsid w:val="00D15B14"/>
+    <w:rsid w:val="00D32277"/>
+    <w:rsid w:val="00E438C3"/>
+    <w:rsid w:val="00EB2A5D"/>
+    <w:rsid w:val="00F060B3"/>
+    <w:rsid w:val="00FA09E0"/>
+    <w:rsid w:val="00FD5ABB"/>
+    <w:rsid w:val="00FD6FCE"/>
+    <w:rsid w:val="00FD74B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="21957047"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F30ED5AF-BB5C-44D3-ACE5-9D4E9E4011B9}"/>
+  <w15:docId w15:val="{E86FC8D5-9BD8-4BC0-8C55-FA5BFFE150A7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -1827,330 +6646,569 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek1">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A511D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A511D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A511D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A511D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A511D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A511D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstpodstawowyZnak"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B3242B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="682" w:hanging="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowy"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00B3242B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B3242B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B3242B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00865C60"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00865C60"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00865C60"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00865C60"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00865C60"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00865C60"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F4118"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00505FE8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-[...17 lines deleted...]
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
-  </w:style>
-[...25 lines deleted...]
-    </w:tblPr>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00505FE8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="749277089">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="893198828">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Projekt_PZPM_zmiana.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2257,74 +7315,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2E3B606-AC23-4611-80E5-6ADE7CF2DC57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM_zmiana</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1547</Characters>
+  <Pages>3</Pages>
+  <Words>819</Words>
+  <Characters>4919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1801</CharactersWithSpaces>
+  <CharactersWithSpaces>5727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Iwona Kubicka</dc:creator>
+  <dc:creator>Kamila Bukowska</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>