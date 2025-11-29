--- v0 (2025-10-01)
+++ v1 (2025-11-29)
@@ -1,556 +1,2699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w:rsidR="0057550B" w:rsidRPr="00512771" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z0"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      <w:r w:rsidRPr="00512771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik </w:t>
+      </w:r>
+      <w:r w:rsidR="004223A1" w:rsidRPr="00512771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>do zarządzenia Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00516E9B" w:rsidRPr="00512771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC195A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>376</w:t>
+      </w:r>
+      <w:r w:rsidR="001E328B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="002234C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001E328B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>/P</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w:rsidR="0057550B" w:rsidRPr="00512771" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
+      <w:r w:rsidRPr="00512771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Prezydenta Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w:rsidR="0057550B" w:rsidRPr="0057550B" w:rsidRDefault="004223A1" w:rsidP="0057550B">
       <w:pPr>
-        <w:pStyle w:val="Nagwek1"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00512771">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC195A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>12.05.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00512771">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="002234C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0057550B" w:rsidRPr="0057550B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+    <w:p w:rsidR="0057550B" w:rsidRPr="0057550B" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+    <w:p w:rsidR="0057550B" w:rsidRPr="0057550B" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1602"/>
-        <w:gridCol w:w="7686"/>
+        <w:gridCol w:w="2721"/>
+        <w:gridCol w:w="6350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5">
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="005F6B19">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00AC4582" w:rsidP="001B1D53">
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC4582">
-[...3 lines deleted...]
-              <w:t>go</w:t>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Nazwa konkursu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="00E057DF" w:rsidP="00311092">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...63 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OTWARTY KONKURS OFERT NR </w:t>
+            </w:r>
+            <w:r w:rsidR="002234C9" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>91</w:t>
+            </w:r>
+            <w:r w:rsidR="00512771" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7788" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NA POWIERZANIE REALIZACJI ZADA</w:t>
+            </w:r>
+            <w:r w:rsidR="002234C9" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>NIA</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MIASTA POZNANIA W OBSZARZE POMOCY SPOŁECZNEJ, W TYM POMOCY RODZINOM I OSOBOM W TRUDNEJ SYTUACJI ŻYCIOWEJ ORAZ WYRÓWNYWANIA SZANS TYCH RODZIN I OSÓB</w:t>
+            </w:r>
+            <w:r w:rsidR="00365322" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00512771" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>W 202</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7788" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ROKU</w:t>
+            </w:r>
+            <w:r w:rsidR="002346AD" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00365322" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00492128" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="005F6B19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Organizator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Miasto Poznań, Wydział Zdrowia i Spraw Społecznych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="005F6B19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Termin realizacji zadań:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="005D7788" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+            <w:r w:rsidR="002234C9" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00512771" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="002346AD" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r. </w:t>
+            </w:r>
+            <w:r w:rsidR="00980A52" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00512771" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 31.12.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="002346AD" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="005F6B19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Kwota przeznaczona na zadania</w:t>
+            </w:r>
+            <w:r w:rsidR="00980A52" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="002234C9" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>308 875,11</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="002B726F" w:rsidRDefault="00FA63B5" w:rsidP="002B726F">
+    <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B726F">
+      <w:r w:rsidRPr="00311092">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Uwzględniając zmiany personalne</w:t>
+        <w:t>Rozstrzygnięcie konkursu</w:t>
       </w:r>
-      <w:r w:rsidR="00847986" w:rsidRPr="002B726F">
+    </w:p>
+    <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00311092">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Informacja o ofertach, które otrzymały dotację z budżetu Miasta Poznania</w:t>
       </w:r>
-      <w:r w:rsidR="00847986">
+    </w:p>
+    <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311092">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B726F">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9331" w:type="dxa"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="908"/>
+        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="1360"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1620"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="00311092">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tytuł oferty / </w:t>
+            </w:r>
+            <w:r w:rsidR="00B259AF" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>ferent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Kwota wnioskowana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Status oceny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Liczba punktów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Kwota dofinansowania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidTr="00311092">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="00932E36" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0057550B" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="008E33F1" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Świadczenie specjalistycznych usług krótkoterminowego pobytu osoby starszej lub osoby niepełnosprawnej w miejscu wskazanym przez realizatora - edycja 2025.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00877074" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stowarzyszenie Na Rzecz Osób Niepełnosprawnych "ISKRA"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>72 475,00 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>85,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>72 475,00 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidTr="00311092">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="908" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00932E36" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="008E33F1" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pomoc po sąsiedzku - rozwój systemu usług społecznych świadczonych w społeczności lokalnej dla mieszkańców Poznania</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stowarzyszenie Na Tak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>308 875,11 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>82,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00932E36" w:rsidRPr="00311092" w:rsidRDefault="00853DA4" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 400,11 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE3DF7" w:rsidRPr="00311092" w:rsidTr="00311092">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3628" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3DF7" w:rsidRPr="00311092" w:rsidRDefault="00BE3DF7" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Łącznie:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3DF7" w:rsidRPr="00311092" w:rsidRDefault="00C524F1" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>381 350,11 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2723" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3DF7" w:rsidRPr="00311092" w:rsidRDefault="00BE3DF7" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE3DF7" w:rsidRPr="00311092" w:rsidRDefault="00C524F1" w:rsidP="0057550B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>308 875,11</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE3DF7" w:rsidRPr="00311092">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Wydziale Oświaty, zmienia się skład Komisji ds. opiniowania wniosków</w:t>
-[...41 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F" w:rsidP="002B726F">
+    <w:p w:rsidR="0057550B" w:rsidRPr="00311092" w:rsidRDefault="0057550B" w:rsidP="0057550B">
       <w:pPr>
-        <w:keepNext/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F" w:rsidP="002B726F">
-[...19 lines deleted...]
-    <w:sectPr w:rsidR="002B726F" w:rsidRPr="002B726F" w:rsidSect="002B726F">
+    <w:p w:rsidR="003231B5" w:rsidRDefault="003231B5"/>
+    <w:sectPr w:rsidR="003231B5">
+      <w:footerReference w:type="even" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F">
+    <w:p w:rsidR="00CF60E0" w:rsidRDefault="00CF60E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F">
+    <w:p w:rsidR="00CF60E0" w:rsidRDefault="00CF60E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00014C71" w:rsidRDefault="0057550B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Wygenerowano w </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>Witkac.pl</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, Strona: </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00014C71" w:rsidRDefault="0057550B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Wygenerowano w </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>Witkac.pl</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00980A52">
+      <w:t>s</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">trona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="000A4171">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F">
+    <w:p w:rsidR="00CF60E0" w:rsidRDefault="00CF60E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B726F" w:rsidRDefault="002B726F">
+    <w:p w:rsidR="00CF60E0" w:rsidRDefault="00CF60E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...1 lines deleted...]
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...22 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="002B726F"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="0057550B"/>
+    <w:rsid w:val="0001306D"/>
+    <w:rsid w:val="00043EFE"/>
+    <w:rsid w:val="00075046"/>
+    <w:rsid w:val="00076426"/>
+    <w:rsid w:val="00080AD0"/>
+    <w:rsid w:val="00083216"/>
+    <w:rsid w:val="00084B2D"/>
+    <w:rsid w:val="000A4171"/>
+    <w:rsid w:val="000A55C4"/>
+    <w:rsid w:val="000A6FC5"/>
+    <w:rsid w:val="001060B5"/>
+    <w:rsid w:val="00110C2E"/>
+    <w:rsid w:val="00121B3D"/>
+    <w:rsid w:val="00153B2B"/>
+    <w:rsid w:val="001629B7"/>
+    <w:rsid w:val="00173090"/>
+    <w:rsid w:val="001869C0"/>
+    <w:rsid w:val="00194AC9"/>
+    <w:rsid w:val="001A6BA3"/>
+    <w:rsid w:val="001C6748"/>
+    <w:rsid w:val="001C6783"/>
+    <w:rsid w:val="001E328B"/>
+    <w:rsid w:val="001F106A"/>
+    <w:rsid w:val="001F1500"/>
+    <w:rsid w:val="00211DE2"/>
+    <w:rsid w:val="002234C9"/>
+    <w:rsid w:val="00232C5F"/>
+    <w:rsid w:val="002346AD"/>
+    <w:rsid w:val="0024359A"/>
+    <w:rsid w:val="00262C36"/>
+    <w:rsid w:val="00275851"/>
+    <w:rsid w:val="00285D3D"/>
+    <w:rsid w:val="00286EED"/>
+    <w:rsid w:val="00295220"/>
+    <w:rsid w:val="002A2883"/>
+    <w:rsid w:val="002E2847"/>
+    <w:rsid w:val="002E5061"/>
+    <w:rsid w:val="00311092"/>
+    <w:rsid w:val="003231B5"/>
+    <w:rsid w:val="00330769"/>
+    <w:rsid w:val="00337FE4"/>
+    <w:rsid w:val="00346B25"/>
+    <w:rsid w:val="003575CB"/>
+    <w:rsid w:val="00365322"/>
+    <w:rsid w:val="003A3B2D"/>
+    <w:rsid w:val="003D0E55"/>
+    <w:rsid w:val="003E13E9"/>
+    <w:rsid w:val="003E444B"/>
+    <w:rsid w:val="003F0FD1"/>
+    <w:rsid w:val="003F5F29"/>
+    <w:rsid w:val="00414ADB"/>
+    <w:rsid w:val="004167F2"/>
+    <w:rsid w:val="004223A1"/>
+    <w:rsid w:val="00430135"/>
+    <w:rsid w:val="00434990"/>
+    <w:rsid w:val="00442425"/>
+    <w:rsid w:val="00453F47"/>
+    <w:rsid w:val="004623FB"/>
+    <w:rsid w:val="00477F3E"/>
+    <w:rsid w:val="00481DF4"/>
+    <w:rsid w:val="00492128"/>
+    <w:rsid w:val="00492524"/>
+    <w:rsid w:val="004A1109"/>
+    <w:rsid w:val="004B46A2"/>
+    <w:rsid w:val="004F297E"/>
+    <w:rsid w:val="00512771"/>
+    <w:rsid w:val="00516E9B"/>
+    <w:rsid w:val="005301CF"/>
+    <w:rsid w:val="005621AC"/>
+    <w:rsid w:val="0057550B"/>
+    <w:rsid w:val="005A50EB"/>
+    <w:rsid w:val="005B36B4"/>
+    <w:rsid w:val="005B7013"/>
+    <w:rsid w:val="005C3E33"/>
+    <w:rsid w:val="005D1604"/>
+    <w:rsid w:val="005D3C02"/>
+    <w:rsid w:val="005D7788"/>
+    <w:rsid w:val="005E0101"/>
+    <w:rsid w:val="00607D89"/>
+    <w:rsid w:val="0061059A"/>
+    <w:rsid w:val="006201A3"/>
+    <w:rsid w:val="00621CDF"/>
+    <w:rsid w:val="0063164E"/>
+    <w:rsid w:val="006447BF"/>
+    <w:rsid w:val="006507E7"/>
+    <w:rsid w:val="0065335D"/>
+    <w:rsid w:val="00673DA1"/>
+    <w:rsid w:val="006850B4"/>
+    <w:rsid w:val="00687E9E"/>
+    <w:rsid w:val="006C0A6E"/>
+    <w:rsid w:val="006C3DCB"/>
+    <w:rsid w:val="006F35A7"/>
+    <w:rsid w:val="00721FE7"/>
+    <w:rsid w:val="0074113E"/>
+    <w:rsid w:val="007454EA"/>
+    <w:rsid w:val="00750C58"/>
+    <w:rsid w:val="007545E2"/>
+    <w:rsid w:val="00761FDC"/>
+    <w:rsid w:val="00763B3F"/>
+    <w:rsid w:val="007643CF"/>
+    <w:rsid w:val="007760A8"/>
+    <w:rsid w:val="00780BAB"/>
+    <w:rsid w:val="007922CE"/>
+    <w:rsid w:val="007B2525"/>
+    <w:rsid w:val="007B7C34"/>
+    <w:rsid w:val="007F305C"/>
+    <w:rsid w:val="00802ACB"/>
+    <w:rsid w:val="008031D1"/>
+    <w:rsid w:val="008072A7"/>
+    <w:rsid w:val="008353A6"/>
+    <w:rsid w:val="0083541C"/>
+    <w:rsid w:val="00853DA4"/>
+    <w:rsid w:val="00855673"/>
+    <w:rsid w:val="00877074"/>
+    <w:rsid w:val="00883D3D"/>
+    <w:rsid w:val="008E33F1"/>
+    <w:rsid w:val="008F5D37"/>
+    <w:rsid w:val="0090109A"/>
+    <w:rsid w:val="00932B62"/>
+    <w:rsid w:val="00932E36"/>
+    <w:rsid w:val="00942043"/>
+    <w:rsid w:val="009538C4"/>
+    <w:rsid w:val="009761D6"/>
+    <w:rsid w:val="009766E9"/>
+    <w:rsid w:val="00980A52"/>
+    <w:rsid w:val="009A181C"/>
+    <w:rsid w:val="009B6CFF"/>
+    <w:rsid w:val="009C6381"/>
+    <w:rsid w:val="009D3E4E"/>
+    <w:rsid w:val="009D5ED3"/>
+    <w:rsid w:val="00A02921"/>
+    <w:rsid w:val="00A0293E"/>
+    <w:rsid w:val="00A035DE"/>
+    <w:rsid w:val="00A1159C"/>
+    <w:rsid w:val="00A14EB5"/>
+    <w:rsid w:val="00A20593"/>
+    <w:rsid w:val="00A22327"/>
+    <w:rsid w:val="00A257A7"/>
+    <w:rsid w:val="00A524BB"/>
+    <w:rsid w:val="00A57EF0"/>
+    <w:rsid w:val="00AA6AD6"/>
+    <w:rsid w:val="00AC15D5"/>
+    <w:rsid w:val="00AC195A"/>
+    <w:rsid w:val="00AC46DC"/>
+    <w:rsid w:val="00AD0823"/>
+    <w:rsid w:val="00B05850"/>
+    <w:rsid w:val="00B259AF"/>
+    <w:rsid w:val="00B35E1D"/>
+    <w:rsid w:val="00B50BC8"/>
+    <w:rsid w:val="00B64C9D"/>
+    <w:rsid w:val="00B808F5"/>
+    <w:rsid w:val="00BA3D41"/>
+    <w:rsid w:val="00BB2F04"/>
+    <w:rsid w:val="00BD3C34"/>
+    <w:rsid w:val="00BD6283"/>
+    <w:rsid w:val="00BE3DF7"/>
+    <w:rsid w:val="00BF52BC"/>
+    <w:rsid w:val="00C10E96"/>
+    <w:rsid w:val="00C408D5"/>
+    <w:rsid w:val="00C4480B"/>
+    <w:rsid w:val="00C45963"/>
+    <w:rsid w:val="00C504AC"/>
+    <w:rsid w:val="00C524F1"/>
+    <w:rsid w:val="00C6696D"/>
+    <w:rsid w:val="00C70FAA"/>
+    <w:rsid w:val="00CA2EB9"/>
+    <w:rsid w:val="00CC701B"/>
+    <w:rsid w:val="00CD26EC"/>
+    <w:rsid w:val="00CF60E0"/>
+    <w:rsid w:val="00D07DB3"/>
+    <w:rsid w:val="00D17116"/>
+    <w:rsid w:val="00D53E5E"/>
+    <w:rsid w:val="00D73A6C"/>
+    <w:rsid w:val="00D87DE0"/>
+    <w:rsid w:val="00DA0789"/>
+    <w:rsid w:val="00DB59E6"/>
+    <w:rsid w:val="00DE0993"/>
+    <w:rsid w:val="00DE1480"/>
+    <w:rsid w:val="00DE2E96"/>
+    <w:rsid w:val="00E03D7B"/>
+    <w:rsid w:val="00E057DF"/>
+    <w:rsid w:val="00E3492E"/>
+    <w:rsid w:val="00E4443A"/>
+    <w:rsid w:val="00E534EC"/>
+    <w:rsid w:val="00E639F2"/>
+    <w:rsid w:val="00E80BA3"/>
+    <w:rsid w:val="00EC1BBE"/>
+    <w:rsid w:val="00EF3D51"/>
+    <w:rsid w:val="00F01B55"/>
+    <w:rsid w:val="00F03ECD"/>
+    <w:rsid w:val="00F04A66"/>
+    <w:rsid w:val="00F31268"/>
+    <w:rsid w:val="00F57588"/>
+    <w:rsid w:val="00F714F6"/>
+    <w:rsid w:val="00F9648C"/>
+    <w:rsid w:val="00F97993"/>
+    <w:rsid w:val="00FB26C2"/>
+    <w:rsid w:val="00FB6296"/>
+    <w:rsid w:val="00FC5A25"/>
+    <w:rsid w:val="00FE42CB"/>
+    <w:rsid w:val="00FF36D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{AC41D1DF-CA7E-4741-B61A-13687A34CE1C}"/>
+  <w14:docId w14:val="36833689"/>
+  <w15:docId w15:val="{3E87AAB9-9BB9-4B54-8820-93607A3A13CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -699,318 +2842,291 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...33 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057550B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057550B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057550B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0057550B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-    <w:name w:val="footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="editable-pre-wrapped">
+    <w:name w:val="editable-pre-wrapped"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rsid w:val="00AC15D5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="00B76696"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980A52"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00980A52"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM_zmiana.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1119,73 +3235,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM_zmiana</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>96</Words>
-  <Characters>579</Characters>
+  <Words>172</Words>
+  <Characters>1036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>674</CharactersWithSpaces>
+  <CharactersWithSpaces>1206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Iwona Kubicka</dc:creator>
+  <dc:creator>Izabela Pankalla</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>