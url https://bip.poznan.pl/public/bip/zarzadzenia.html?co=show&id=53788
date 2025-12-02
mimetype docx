--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -1,2785 +1,4892 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r>
-        <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>P</w:t>
-[...72 lines deleted...]
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
+    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
+      <w:tr w:rsidR="00FA63B5" w:rsidTr="00BB1A31">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00571718">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00BB1A31">
             <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+              </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009773E3">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00BB1A31">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009773E3">
+            <w:r w:rsidRPr="00BB1A31">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="009773E3">
+            <w:r w:rsidRPr="00BB1A31">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CC2B5A">
+            <w:r w:rsidRPr="00BB1A31">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CC2B5A">
+            <w:r w:rsidR="00BB678D" w:rsidRPr="00BB1A31">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>powołania Zespołu Doradczego do spraw Pomocy Psychologiczno-Pedagogicznej przy Prezydencie Miasta Poznania.</w:t>
+              <w:t>ogłoszenia wykazu nieruchomości położonej</w:t>
             </w:r>
-            <w:r w:rsidRPr="009773E3">
+            <w:r w:rsidR="00222416" w:rsidRPr="00BB1A31">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB678D" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Poznaniu przy ulicy Szamotulskiej 5A</w:t>
+            </w:r>
+            <w:r w:rsidR="00222416" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB678D" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>lokalu mieszkalnego nr 6 położonego przy ulicy Gwarnej 11 przeznaczonych przez Miasto Poznań do zbycia</w:t>
+            </w:r>
+            <w:r w:rsidR="00222416" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB678D" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>zamian za nieruchomość położoną</w:t>
+            </w:r>
+            <w:r w:rsidR="00222416" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB678D" w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Poznaniu przy ulicy Dmowskiego 122.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BB1A31">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
-[...11 lines deleted...]
-    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="00BB678D" w:rsidRDefault="00FA63B5" w:rsidP="00BB678D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...156 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z1"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Miasto Poznań jest właścicielem zabudowanej nieruchomości położonej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00591FE6">
-[...16 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznaniu przy ulicy Szamotulskiej 5A, oznaczonej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ewidencji gruntów: obręb Łazarz, arkusz mapy 04, działka nr 20/16</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pow. 118 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, dla której prowadzona jest księga wieczysta nr PO1P/00072220/7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...451 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...429 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z3"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>miejscowym planem zagospodarowania przestrzennego obszaru Grunwald część</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznaniu (uchwała zatwierdzająca Nr LV/833/VI/2013</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3 września 2013 r.) nieruchomość położona jest na obszarze zabudowy mieszkaniowej jednorodzinnej oznaczonej symbolem 6MN.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...32 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Na terenie nieruchomości posadowiony jest budynek mieszkalny, trzykondygnacyjny,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>zabudowie szeregowej. Powierzchnia użytkowa budynku wynosi 109,70 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Budynek został wzniesiony</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1942 r. Znajdują się</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nim dwa lokale mieszkalne. Wyposażony jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podstawowe instalacje techniczno-sanitarne. Zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>treścią mapy zasadniczej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>części zachodniej działki zlokalizowany jest ciepłociąg, podłączony do węzła cieplnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>budynku,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wzdłuż wschodniej granicy działki – sieć kanalizacji ogólnospławnej. Na terenie działki znajdują się: utwardzenia wykonane</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kostki betonowej, taras</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wylewki betonowej, schody wejściowe do budynku oraz do piwnicy</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00591FE6">
-[...16 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>węzła cieplnego, pojedyncze nasadzenia ozdobne, ogrodzenie</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siatki rozpiętej na stalowych słupkach. Budynek stanowi pustostan od 2013 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...80 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...32 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W piwnicy budynku znajduje się stanowiące własność </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SA przyłącze wodociągowe opomiarowane wodomierzem, które zasila budynki położone przy ulicy Szamotulskiej od </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">numeru 1 do 9A. Przyłącze wodociągowe stanowi własność spółki, natomiast instalacja wewnętrzna za wodomierzem nie stanowi już jej własności. Zgodnie ze stanowiskiem spółki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> najbardziej pożądane byłoby wybudowanie niezależnego przyłącza dla każdego szeregowca lub tymczasowe przeniesienie licznika</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bardziej dostępne miejsce. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...32 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na nieruchomości znajdują się stanowiące własność </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Veolia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Energia SA: przyłącze sieci cieplnej, preizolowane</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>średnicy 2xDN32, długości 4 m</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>szerokości 0,5 m,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>piwnicy budynku węzeł cieplny zasilający</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ciepło na cele grzewcze budynki położone przy ulicy Szamotulskiej od numeru 1 do 9A.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>węźle dokonuje się zmiana parametrów temperatury</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ciśnienia, regulacja</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pomiar czynnika grzewczego. Główny licznik ciepła będący urządzeniem węzła służy do rozliczeń pomiędzy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Veolia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Energia Poznań SA</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Miejskim Przedsiębiorstwem Gospodarki Mieszkaniowej SA, pomiędzy którymi zawarta została umowa nr SM6/0563/23</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00591FE6">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30 listopada 2023 r., zmieniona aneksem nr 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23 stycznia 2024 r. Granicą własności są pierwsze połączenia zaworów odcinających przed rozdzielaczami od strony instalacji wewnętrznej. Nabywca nieruchomości przy zawieraniu umowy zamiany ustanowi na rzecz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Veolia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Energia SA prawo służebności </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przesyłu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przyłącza sieci cieplnej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">długości 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00591FE6">
-[...16 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>szerokości pasa 0,5 m,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">którym to prawem związane będzie ograniczenie możliwości zabudowy, trwałych </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nasadzeń</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>trwałych form zagospodarowania gruntu nad przyłączem sieci cieplnej oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jego bezpośrednim sąsiedztwie poza stanem istniejącym. Nabywca nieruchomości przy zawieraniu umowy zamiany ustanowi również na rzecz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Veolia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Energia SA prawo użytkowania węzła cieplnego usytuowanego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>piwnicy budynku położonego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznaniu przy ulicy Szamotulskiej 5A. Użytkowanie będzie polegało na prawie swobodnego </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przesyłu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> energii,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>także prawie swobodnego dostępu do urządzeń infrastruktury ciepłowniczej,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tym węzła cieplnego,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>celu dokonywania ich konserwacji, remontów, wymiany, modernizacji oraz bieżącej obsługi związanej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ich eksploatacją. Ogranicza to możliwość swobodnego dysponowania pomieszczeniami przez właściciela, jedynie jednak</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>częściach zajętych przez urządzenia infrastruktury ciepłowniczej oraz zapewniających dostęp do tych urządzeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...56 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wartość nieruchomości wynosi 630 363,00 zł (słownie: sześćset trzydzieści tysięcy trzysta sześćdziesiąt trzy złote 00/100). Miasto Poznań jest podatnikiem podatku VAT,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dostawa nieruchomości stanowi dostawę towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rozumieniu ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 11 marca 2004 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podatku od towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>usług oraz podlega zwolnieniu</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podatku od towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>usług na podstawie art. 43 ust. 1 pkt 10,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>związku</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>czym cena nieruchomości wynosi 630 363,00 zł.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...32 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRPr="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nieruchomość jest objęta umową dzierżawy nr D/51/1031 zawartą pomiędzy Miastem Poznań</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zarządem Komunalnych Zasobów Lokalowych Sp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o.o. na czas nieoznaczony, obowiązującą od dnia 1 października 2013 r. Umowa zostanie rozwiązana za porozumieniem stron</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stosunku do tej części przedmiotu umowy dzierżawy, co do której nastąpi zbycie, na dzień zbycia tej części przedmiotu umowy dzierżawy.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1020" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC2B5A">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Miasto Poznań jest również właścicielem niewyodrębnionego lokalu mieszkalnego położonego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznaniu przy ulicy Gwarnej 11/6</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pow. 70,80 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>którym związany jest udział wynoszący 43/1000</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nieruchomości oznaczonej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ewidencji gruntów: obręb Poznań, arkusz mapy 25, działki nr 11/1, 11/2, 11/3</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>łącznej powierzchni 809 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, dla której prowadzona jest księga wieczysta gruntowa PO1P/00101538/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lokal mieszkalny nr 6 położony jest na trzeciej kondygnacji</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>budynku wybudowanym</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1910 r.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>konstrukcji tradycyjnej, murowanej, nieocieplonym,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pięciu kondygnacjach naziemnych, powierzchni zabudowy 639 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, powierzchni użytkowej 1642,70 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Lokal ma powierzchnię użytkową 70,80 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz pomieszczenie przynależne (WC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>powierzchni 1,1 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Składa się</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dwóch pokoi, kuchni, korytarza oraz skrytki. Do lokalu przynależy piwnica</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>powierzchni 3,2 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Instalacje są odłączone, częściowo zdekompletowane, podłogi</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00591FE6">
-[...16 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ściany</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubytkami. Jest pustostanem od 2012 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nieruchomość przy ulicy Gwarnej 11 położona jest na obszarze, na którym brak jest obowiązującego oraz opracowywanego miejscowego planu zagospodarowania przestrzennego.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Studium uwarunkowań</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kierunków zagospodarowania przestrzennego nieruchomość położona jest na obszarze zabudowy mieszkaniowej wielorodzinnej lub usługowej oznaczonej symbolem MW/U. Budynek nie posiada indywidualnego wpisu do rejestru zabytków, objęty jest ochroną na mocy wpisu zespołu urbanistyczno-architektonicznego centrum miasta, decyzją nr A231</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>14 marca 1980 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>związku</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tym wszystkie prace mające wpływ na zewnętrzny wygląd obiektu wymagają pozwolenia konserwatorskiego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wartość lokalu mieszkalnego wraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wartością udziału</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gruncie wynosi 505 726,00 zł (słownie: pięćset pięć tysięcy siedemset dwadzieścia sześć złotych). Miasto Poznań jest podatnikiem podatku VAT,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dostawa nieruchomości stanowi dostawę towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rozumieniu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 11 marca 2004 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podatku od towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>usług oraz podlega zwolnieniu</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podatku od towarów</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>usług na podstawie art. 43 ust. 1 pkt 10,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>związku</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>czym cena przedmiotowego lokalu mieszkalnego wraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>udziałem</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gruncie wynosi 505 726,00 zł.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Część nieruchomości odpowiadająca niewyodrębnionemu lokalowi mieszkalnemu nr 6 jest objęta umową dzierżawy nr D/51/1031 zawartą pomiędzy Miastem Poznań</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zarządem Komunalnych Zasobów Lokalowych Sp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o.o. na czas nieoznaczony, obowiązującą od 1 października 2013 r. Umowa zostanie rozwiązana za porozumieniem stron</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stosunku do tej części przedmiotu umowy dzierżawy, co do której nastąpi zbycie, na dzień zbycia tej części przedmiotu umowy dzierżawy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Miasto Poznań jest zainteresowane nabyciem od osoby fizycznej zabudowanej nieruchomości położonej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznaniu przy ulicy Dmowskiego 122, oznaczonej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ewidencji gruntów: obręb Górczyn, arkusz mapy 06, działka nr 108</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pow. 443 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dla której prowadzona jest księga wieczysta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002F2DBB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W Studium uwarunkowań</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kierunków zagospodarowania przestrzennego działka nr 108 położona jest na obszarze oznaczonym symbolem MW/MN, tj. teren zabudowy mieszkaniowej wielorodzinnej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>enklawami terenów zabudowy mieszkaniowej jednorodzinnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>W stosunku do przedmiotowego terenu opracowywany jest miejscowy plan zagospodarowania przestrzennego Rejon Górczyna część B</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznaniu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>projekcie miejscowego planu działka nr 108 położona jest na obszarze zabudowy mieszkaniowej wielorodzinnej</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>usługami oznaczonym symbolem 23MW/U</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Działka nr 108 objęta jest decyzją nr 244/2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 3 lipca 2023 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>warunkach zabudowy dla inwestycji określonej jako budowa budynku mieszkalnego wielorodzinnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dopuszczeniem usług przewidzianej do realizacji na terenie działek nr 108</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>111/3, arkusz 06, obręb Górczyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Działka nr 108 objęta jest również decyzją nr 265/2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 17 lipca 2023 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>warunkach zabudowy dla inwestycji określonej jako budowa budynku mieszkalnego wielorodzinnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dopuszczeniem usług przewidzianej do realizacji na terenie działek nr 105/2, 106, 107, 108</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>111/3, arkusz 06, obręb Górczyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Na nieruchomości znajduje się budynek mieszkalny</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>powierzchni użytkowej 194 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Budynek wzniesiono na planie regularnym, prostokątnym</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dobudowaną także prostokątną (parterową) bryłą we frontowej części po stronie południowej, trzykondygnacyjny</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>częściowo użytkowym poddaszem oraz częściowo podpiwniczony.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>obrębie działki występują także budynki garażowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gospodarcze,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>części bez trwałego posadowienia</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gruncie, drewniane, stanowiące dodatkowe zaplecze dla mieszkańców.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wartość nieruchomości wynosi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zł (słownie: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>). Dokonujący dostawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tytułu zawarcia umowy zamiany nie jest podatnikiem VAT,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zatem cena nieruchomości wynosi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mając na uwadze powyższe oraz art. 15 ust. 1 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 21 sierpnia 1997 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gospodarce nieruchomościami, ze względu na różnice</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wartościach obu nieruchomości Miasto Poznań dopłaci kontrahentowi kwotę</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wysokości </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł (słownie: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D0692">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) wynikającą</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>różnicy cen zamienianych nieruchomości</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terminie 14 dni od daty zawarcia umowy zamiany nieruchomości. Miasto Poznań co do obowiązku dopłaty poddaje się egzekucji wprost</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aktu notarialnego na podstawie art. 777 § 1 pkt 4 Kodeksu postępowania cywilnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>§ 3 ust. 1 pkt 3 uchwały Nr LXI/840/V/2009 Rady Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dnia 13 października 2009 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sprawie zasad gospodarowania nieruchomościami Miasta Poznania: „Poza przypadkami, gdy ustawa albo przepisy szczególne przewidują taki obowiązek, Prezydent Miasta Poznania nabywa nieruchomości, gdy są one niezbędne do realizacji celów publicznych, zadań własnych Miasta Poznania,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>także dla innych celów, gdy nabycie następuje</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>drodze zamiany nieruchomości”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nabycie przez Miasto Poznań działki nr 108 pozwoli na poszerzenie pola inwestycyjnego Miasta Poznania, tj. przeznaczonego na sprzedaż</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przetargu terenu położonego przy ulicy Bosej 27, składającego się</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>działek 105/2, 106 oraz 107,</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>przyczyni się tym samym do podniesienia jego wartości. Zagospodarowanie obu nieruchomości (przy ulicach Dmowskiego 122 oraz Bosej 27) przez jednego inwestora wpłynie pozytywnie na ład przestrzenny</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>możliwość jednolitego uzupełnienia pierzei</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tym fragmencie ulicy Dmowskiego.</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kolei zbycie nieruchomości przy ulicach Szamotulskiej 5a oraz Gwarnej 11/6 pozwoli na zagospodarowanie pustostanów przez prywatnego inwestora. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mając na względzie powyższe, wydanie zarządzenia jest słuszne</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416" w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00222416">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB678D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>uzasadnione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+    <w:p w:rsidR="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...97 lines deleted...]
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A" w:rsidP="00CC2B5A">
+        <w:t>DYREKTOR WYDZIAŁU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidRDefault="00BB678D" w:rsidP="00BB678D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...289 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId7"/>
+        <w:t>(-) Magda Albińska</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BB678D" w:rsidRPr="00BB678D" w:rsidSect="00BB678D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A">
+    <w:p w:rsidR="00BB1A31" w:rsidRDefault="00BB1A31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A">
+    <w:p w:rsidR="00BB1A31" w:rsidRDefault="00BB1A31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...35 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A">
+    <w:p w:rsidR="00BB1A31" w:rsidRDefault="00BB1A31">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC2B5A" w:rsidRDefault="00CC2B5A">
+    <w:p w:rsidR="00BB1A31" w:rsidRDefault="00BB1A31">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...26 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...1 lines deleted...]
-  <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...6 lines deleted...]
-    <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="AktData" w:val="3 października 2025 r."/>
-[...1 lines deleted...]
-    <w:docVar w:name="Sprawa" w:val="powołania Zespołu Doradczego do spraw Pomocy Psychologiczno-Pedagogicznej przy Prezydencie Miasta Poznania."/>
+    <w:docVar w:name="Sprawa" w:val="ogłoszenia wykazu nieruchomości położonej w Poznaniu przy ulicy Szamotulskiej 5A i lokalu mieszkalnego nr 6 położonego przy ulicy Gwarnej 11 przeznaczonych przez Miasto Poznań do zbycia w zamian za nieruchomość położoną w Poznaniu przy ulicy Dmowskiego 122."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00CC2B5A"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00F61F3F"/>
+    <w:rsidRoot w:val="00BB678D"/>
+    <w:rsid w:val="000607A3"/>
+    <w:rsid w:val="001B1D53"/>
+    <w:rsid w:val="0022095A"/>
+    <w:rsid w:val="00222416"/>
+    <w:rsid w:val="002946C5"/>
+    <w:rsid w:val="002C29F3"/>
+    <w:rsid w:val="002F2DBB"/>
+    <w:rsid w:val="003D0692"/>
+    <w:rsid w:val="00796326"/>
+    <w:rsid w:val="00A87E1B"/>
+    <w:rsid w:val="00AA04BE"/>
+    <w:rsid w:val="00BB1A14"/>
+    <w:rsid w:val="00BB1A31"/>
+    <w:rsid w:val="00BB678D"/>
+    <w:rsid w:val="00FA63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="14B1E931"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{906B3E61-5D7B-4043-9A9B-5341EB27EBC7}"/>
+  <w15:docId w15:val="{0000D806-886C-4EB4-B4FA-BAA02E5AD907}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2959,175 +5066,168 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
-  </w:style>
-[...12 lines deleted...]
-    <w:basedOn w:val="Normalny"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...15 lines deleted...]
-      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00565809"/>
+    <w:rsid w:val="00FA63B5"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:rsid w:val="00796326"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3383,72 +5483,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
+  <Template>Uzasadnienie_PZPM</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2888</Characters>
+  <Pages>1</Pages>
+  <Words>1614</Words>
+  <Characters>9690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+      <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3363</CharactersWithSpaces>
+  <CharactersWithSpaces>11282</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:title>UZASADNIENIE </dc:title>
   <dc:subject/>
   <dc:creator>Iwona Kubicka</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>