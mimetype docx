--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -19,52 +19,52 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
       </w:r>
       <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
         <w:t xml:space="preserve">NR </w:t>
       </w:r>
       <w:fldSimple w:instr=" DOCVARIABLE  AktNr  \* MERGEFORMAT ">
-        <w:r w:rsidR="00DE241E">
-          <w:t>701/2025/P</w:t>
+        <w:r w:rsidR="003223FC">
+          <w:t>697/2025/P</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -87,63 +87,63 @@
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009773E3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
       <w:r w:rsidR="000A5BC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000A5BC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> DOCVARIABLE  AktData  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DE241E">
+      <w:r w:rsidR="003223FC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00DE241E">
+      <w:r w:rsidR="003223FC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7 października 2025 r.</w:t>
+        <w:t>3 października 2025 r.</w:t>
       </w:r>
       <w:r w:rsidR="000A5BC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B" w:rsidP="00C2632A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C2632A" w:rsidRDefault="00C2632A" w:rsidP="00C2632A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -211,869 +211,1119 @@
           <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00DE241E">
+            <w:r w:rsidR="003223FC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DE241E">
+            <w:r w:rsidR="003223FC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>zarządzenie</w:t>
             </w:r>
-            <w:r w:rsidR="00CF0ECB">
+            <w:r w:rsidR="00D656BC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="00DE241E">
+            <w:r w:rsidR="003223FC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>sprawie powołania Komitetu Sterującego odpowiedzialnego za integrację procesu zarządzania strategicznego</w:t>
+              <w:t>sprawie upoważnienia Dyrektora Zakładu Lasów Poznańskich – zakładu budżetowego, do działania</w:t>
             </w:r>
-            <w:r w:rsidR="00CF0ECB">
+            <w:r w:rsidR="00D656BC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i </w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="00DE241E">
+            <w:r w:rsidR="003223FC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>wieloletniego planowania budżetowego.</w:t>
+              <w:t>imieniu Gminy Miasta Poznania</w:t>
+            </w:r>
+            <w:r w:rsidR="00D656BC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="003223FC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>zakresie usuwania drzew lub krzewów stanowiących złomy lub wywroty.</w:t>
             </w:r>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C2632A" w:rsidRPr="009773E3" w:rsidRDefault="00C2632A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="p0"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00DE241E">
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Na podstawie art. 30 ust. 2 pkt 2 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dnia 8 marca 1990 r.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>samorządzie gminnym (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>t.j</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>. Dz. U.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1153) oraz § 2 ust. 4 zarządzenia Nr 846/2016/P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...63 lines deleted...]
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 5 grudnia 2016 r. zarządza się co następuje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="003223FC" w:rsidRPr="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z1"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00DE241E">
-[...22 lines deleted...]
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W zarządzeniu Nr 846/2016/P Prezydenta Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 5 grudnia 2016 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...15 lines deleted...]
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprawie upoważnienia Dyrektora Lasów Poznańskich – zakładu budżetowego, do działania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imieniu Gminy Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...26 lines deleted...]
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zakresie usuwania drzew lub krzewów stanowiących złomy lub wywroty wprowadza się następujące zmiany:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRPr="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) § 1 otrzymuje brzmienie: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRPr="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Udziela się upoważnienia Dyrektorowi Zakładu Lasów Poznańskich do działania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imieniu Gminy Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zakresie usuwania drzew lub krzewów stanowiących złomy lub wywroty na działkach stanowiących własność Miasta Poznania lub Skarbu Państwa,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>będących</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dyspozycji Prezydenta Miasta Poznania,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zachowaniem przepisów ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ochronie przyrody”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) zmienia się załącznik nr 1 do zarządzenia, który otrzymuje brzmienie określone</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>załączniku do niniejszego zarządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>§ 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z2"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00DE241E">
-[...15 lines deleted...]
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z dniem podpisania niniejszego zarządzenia uchyla się zarządzenie Nr 239/2024/P Prezydenta Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
-[...8 lines deleted...]
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 4 marca 2024 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z3"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wykonanie zarządzenia powierza się Dyrektorowi Zakładu Lasów Poznańskich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z4"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zarządzenie wchodzi</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>życie</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB" w:rsidRPr="00DE241E">
+      <w:r w:rsidR="00D656BC" w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00CF0ECB">
+      <w:r w:rsidR="00D656BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE241E">
+      <w:r w:rsidRPr="003223FC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dniem podpisania.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(-) Mariusz Wiśniewski</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DE241E" w:rsidRPr="00DE241E" w:rsidRDefault="00DE241E" w:rsidP="00DE241E">
+        <w:t xml:space="preserve">(-) Natalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Weremczuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00DE241E" w:rsidRPr="00DE241E" w:rsidSect="00DE241E">
+        <w:t xml:space="preserve">ZASTĘPCZYNI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003223FC" w:rsidRPr="003223FC" w:rsidRDefault="003223FC" w:rsidP="003223FC">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="7371"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003223FC" w:rsidRPr="003223FC" w:rsidSect="003223FC">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -1104,58 +1354,58 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE241E" w:rsidRDefault="00DE241E">
+    <w:p w:rsidR="003223FC" w:rsidRDefault="003223FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30555834"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="09B4B6E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -1208,126 +1458,126 @@
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="AktData" w:val="7 października 2025 r."/>
-[...1 lines deleted...]
-    <w:docVar w:name="Sprawa" w:val="zarządzenie w sprawie powołania Komitetu Sterującego odpowiedzialnego za integrację procesu zarządzania strategicznego i wieloletniego planowania budżetowego."/>
+    <w:docVar w:name="AktData" w:val="3 października 2025 r."/>
+    <w:docVar w:name="AktNr" w:val="697/2025/P"/>
+    <w:docVar w:name="Sprawa" w:val="zarządzenie w sprawie upoważnienia Dyrektora Zakładu Lasów Poznańskich – zakładu budżetowego, do działania w imieniu Gminy Miasta Poznania w zakresie usuwania drzew lub krzewów stanowiących złomy lub wywroty."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00DE241E"/>
+    <w:rsidRoot w:val="003223FC"/>
     <w:rsid w:val="0003528D"/>
     <w:rsid w:val="00072485"/>
     <w:rsid w:val="000A5BC9"/>
     <w:rsid w:val="000B2C44"/>
     <w:rsid w:val="000E2E12"/>
     <w:rsid w:val="00167A3B"/>
     <w:rsid w:val="0017594F"/>
     <w:rsid w:val="001E3D52"/>
+    <w:rsid w:val="003223FC"/>
     <w:rsid w:val="00326E26"/>
     <w:rsid w:val="003679C6"/>
     <w:rsid w:val="004A64F6"/>
     <w:rsid w:val="004C5AE8"/>
     <w:rsid w:val="00565809"/>
     <w:rsid w:val="005A6C39"/>
     <w:rsid w:val="005C6BB7"/>
     <w:rsid w:val="005E453F"/>
     <w:rsid w:val="0065477E"/>
     <w:rsid w:val="006A2966"/>
     <w:rsid w:val="006B21B2"/>
     <w:rsid w:val="00760F01"/>
     <w:rsid w:val="00853287"/>
     <w:rsid w:val="00860838"/>
     <w:rsid w:val="009773E3"/>
     <w:rsid w:val="009865C7"/>
     <w:rsid w:val="00AA184A"/>
     <w:rsid w:val="00AB15C2"/>
     <w:rsid w:val="00B55223"/>
     <w:rsid w:val="00BA113A"/>
     <w:rsid w:val="00BB3401"/>
     <w:rsid w:val="00C2632A"/>
     <w:rsid w:val="00C5423F"/>
     <w:rsid w:val="00CB05CD"/>
     <w:rsid w:val="00CD3B7B"/>
     <w:rsid w:val="00CE5304"/>
-    <w:rsid w:val="00CF0ECB"/>
+    <w:rsid w:val="00D656BC"/>
     <w:rsid w:val="00D672EE"/>
     <w:rsid w:val="00D871A6"/>
-    <w:rsid w:val="00DE241E"/>
     <w:rsid w:val="00DF41AC"/>
     <w:rsid w:val="00E30060"/>
     <w:rsid w:val="00F357A1"/>
     <w:rsid w:val="00F61F3F"/>
     <w:rsid w:val="00F6226F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5E312743-DBDA-4DC9-8386-7081682B361B}"/>
+  <w15:docId w15:val="{2230F642-52C1-40FB-9ECF-08660AA7EC16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1964,69 +2214,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Projekt_PZPM_zmiana</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>182</Words>
-  <Characters>1095</Characters>
+  <Words>259</Words>
+  <Characters>1557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1275</CharactersWithSpaces>
+  <CharactersWithSpaces>1813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
   <dc:subject/>
   <dc:creator>Iwona Kubicka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>