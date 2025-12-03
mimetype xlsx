--- v0 (2025-10-11)
+++ v1 (2025-12-03)
@@ -1,556 +1,1451 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:body>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA63B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>w sprawie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>powołania Komisji Konkursowej</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>celu zaopiniowania ofert złożonych</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ramach otwartego konkursu ofert nr 141/2025 na powierzenie realizacji zadania Miasta Poznania</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>obszarze pomocy społecznej,</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>tym pomocy rodzinom</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osobom</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>trudnej sytuacji życiowej oraz wyrównywania szans tych rodzin</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osób,</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21F6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5C75">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 roku. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="008D5C75" w:rsidRDefault="00FA63B5" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>art. 15 ust. 2a ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wolontariacie (t.j. Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2024 r. poz. 1491) organ administracji publicznej ogłaszający otwarty konkurs ofert powołuje komisję konkursową</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>celu opiniowania złożonych ofert. Dla sprawnego przeprowadzenia procedury konkursów ogłaszanych przez Prezydenta Miasta Poznania na powierzenie realizacji zadań Miasta konieczne jest powołanie komisji konkursowej opiniującej oferty składane przez podmioty ubiegające się</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>finansowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>budżetu Miasta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W skład Komisji Konkursowej wchodzi trzech przedstawicieli Prezydenta Miasta Poznania oraz dwóch przedstawicieli organizacji pozarządowych. Udział organizacji pozarządowych jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pełni uzasadniony koniecznością zachowania transparentności działań związanych</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dysponowaniem środkami publicznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W dniu 25 września 2025 roku Prezydent Miasta Poznania ogłosił otwarty konkurs ofert nr 141/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obszarze pomocy społecznej,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tym pomocy rodzinom</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osobom</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>trudnej sytuacji życiowej oraz wyrównywania szans tych rodzin</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osób,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2026 roku, znak sprawy: ZSS-XIII.524.20.1.2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Rada Miasta Poznania, na mocy uchwały Nr XI/188/IX/2024 Rady Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 19 listopada 2024 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sprawie przyjęcia Programu współpracy Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>organizacjami pozarządowymi oraz podmiotami,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>których mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>art. 3 ust. 3 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wolontariacie na 2025 rok, zobowiązała Prezydenta do powoływania komisji konkursowych, które przedstawiają opinię</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ofertach złożonych</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6" w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA21F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>otwartych konkursach na realizację zadań Miasta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5C75">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>W świetle powyższego przyjęcie zarządzenia jest zasadne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZASTĘPCZYNI DYREKTORKI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidRDefault="008D5C75" w:rsidP="008D5C75">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(-) Dorota Potejko</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008D5C75" w:rsidRPr="008D5C75" w:rsidSect="008D5C75">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</calcChain>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...81 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...387 lines deleted...]
-</styleSheet>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008D5C75" w:rsidRDefault="008D5C75">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:doNotBreakWrappedTables/>
+    <w:doNotSnapToGridInCell/>
+    <w:selectFldWithFirstOrLastChar/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="Sprawa" w:val="powołania Komisji Konkursowej w celu zaopiniowania ofert złożonych w ramach otwartego konkursu ofert nr 141/2025 na powierzenie realizacji zadania Miasta Poznania w obszarze pomocy społecznej, w tym pomocy rodzinom i osobom w trudnej sytuacji życiowej oraz wyrównywania szans tych rodzin i osób, w 2025 i 2026 roku. "/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="008D5C75"/>
+    <w:rsid w:val="000607A3"/>
+    <w:rsid w:val="001B1D53"/>
+    <w:rsid w:val="0022095A"/>
+    <w:rsid w:val="002946C5"/>
+    <w:rsid w:val="002C29F3"/>
+    <w:rsid w:val="00796326"/>
+    <w:rsid w:val="008D5C75"/>
+    <w:rsid w:val="00A87E1B"/>
+    <w:rsid w:val="00AA04BE"/>
+    <w:rsid w:val="00BA21F6"/>
+    <w:rsid w:val="00BB1A14"/>
+    <w:rsid w:val="00FA63B5"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{8CAAFA01-0C0B-4CCF-98D9-7D53ECF7D47F}"/>
+</w:settings>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:rsid w:val="00FA63B5"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:rsid w:val="00796326"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -558,86 +1453,86 @@
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -759,411 +1654,83 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...344 lines deleted...]
-</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Uzasadnienie_PZPM</Template>
   <TotalTime></TotalTime>
-  <Application>Microsoft Excel</Application>
+  <Pages>2</Pages>
+  <Words>310</Words>
+  <Characters>1862</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arkusze</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Arkusz1</vt:lpstr>
+      <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Marcin Lijewski</dc:creator>
+  <dc:title>UZASADNIENIE </dc:title>
+  <dc:subject/>
+  <dc:creator>ŁW</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>