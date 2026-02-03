--- v0 (2025-12-02)
+++ v1 (2026-02-03)
@@ -1,2669 +1,1030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+      <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="20" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2721"/>
-        <w:gridCol w:w="6350"/>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445F4A" w:rsidRPr="002B08D2">
+      <w:tr w:rsidR="00FA63B5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2721" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="005822B2">
-[...7 lines deleted...]
-              <w:t>Nazwa konkursu:</w:t>
+            <w:r>
+              <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6350" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="005C3CBE" w:rsidP="005822B2">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>Otwarty konkurs ofert nr 11/2025</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> Miasta Poznania w obszarze wspierania rodziny i syste</w:t>
+              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>mu pieczy zastępczej w roku 2025</w:t>
+              <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00445F4A" w:rsidRPr="005822B2">
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t>powołania Komisji Konkursowej</w:t>
+            </w:r>
+            <w:r w:rsidR="009920B7">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Organizator:</w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t>celu zaopiniowania ofert złożonych</w:t>
+            </w:r>
+            <w:r w:rsidR="009920B7">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Miasto Poznań, Wydział Zdrowia i Spraw Społecznych</w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t>ramach otwartego konkursu ofert nr 43/2026 na powierzenie realizacji zadań Miasta Poznania</w:t>
+            </w:r>
+            <w:r w:rsidR="009920B7">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Termin realizacji zadań:</w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>obszarze wspierania rodziny</w:t>
+            </w:r>
+            <w:r w:rsidR="009920B7">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>1.01.2025</w:t>
+              <w:t xml:space="preserve"> i </w:t>
             </w:r>
-            <w:r w:rsidR="00B66B03">
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>systemu pieczy zastępczej</w:t>
             </w:r>
-            <w:r w:rsidR="0017208D">
+            <w:r w:rsidR="009920B7">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>–</w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="00B66B03">
+            <w:r w:rsidR="001F1290">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>roku 2026.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>31.12.2025</w:t>
-[...121 lines deleted...]
-              <w:t>,00 zł</w:t>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="006C41D0">
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="001F1290" w:rsidRDefault="00FA63B5" w:rsidP="001F1290">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRPr="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...12 lines deleted...]
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>art. 15 ust. 2a ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wolontariacie (Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1338</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>późn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. zm.) oraz zarządzeniem Nr 854/2023/P Prezydenta Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 15 listopada 2023 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sprawie procedowania przy zlecaniu zadań publicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>trybie otwartych konkursów ofert, zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>zapisami ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wolontariacie - organ administracji publicznej ogłaszający otwarty konkurs ofert powołuje komisję konkursową</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>celu opiniowania złożonych ofert. Dla sprawnego przeprowadzenia procedury konkursów ogłaszanych przez Prezydenta Miasta Poznania na powierzenie realizacji zadań Miasta Poznania konieczne jest powołanie komisji konkursowej opiniującej oferty składane przez podmioty ubiegające się</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>finansowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ramach projektu „Wsparcie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>deinstytucjonalizacji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieczy zastępczej</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>podregionie poznańskim”</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Programu Regionalnego Fundusze Europejskie dla Wielkopolski 2021-2027 (FEW) współfinansowanego ze środków Europejskiego Funduszu Społecznego Plus (EFS+), działanie 6.15 Wsparcie rodziny</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>systemu pieczy zastępczej, nr umowy: FEWP.06.15-IZ.00-0002/23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRPr="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...1235 lines deleted...]
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W skład Komisji wchodzi trzech przedstawicieli Prezydenta Miasta Poznania oraz dwóch przedstawicieli organizacji pozarządowych. Udział organizacji pozarządowych jest</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pełni uzasadniony koniecznością zachowania transparentności działań związanych</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dysponowaniem środkami publicznymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRPr="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W dniu 18 listopada 2025 r. Prezydent Miasta Poznania ogłosił otwarty konkurs ofert nr 43/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obszarze wspierania rodziny</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7" w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="009920B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>systemu pieczy zastępczej na 2026 rok, znak sprawy: ZSS-XIV.524.18.1.2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...76 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:r w:rsidRPr="001F1290">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W świetle powyższego przyjęcie zarządzenia jest zasadne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZASTĘPCZYNI DYREKTORKI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F1290" w:rsidRPr="001F1290" w:rsidRDefault="001F1290" w:rsidP="001F1290">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(-) Dorota </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Potejko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="001F1290" w:rsidRPr="001F1290" w:rsidSect="001F1290">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:noEndnote/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...144 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="001F1290" w:rsidRDefault="001F1290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...131 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:doNotBreakWrappedTables/>
+    <w:doNotSnapToGridInCell/>
+    <w:selectFldWithFirstOrLastChar/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="Sprawa" w:val="powołania Komisji Konkursowej w celu zaopiniowania ofert złożonych w ramach otwartego konkursu ofert nr 43/2026 na powierzenie realizacji zadań Miasta Poznania w obszarze wspierania rodziny i systemu pieczy zastępczej w roku 2026."/>
+  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00867238"/>
-[...89 lines deleted...]
-    <w:rsid w:val="00FF3392"/>
+    <w:rsidRoot w:val="001F1290"/>
+    <w:rsid w:val="000607A3"/>
+    <w:rsid w:val="001B1D53"/>
+    <w:rsid w:val="001F1290"/>
+    <w:rsid w:val="0022095A"/>
+    <w:rsid w:val="002946C5"/>
+    <w:rsid w:val="002C29F3"/>
+    <w:rsid w:val="00796326"/>
+    <w:rsid w:val="009920B7"/>
+    <w:rsid w:val="00A87E1B"/>
+    <w:rsid w:val="00AA04BE"/>
+    <w:rsid w:val="00BB1A14"/>
+    <w:rsid w:val="00FA63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1D6D7AAC"/>
-  <w15:docId w15:val="{1E7D3FEF-7F8B-483B-8206-A22D60B3EB7B}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{284C53C9-B9C6-4494-9B50-459E72F6DBAD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...156 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2812,460 +1173,493 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F04A59"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="NagwekZnak"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005822B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
-[...4 lines deleted...]
-    <w:rsid w:val="005822B2"/>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:rsid w:val="00FA63B5"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="StopkaZnak"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005822B2"/>
+    <w:rsid w:val="00796326"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="005822B2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Uzasadnienie_PZPM</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1116</Characters>
+  <Pages>2</Pages>
+  <Words>302</Words>
+  <Characters>1815</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1300</CharactersWithSpaces>
+  <CharactersWithSpaces>2113</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>UZASADNIENIE </dc:title>
   <dc:subject/>
-  <dc:creator>Marlena Awuku</dc:creator>
+  <dc:creator>Iwona Kubicka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>