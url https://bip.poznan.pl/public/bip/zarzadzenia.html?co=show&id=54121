--- v0 (2025-12-02)
+++ v1 (2026-02-02)
@@ -7,819 +7,1157 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">UZASADNIENIE </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5" w:rsidTr="00E4677A">
+      <w:tr w:rsidR="00FA63B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00E4677A">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00E4677A">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00E4677A">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00E4677A">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidR="0028134A" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>rozstrzygnięcia otwartego konkursu ofert nr 8/2026 na realizację zadania publicznego pt. „Zorganizowanie</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>zapewnienie funkcjonowania miejsc dla osób starszych</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osób</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>niepełnosprawnością</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidR="0028134A" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>mieszkaniach wspomaganych wraz</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>usługami świadczonymi</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidR="0028134A" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>tych mieszkaniach na terenie miasta Poznania”</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidR="0028134A" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>obszarze pomocy społecznej,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>tym pomocy rodzinom</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> i </w:t>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidR="0028134A" w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osobom</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="005920C9" w:rsidRPr="00E4677A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E4677A">
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>trudnej sytuacji życiowej oraz wyrównywania szans tych rodzin</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>osób,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE225A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00B97835">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2026 roku.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="005920C9" w:rsidRDefault="00FA63B5" w:rsidP="005920C9">
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="00B97835" w:rsidRDefault="00FA63B5" w:rsidP="00B97835">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z1"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="2" w:name="z1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="005920C9" w:rsidRPr="005920C9" w:rsidRDefault="005920C9" w:rsidP="005920C9">
+    <w:p w:rsidR="00B97835" w:rsidRPr="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005920C9">
+      <w:r w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Zgodnie</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...11 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>treścią art. 11 ust. 1 pkt 2 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...11 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>działalności pożytku publicznego</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...5 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>wolontariacie (Dz. U.</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...47 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1338 t.j.) organy administracji samorządowej powierzają realizację zadań publicznych poprzez udzielanie dotacji na dofinansowanie zleconego zadania organizacjom pozarządowym oraz podmiotom wymienionym</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...11 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>art. 3 ust. 3, prowadzącym działalność statutową</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...201 lines deleted...]
-        <w:t>systemu pieczy zastępczej, nr umowy: FEWP.06.15-IZ.00-0002/23.</w:t>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obszarze objętym konkursem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005920C9" w:rsidRPr="005920C9" w:rsidRDefault="005920C9" w:rsidP="005920C9">
+    <w:p w:rsidR="00B97835" w:rsidRPr="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005920C9">
-[...5 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W dniu 14 października 2025 roku (znak sprawy: ZSS-XIII.524.23.1.2025) Prezydent Miasta Poznania ogłosił konkurs ofert nr 8/2026 na realizację zadania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...11 lines deleted...]
-      <w:r w:rsidR="0028134A" w:rsidRPr="005920C9">
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obszarze pomocy społecznej,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tym pomocy rodzinom</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osobom</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>trudnej sytuacji życiowej, oraz wyrównywania szans tych rodzin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osób poprzez zorganizowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>zapewnienie funkcjonowania miejsc dla osób starszych</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osób</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="0028134A">
-[...9 lines deleted...]
-        <w:t>dysponowaniem środkami publicznymi.</w:t>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>niepełnosprawnością</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mieszkaniu wspomaganym wraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>usługami świadczonymi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tych mieszkaniach na terenie miasta Poznania.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>odpowiedzi na ogłoszony konkurs wpłynęła jedna oferta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005920C9" w:rsidRPr="005920C9" w:rsidRDefault="005920C9" w:rsidP="005920C9">
-[...53 lines deleted...]
-    <w:p w:rsidR="005920C9" w:rsidRDefault="005920C9" w:rsidP="005920C9">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005920C9">
-[...3 lines deleted...]
-        <w:t>W świetle powyższego przyjęcie zarządzenia jest zasadne.</w:t>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Zarządzeniem Nr 790/2025/P Prezydenta Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 27 października 2025 roku powołana została Komisja Konkursowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>celu zaopiniowania ofert złożonych</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ramach otwartego konkursu ofert</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>obszarze „Pomoc społeczna,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tym pomoc rodzinom</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osobom</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>trudnej sytuacji życiowej oraz wyrównywanie szans tych rodzin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osób”. Na posiedzeniu zdalnym</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dniu 20 listopada 2025 roku komisja zaopiniowała pozytywnie ofertę wskazaną</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">załączniku do zarządzenia. Oferent spełnia kryteria niezbędne do realizacji zadania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>dotyczącego zorganizowania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>zapewnienia funkcjonowania miejsc dla osób starszych</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>osób</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>niepełnosprawnością</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mieszkaniach wspomaganych wraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>usługami świadczonymi</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tych mieszkaniach na terenie miasta Poznania.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>świetle powyższego wydanie zarządzenia jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A" w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE225A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97835">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pełni uzasadnione.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005920C9" w:rsidRDefault="005920C9" w:rsidP="00750030">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
       <w:pPr>
         <w:keepNext/>
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ZASTĘPCZYNI DYREKTORKI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005920C9" w:rsidRPr="005920C9" w:rsidRDefault="005920C9" w:rsidP="005920C9">
+    <w:p w:rsidR="00B97835" w:rsidRPr="00B97835" w:rsidRDefault="00B97835" w:rsidP="00B97835">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(-) Dorota Potejko</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005920C9" w:rsidRPr="005920C9" w:rsidSect="005920C9">
+    <w:sectPr w:rsidR="00B97835" w:rsidRPr="00B97835" w:rsidSect="00B97835">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E4677A" w:rsidRDefault="00E4677A">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E4677A" w:rsidRDefault="00E4677A">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E4677A" w:rsidRDefault="00E4677A">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E4677A" w:rsidRDefault="00E4677A">
+    <w:p w:rsidR="00B97835" w:rsidRDefault="00B97835">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
@@ -830,95 +1168,93 @@
   <w:compat>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="Sprawa" w:val="powołania Komisji Konkursowej w celu zaopiniowania ofert złożonych w ramach otwartego konkursu ofert nr 42/2026 na powierzenie realizacji zadań Miasta Poznania w obszarze wspierania rodziny i systemu pieczy zastępczej w roku 2026."/>
+    <w:docVar w:name="Sprawa" w:val="rozstrzygnięcia otwartego konkursu ofert nr 8/2026 na realizację zadania publicznego pt. „Zorganizowanie i zapewnienie funkcjonowania miejsc dla osób starszych i osób z niepełnosprawnością w mieszkaniach wspomaganych wraz z usługami świadczonymi w tych mieszkaniach na terenie miasta Poznania” w obszarze pomocy społecznej, w tym pomocy rodzinom i osobom w trudnej sytuacji życiowej oraz wyrównywania szans tych rodzin i osób, w 2026 roku."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="005920C9"/>
+    <w:rsidRoot w:val="00B97835"/>
     <w:rsid w:val="000607A3"/>
     <w:rsid w:val="001B1D53"/>
     <w:rsid w:val="0022095A"/>
-    <w:rsid w:val="0028134A"/>
     <w:rsid w:val="002946C5"/>
     <w:rsid w:val="002C29F3"/>
-    <w:rsid w:val="005920C9"/>
-    <w:rsid w:val="00750030"/>
     <w:rsid w:val="00796326"/>
     <w:rsid w:val="00A87E1B"/>
     <w:rsid w:val="00AA04BE"/>
+    <w:rsid w:val="00B97835"/>
     <w:rsid w:val="00BB1A14"/>
-    <w:rsid w:val="00E4677A"/>
+    <w:rsid w:val="00CE225A"/>
     <w:rsid w:val="00FA63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{788FF63E-6326-49DC-9E0A-428A7962AC22}"/>
+  <w15:docId w15:val="{2C2E25B3-A27B-40CB-A304-182FAE33368B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1504,71 +1840,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Uzasadnienie_PZPM</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1812</Characters>
+  <Pages>2</Pages>
+  <Words>340</Words>
+  <Characters>2042</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2110</CharactersWithSpaces>
+  <CharactersWithSpaces>2378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UZASADNIENIE </dc:title>
   <dc:subject/>
   <dc:creator>ŁW</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>