--- v0 (2025-12-02)
+++ v1 (2026-01-28)
@@ -1,2018 +1,2698 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
-[...23 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00F91BF4">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>P</w:t>
+        <w:t xml:space="preserve">Załącznik nr </w:t>
       </w:r>
-      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+      <w:r w:rsidRPr="0028394C">
         <w:rPr>
           <w:b/>
+          <w:noProof/>
         </w:rPr>
-        <w:t>R</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>EZYDENTA</w:t>
+        <w:t xml:space="preserve"> do zarządzenia Nr </w:t>
       </w:r>
-      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+      <w:r w:rsidR="00617902">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
+        <w:t>815/2025/P</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00F91BF4">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="5672"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
-      <w:pPr>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00F91BF4">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:ind w:left="5672"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00617902">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>26.11.2025 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRPr="00DA50B6" w:rsidRDefault="008C505B" w:rsidP="00DA50B6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00DA50B6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00DA50B6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="005526E9">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...49 lines deleted...]
-        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="003035A8">
         <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Komisja d</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003035A8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wyłonienia kandydata na stanowisko dyrektora</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028394C">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szkoły Podstawowej nr 70 im. Mikołaja Kopernika</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w Poznaniu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028394C">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ul. Piękna 37</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...227 lines deleted...]
-          <w:tab w:val="left" w:leader="dot" w:pos="11907"/>
+    <w:p w:rsidR="008C505B" w:rsidRPr="005526E9" w:rsidRDefault="008C505B" w:rsidP="005526E9">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
-      <w:pPr>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="00F011F3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="p0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E71E8E">
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00F011F3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Na podstawie art. 30 ust. 1 ustawy</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0021537B" w:rsidRPr="00E71E8E">
+      </w:pPr>
+      <w:r w:rsidRPr="006D45AC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> z</w:t>
-[...223 lines deleted...]
-        <w:t>późn. zm.) zarządza się, co następuje:</w:t>
+        <w:t>Skład komisji konkursowej:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
-[...38 lines deleted...]
-    <w:p w:rsidR="00E71E8E" w:rsidRPr="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
+    <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z1"/>
-[...248 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E71E8E" w:rsidRPr="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="113" w:type="dxa"/>
+          <w:right w:w="113" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3918"/>
+        <w:gridCol w:w="5144"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Joanna Paśka-Woźniak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00D42695">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel organu prowadzącego</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00854452">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przewodnicząca komisji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Przemysław Foligowski</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00854452">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel organu prowadzącego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aneta Barczak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00854452">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel organu prowadzącego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Magdalena Gawrońska-Garstka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00D42695">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>organu sprawującego nadzór pedagogiczny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ewa Krawczyk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00D42695">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:firstLine="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>organu sprawującego nadzór pedagogiczny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Weronika Kociemba-Trawińska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00D42695">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="-4" w:firstLine="19"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>organu sprawującego nadzór pedagogiczny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00A9105C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anna Czajewicz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00854452">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel Rady Pedagogicznej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kinga Kruszewska-Kościuszenko</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel Rady Pedagogicznej</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marzena Szajek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel Rady </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rodziców </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Natalia Drab-Albuquerque</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel Rady </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rodziców </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kinga Sarna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przedstawiciel Związku Nauczycielstwa Polskiego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028394C">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izabela Lorenz-Sikorska</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2838" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="003745DC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:ind w:left="15"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">przedstawiciel NSZZ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D45AC">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Solidarność</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...148 lines deleted...]
-      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z2"/>
-[...216 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
-[...40 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="006D45AC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z3"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E71E8E">
+    </w:p>
+    <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B" w:rsidP="006D45AC">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Rozwiązanie Komisji Konkursowej nastąpi na mocy niniejszego zarządzenia po dokonaniu wyboru najkorzystniejszych ofert.</w:t>
-      </w:r>
+        <w:sectPr w:rsidR="008C505B" w:rsidSect="006D45AC">
+          <w:footerReference w:type="even" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="272"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
-      <w:pPr>
+    <w:p w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidRDefault="008C505B" w:rsidP="006D45AC">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4536"/>
+          <w:tab w:val="clear" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...39 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z4"/>
-[...32 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E" w:rsidP="00E71E8E">
-[...173 lines deleted...]
-      <w:footerReference w:type="even" r:id="rId7"/>
+    <w:sectPr w:rsidR="008C505B" w:rsidRPr="006D45AC" w:rsidSect="008C505B">
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E">
+    <w:p w:rsidR="00017274" w:rsidRDefault="00017274">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E">
+    <w:p w:rsidR="00017274" w:rsidRDefault="00017274">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="008C505B" w:rsidRDefault="008C505B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00353636" w:rsidRDefault="00353636">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00353636" w:rsidRDefault="00353636">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00353636" w:rsidRDefault="00353636">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00353636" w:rsidRDefault="00353636">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E">
+    <w:p w:rsidR="00017274" w:rsidRDefault="00017274">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E71E8E" w:rsidRDefault="00E71E8E">
+    <w:p w:rsidR="00017274" w:rsidRDefault="00017274">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="2F10387F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC8C7B6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="412"/>
+        </w:tabs>
+        <w:ind w:left="412" w:hanging="109"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1455"/>
+        </w:tabs>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2175"/>
+        </w:tabs>
+        <w:ind w:left="2175" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2895"/>
+        </w:tabs>
+        <w:ind w:left="2895" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3615"/>
+        </w:tabs>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4335"/>
+        </w:tabs>
+        <w:ind w:left="4335" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5055"/>
+        </w:tabs>
+        <w:ind w:left="5055" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5775"/>
+        </w:tabs>
+        <w:ind w:left="5775" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6495"/>
+        </w:tabs>
+        <w:ind w:left="6495" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="30555834"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="09B4B6E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="60E15DA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30CE95CA"/>
+    <w:lvl w:ilvl="0" w:tplc="8C2265A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="397"/>
+        </w:tabs>
+        <w:ind w:left="397" w:hanging="109"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="1">
+    <w:nsid w:val="74E725E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="364C6132"/>
+    <w:lvl w:ilvl="0" w:tplc="8C2265A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="412"/>
+        </w:tabs>
+        <w:ind w:left="412" w:hanging="109"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1455"/>
+        </w:tabs>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2175"/>
+        </w:tabs>
+        <w:ind w:left="2175" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2895"/>
+        </w:tabs>
+        <w:ind w:left="2895" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3615"/>
+        </w:tabs>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4335"/>
+        </w:tabs>
+        <w:ind w:left="4335" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5055"/>
+        </w:tabs>
+        <w:ind w:left="5055" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5775"/>
+        </w:tabs>
+        <w:ind w:left="5775" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6495"/>
+        </w:tabs>
+        <w:ind w:left="6495" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
-  <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...23 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="AktData" w:val="28 listopada 2025 r."/>
-[...1 lines deleted...]
-    <w:docVar w:name="Sprawa" w:val="powołania Komisji Konkursowej w celu zaopiniowania ofert złożonych w ramach otwartego konkursu ofert nr 37/2026 na wspieranie realizacji zadań Miasta Poznania w obszarze „Pomoc społeczna, w tym pomoc rodzinom i osobom w trudnej sytuacji życiowej oraz wyrównywanie szans tych rodzin i osób” w 2026 r."/>
+    <w:docVar w:name="AktData" w:val=".......................... ...... r."/>
+    <w:docVar w:name="Załącznik" w:val="Załącznik Nr 1 do zarządzenia Nr ...................."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00E71E8E"/>
-[...34 lines deleted...]
-    <w:rsid w:val="00CB05CD"/>
+    <w:rsidRoot w:val="00CD3B7B"/>
+    <w:rsid w:val="000013C1"/>
+    <w:rsid w:val="00001C3B"/>
+    <w:rsid w:val="0000235E"/>
+    <w:rsid w:val="0001168E"/>
+    <w:rsid w:val="000134F0"/>
+    <w:rsid w:val="00013A4D"/>
+    <w:rsid w:val="00017274"/>
+    <w:rsid w:val="00023FE5"/>
+    <w:rsid w:val="00026985"/>
+    <w:rsid w:val="00026F09"/>
+    <w:rsid w:val="00027624"/>
+    <w:rsid w:val="0004160E"/>
+    <w:rsid w:val="00041C21"/>
+    <w:rsid w:val="00045A6B"/>
+    <w:rsid w:val="00046402"/>
+    <w:rsid w:val="00051E28"/>
+    <w:rsid w:val="00052C3E"/>
+    <w:rsid w:val="00054DE0"/>
+    <w:rsid w:val="0005672D"/>
+    <w:rsid w:val="0006210E"/>
+    <w:rsid w:val="00067758"/>
+    <w:rsid w:val="00067E9A"/>
+    <w:rsid w:val="00071272"/>
+    <w:rsid w:val="000747E4"/>
+    <w:rsid w:val="00075C72"/>
+    <w:rsid w:val="00076415"/>
+    <w:rsid w:val="0007692F"/>
+    <w:rsid w:val="0009297C"/>
+    <w:rsid w:val="00093F76"/>
+    <w:rsid w:val="00097C8D"/>
+    <w:rsid w:val="000C2ABE"/>
+    <w:rsid w:val="000D4D91"/>
+    <w:rsid w:val="000E432A"/>
+    <w:rsid w:val="000E487B"/>
+    <w:rsid w:val="000F2599"/>
+    <w:rsid w:val="000F353F"/>
+    <w:rsid w:val="001024C4"/>
+    <w:rsid w:val="00111CE0"/>
+    <w:rsid w:val="00113C17"/>
+    <w:rsid w:val="001156B1"/>
+    <w:rsid w:val="00120257"/>
+    <w:rsid w:val="001302B2"/>
+    <w:rsid w:val="00137E18"/>
+    <w:rsid w:val="00143463"/>
+    <w:rsid w:val="00145E40"/>
+    <w:rsid w:val="00145F08"/>
+    <w:rsid w:val="00150EAA"/>
+    <w:rsid w:val="0015529B"/>
+    <w:rsid w:val="00157029"/>
+    <w:rsid w:val="00157595"/>
+    <w:rsid w:val="00173F45"/>
+    <w:rsid w:val="0017450A"/>
+    <w:rsid w:val="00175A3C"/>
+    <w:rsid w:val="001763D7"/>
+    <w:rsid w:val="00180677"/>
+    <w:rsid w:val="001A3EE5"/>
+    <w:rsid w:val="001B4372"/>
+    <w:rsid w:val="001B5591"/>
+    <w:rsid w:val="001B5F78"/>
+    <w:rsid w:val="001B7372"/>
+    <w:rsid w:val="001C1E87"/>
+    <w:rsid w:val="001D0544"/>
+    <w:rsid w:val="001D49C2"/>
+    <w:rsid w:val="001D792F"/>
+    <w:rsid w:val="001D7CF7"/>
+    <w:rsid w:val="001F1659"/>
+    <w:rsid w:val="001F328B"/>
+    <w:rsid w:val="001F54FB"/>
+    <w:rsid w:val="001F60BE"/>
+    <w:rsid w:val="00201B97"/>
+    <w:rsid w:val="002110BB"/>
+    <w:rsid w:val="00214F82"/>
+    <w:rsid w:val="002370FD"/>
+    <w:rsid w:val="00241FC0"/>
+    <w:rsid w:val="00245F7C"/>
+    <w:rsid w:val="00253194"/>
+    <w:rsid w:val="0025416F"/>
+    <w:rsid w:val="00266D8A"/>
+    <w:rsid w:val="0027068D"/>
+    <w:rsid w:val="00271E7B"/>
+    <w:rsid w:val="002831B5"/>
+    <w:rsid w:val="002925A7"/>
+    <w:rsid w:val="002957B2"/>
+    <w:rsid w:val="00296D0C"/>
+    <w:rsid w:val="002A2C6F"/>
+    <w:rsid w:val="002A5328"/>
+    <w:rsid w:val="002B08BB"/>
+    <w:rsid w:val="002B2CBD"/>
+    <w:rsid w:val="002B4697"/>
+    <w:rsid w:val="002B7ED0"/>
+    <w:rsid w:val="002C12D5"/>
+    <w:rsid w:val="002C41D2"/>
+    <w:rsid w:val="002C5C4C"/>
+    <w:rsid w:val="002C6AC7"/>
+    <w:rsid w:val="002D7C87"/>
+    <w:rsid w:val="002E5C0F"/>
+    <w:rsid w:val="002F3864"/>
+    <w:rsid w:val="002F43E7"/>
+    <w:rsid w:val="003035A8"/>
+    <w:rsid w:val="00303EEF"/>
+    <w:rsid w:val="003162C8"/>
+    <w:rsid w:val="00317E16"/>
+    <w:rsid w:val="00323979"/>
+    <w:rsid w:val="00331F32"/>
+    <w:rsid w:val="0033497E"/>
+    <w:rsid w:val="00335579"/>
+    <w:rsid w:val="00342629"/>
+    <w:rsid w:val="0035270F"/>
+    <w:rsid w:val="00353636"/>
+    <w:rsid w:val="00357721"/>
+    <w:rsid w:val="00365366"/>
+    <w:rsid w:val="003674AB"/>
+    <w:rsid w:val="003677A6"/>
+    <w:rsid w:val="00373681"/>
+    <w:rsid w:val="0037409B"/>
+    <w:rsid w:val="003745DC"/>
+    <w:rsid w:val="00377DC9"/>
+    <w:rsid w:val="0038589F"/>
+    <w:rsid w:val="00385986"/>
+    <w:rsid w:val="00386E07"/>
+    <w:rsid w:val="003976C7"/>
+    <w:rsid w:val="003A3B83"/>
+    <w:rsid w:val="003A3D79"/>
+    <w:rsid w:val="003A5AB3"/>
+    <w:rsid w:val="003A5C45"/>
+    <w:rsid w:val="003B222F"/>
+    <w:rsid w:val="003C4C0E"/>
+    <w:rsid w:val="003D318F"/>
+    <w:rsid w:val="003D4E6B"/>
+    <w:rsid w:val="003D771A"/>
+    <w:rsid w:val="003E09F6"/>
+    <w:rsid w:val="003F0FC6"/>
+    <w:rsid w:val="003F117E"/>
+    <w:rsid w:val="003F65E0"/>
+    <w:rsid w:val="0040359A"/>
+    <w:rsid w:val="00404A4E"/>
+    <w:rsid w:val="00412DC9"/>
+    <w:rsid w:val="00414EAC"/>
+    <w:rsid w:val="00422745"/>
+    <w:rsid w:val="0042657F"/>
+    <w:rsid w:val="00426E9F"/>
+    <w:rsid w:val="00431472"/>
+    <w:rsid w:val="004350E1"/>
+    <w:rsid w:val="00441F61"/>
+    <w:rsid w:val="0044429E"/>
+    <w:rsid w:val="00445ECC"/>
+    <w:rsid w:val="004520D2"/>
+    <w:rsid w:val="0045574A"/>
+    <w:rsid w:val="0045772F"/>
+    <w:rsid w:val="00457F24"/>
+    <w:rsid w:val="00460069"/>
+    <w:rsid w:val="00461778"/>
+    <w:rsid w:val="00462DB2"/>
+    <w:rsid w:val="00491C05"/>
+    <w:rsid w:val="00493FFA"/>
+    <w:rsid w:val="004A182E"/>
+    <w:rsid w:val="004A35D5"/>
+    <w:rsid w:val="004A65DF"/>
+    <w:rsid w:val="004B2D68"/>
+    <w:rsid w:val="004B5471"/>
+    <w:rsid w:val="004C0FC5"/>
+    <w:rsid w:val="004C4D5A"/>
+    <w:rsid w:val="004D1506"/>
+    <w:rsid w:val="004D1CFE"/>
+    <w:rsid w:val="004D3DBA"/>
+    <w:rsid w:val="004D491D"/>
+    <w:rsid w:val="004F3602"/>
+    <w:rsid w:val="004F3BDD"/>
+    <w:rsid w:val="00506738"/>
+    <w:rsid w:val="00510D45"/>
+    <w:rsid w:val="00513D3A"/>
+    <w:rsid w:val="0051479E"/>
+    <w:rsid w:val="00515D89"/>
+    <w:rsid w:val="005244B1"/>
+    <w:rsid w:val="00530A4C"/>
+    <w:rsid w:val="00531089"/>
+    <w:rsid w:val="005310C3"/>
+    <w:rsid w:val="00531990"/>
+    <w:rsid w:val="005366B1"/>
+    <w:rsid w:val="00542451"/>
+    <w:rsid w:val="005476C7"/>
+    <w:rsid w:val="005526E9"/>
+    <w:rsid w:val="005533B4"/>
+    <w:rsid w:val="005538F9"/>
+    <w:rsid w:val="00564380"/>
+    <w:rsid w:val="00567CA5"/>
+    <w:rsid w:val="00573F65"/>
+    <w:rsid w:val="00575ACC"/>
+    <w:rsid w:val="00583001"/>
+    <w:rsid w:val="0058366C"/>
+    <w:rsid w:val="005A1536"/>
+    <w:rsid w:val="005A2CA7"/>
+    <w:rsid w:val="005A4E6F"/>
+    <w:rsid w:val="005C7D35"/>
+    <w:rsid w:val="00602B1A"/>
+    <w:rsid w:val="00617902"/>
+    <w:rsid w:val="0064146F"/>
+    <w:rsid w:val="00645948"/>
+    <w:rsid w:val="00646D1C"/>
+    <w:rsid w:val="0065242C"/>
+    <w:rsid w:val="00657A1B"/>
+    <w:rsid w:val="00660358"/>
+    <w:rsid w:val="00660392"/>
+    <w:rsid w:val="006606FB"/>
+    <w:rsid w:val="00660C9D"/>
+    <w:rsid w:val="00660EE6"/>
+    <w:rsid w:val="00660F0E"/>
+    <w:rsid w:val="00673A6C"/>
+    <w:rsid w:val="00673F39"/>
+    <w:rsid w:val="00674490"/>
+    <w:rsid w:val="00684361"/>
+    <w:rsid w:val="00685BF5"/>
+    <w:rsid w:val="0069017D"/>
+    <w:rsid w:val="006962F1"/>
+    <w:rsid w:val="006A286D"/>
+    <w:rsid w:val="006B4C8A"/>
+    <w:rsid w:val="006C1256"/>
+    <w:rsid w:val="006C14E7"/>
+    <w:rsid w:val="006C4B0A"/>
+    <w:rsid w:val="006C6492"/>
+    <w:rsid w:val="006D30EF"/>
+    <w:rsid w:val="006D3BAE"/>
+    <w:rsid w:val="006D45AC"/>
+    <w:rsid w:val="006D4B78"/>
+    <w:rsid w:val="006D7952"/>
+    <w:rsid w:val="006E0223"/>
+    <w:rsid w:val="006E2394"/>
+    <w:rsid w:val="006F6EB7"/>
+    <w:rsid w:val="00700A5D"/>
+    <w:rsid w:val="00701BAE"/>
+    <w:rsid w:val="00702EAA"/>
+    <w:rsid w:val="00711A53"/>
+    <w:rsid w:val="00714C50"/>
+    <w:rsid w:val="00724393"/>
+    <w:rsid w:val="0072537C"/>
+    <w:rsid w:val="00727FBD"/>
+    <w:rsid w:val="00730C58"/>
+    <w:rsid w:val="007315DC"/>
+    <w:rsid w:val="00737888"/>
+    <w:rsid w:val="0074656F"/>
+    <w:rsid w:val="00750C16"/>
+    <w:rsid w:val="0075104F"/>
+    <w:rsid w:val="007537DC"/>
+    <w:rsid w:val="00764E9E"/>
+    <w:rsid w:val="0076519F"/>
+    <w:rsid w:val="00766A4C"/>
+    <w:rsid w:val="00774E4E"/>
+    <w:rsid w:val="007762E7"/>
+    <w:rsid w:val="0078163C"/>
+    <w:rsid w:val="00796376"/>
+    <w:rsid w:val="00797CBE"/>
+    <w:rsid w:val="007A0435"/>
+    <w:rsid w:val="007B3A06"/>
+    <w:rsid w:val="007D0C07"/>
+    <w:rsid w:val="007D6C04"/>
+    <w:rsid w:val="007E0C0B"/>
+    <w:rsid w:val="007E580C"/>
+    <w:rsid w:val="007F2C80"/>
+    <w:rsid w:val="007F48B1"/>
+    <w:rsid w:val="007F5CD1"/>
+    <w:rsid w:val="007F7FB3"/>
+    <w:rsid w:val="00807E11"/>
+    <w:rsid w:val="00807EBF"/>
+    <w:rsid w:val="00810DDD"/>
+    <w:rsid w:val="008202A6"/>
+    <w:rsid w:val="00820F89"/>
+    <w:rsid w:val="00833206"/>
+    <w:rsid w:val="00834ECA"/>
+    <w:rsid w:val="00842712"/>
+    <w:rsid w:val="00845232"/>
+    <w:rsid w:val="0085249D"/>
+    <w:rsid w:val="00854452"/>
+    <w:rsid w:val="00861605"/>
+    <w:rsid w:val="0086438E"/>
+    <w:rsid w:val="008716A6"/>
+    <w:rsid w:val="00874857"/>
+    <w:rsid w:val="00875756"/>
+    <w:rsid w:val="00877670"/>
+    <w:rsid w:val="008815E4"/>
+    <w:rsid w:val="0088517A"/>
+    <w:rsid w:val="008859C0"/>
+    <w:rsid w:val="00887B88"/>
+    <w:rsid w:val="00897D45"/>
+    <w:rsid w:val="008A32F1"/>
+    <w:rsid w:val="008B180E"/>
+    <w:rsid w:val="008B1D3F"/>
+    <w:rsid w:val="008C024C"/>
+    <w:rsid w:val="008C193D"/>
+    <w:rsid w:val="008C505B"/>
+    <w:rsid w:val="008E1B44"/>
+    <w:rsid w:val="008F1460"/>
+    <w:rsid w:val="008F7CD3"/>
+    <w:rsid w:val="00900C24"/>
+    <w:rsid w:val="009027A9"/>
+    <w:rsid w:val="0090498D"/>
+    <w:rsid w:val="00906FDE"/>
+    <w:rsid w:val="0090707F"/>
+    <w:rsid w:val="009111A4"/>
+    <w:rsid w:val="0091375E"/>
+    <w:rsid w:val="009151CC"/>
+    <w:rsid w:val="009204D8"/>
+    <w:rsid w:val="00920F66"/>
+    <w:rsid w:val="009226B5"/>
+    <w:rsid w:val="00925278"/>
+    <w:rsid w:val="00925B12"/>
+    <w:rsid w:val="00933ACB"/>
+    <w:rsid w:val="00934DB3"/>
+    <w:rsid w:val="00934EBE"/>
+    <w:rsid w:val="00934F71"/>
+    <w:rsid w:val="00940150"/>
+    <w:rsid w:val="009430C3"/>
+    <w:rsid w:val="00960FE5"/>
+    <w:rsid w:val="009614A3"/>
+    <w:rsid w:val="00964971"/>
+    <w:rsid w:val="00975F14"/>
+    <w:rsid w:val="0097751A"/>
+    <w:rsid w:val="00994D14"/>
+    <w:rsid w:val="009A263B"/>
+    <w:rsid w:val="009B3525"/>
+    <w:rsid w:val="009B4361"/>
+    <w:rsid w:val="009B71FA"/>
+    <w:rsid w:val="009C36DB"/>
+    <w:rsid w:val="009D17C4"/>
+    <w:rsid w:val="009E1F90"/>
+    <w:rsid w:val="009F7D41"/>
+    <w:rsid w:val="00A012C8"/>
+    <w:rsid w:val="00A01CFD"/>
+    <w:rsid w:val="00A03677"/>
+    <w:rsid w:val="00A22526"/>
+    <w:rsid w:val="00A268FE"/>
+    <w:rsid w:val="00A32362"/>
+    <w:rsid w:val="00A3360C"/>
+    <w:rsid w:val="00A37598"/>
+    <w:rsid w:val="00A46ECD"/>
+    <w:rsid w:val="00A521B0"/>
+    <w:rsid w:val="00A56FB2"/>
+    <w:rsid w:val="00A5764A"/>
+    <w:rsid w:val="00A638B1"/>
+    <w:rsid w:val="00A75BE4"/>
+    <w:rsid w:val="00A810C1"/>
+    <w:rsid w:val="00A833CD"/>
+    <w:rsid w:val="00A9105C"/>
+    <w:rsid w:val="00A949A7"/>
+    <w:rsid w:val="00A96FC9"/>
+    <w:rsid w:val="00A97D6A"/>
+    <w:rsid w:val="00AA4031"/>
+    <w:rsid w:val="00AB0B18"/>
+    <w:rsid w:val="00AB2F0F"/>
+    <w:rsid w:val="00AB4D97"/>
+    <w:rsid w:val="00AB63F8"/>
+    <w:rsid w:val="00AC4CD7"/>
+    <w:rsid w:val="00AD10CC"/>
+    <w:rsid w:val="00AD2252"/>
+    <w:rsid w:val="00AD3C7A"/>
+    <w:rsid w:val="00AD4D60"/>
+    <w:rsid w:val="00AD669D"/>
+    <w:rsid w:val="00AD6C78"/>
+    <w:rsid w:val="00AD755E"/>
+    <w:rsid w:val="00AE05E9"/>
+    <w:rsid w:val="00AE1EF5"/>
+    <w:rsid w:val="00AF3577"/>
+    <w:rsid w:val="00AF5564"/>
+    <w:rsid w:val="00AF7F6E"/>
+    <w:rsid w:val="00B01167"/>
+    <w:rsid w:val="00B04C74"/>
+    <w:rsid w:val="00B05F2E"/>
+    <w:rsid w:val="00B10C7B"/>
+    <w:rsid w:val="00B20FD5"/>
+    <w:rsid w:val="00B3516C"/>
+    <w:rsid w:val="00B37189"/>
+    <w:rsid w:val="00B436F6"/>
+    <w:rsid w:val="00B50CBF"/>
+    <w:rsid w:val="00B520D3"/>
+    <w:rsid w:val="00B563C1"/>
+    <w:rsid w:val="00B574B3"/>
+    <w:rsid w:val="00B57ECA"/>
+    <w:rsid w:val="00B6019B"/>
+    <w:rsid w:val="00B60773"/>
+    <w:rsid w:val="00B61BFC"/>
+    <w:rsid w:val="00B63860"/>
+    <w:rsid w:val="00B674DC"/>
+    <w:rsid w:val="00B67FB6"/>
+    <w:rsid w:val="00B80C65"/>
+    <w:rsid w:val="00B80C77"/>
+    <w:rsid w:val="00B8409E"/>
+    <w:rsid w:val="00B9237D"/>
+    <w:rsid w:val="00B94F10"/>
+    <w:rsid w:val="00BA169C"/>
+    <w:rsid w:val="00BA3EFA"/>
+    <w:rsid w:val="00BA516E"/>
+    <w:rsid w:val="00BB51C8"/>
+    <w:rsid w:val="00BB6F5A"/>
+    <w:rsid w:val="00BB73BC"/>
+    <w:rsid w:val="00BC24CB"/>
+    <w:rsid w:val="00BC33FE"/>
+    <w:rsid w:val="00BC5C30"/>
+    <w:rsid w:val="00BC6BB9"/>
+    <w:rsid w:val="00BD236B"/>
+    <w:rsid w:val="00BD4A0E"/>
+    <w:rsid w:val="00BE2572"/>
+    <w:rsid w:val="00BE4B51"/>
+    <w:rsid w:val="00BE4EB2"/>
+    <w:rsid w:val="00BE6E05"/>
+    <w:rsid w:val="00BE73B9"/>
+    <w:rsid w:val="00BF34C9"/>
+    <w:rsid w:val="00BF5796"/>
+    <w:rsid w:val="00C07930"/>
+    <w:rsid w:val="00C14206"/>
+    <w:rsid w:val="00C17923"/>
+    <w:rsid w:val="00C264A0"/>
+    <w:rsid w:val="00C32E6D"/>
+    <w:rsid w:val="00C33298"/>
+    <w:rsid w:val="00C40CA0"/>
+    <w:rsid w:val="00C4601B"/>
+    <w:rsid w:val="00C50DF6"/>
+    <w:rsid w:val="00C52286"/>
+    <w:rsid w:val="00C56673"/>
+    <w:rsid w:val="00C60B1D"/>
+    <w:rsid w:val="00C655FD"/>
+    <w:rsid w:val="00C71BED"/>
+    <w:rsid w:val="00C82E2B"/>
+    <w:rsid w:val="00CA122D"/>
+    <w:rsid w:val="00CA7FE3"/>
+    <w:rsid w:val="00CB4377"/>
+    <w:rsid w:val="00CB7216"/>
+    <w:rsid w:val="00CC2477"/>
+    <w:rsid w:val="00CC71B0"/>
+    <w:rsid w:val="00CC7476"/>
+    <w:rsid w:val="00CD058A"/>
     <w:rsid w:val="00CD3B7B"/>
-    <w:rsid w:val="00CE5304"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F61F3F"/>
+    <w:rsid w:val="00CD3E70"/>
+    <w:rsid w:val="00CE13CF"/>
+    <w:rsid w:val="00CE7162"/>
+    <w:rsid w:val="00CF0E1F"/>
+    <w:rsid w:val="00CF35BE"/>
+    <w:rsid w:val="00CF51C7"/>
+    <w:rsid w:val="00CF77CF"/>
+    <w:rsid w:val="00CF7AD4"/>
+    <w:rsid w:val="00D065E0"/>
+    <w:rsid w:val="00D10C9D"/>
+    <w:rsid w:val="00D22A72"/>
+    <w:rsid w:val="00D25774"/>
+    <w:rsid w:val="00D34696"/>
+    <w:rsid w:val="00D3540A"/>
+    <w:rsid w:val="00D41A2B"/>
+    <w:rsid w:val="00D42695"/>
+    <w:rsid w:val="00D5066A"/>
+    <w:rsid w:val="00D548A1"/>
+    <w:rsid w:val="00D55400"/>
+    <w:rsid w:val="00D56A8E"/>
+    <w:rsid w:val="00D62618"/>
+    <w:rsid w:val="00D6340B"/>
+    <w:rsid w:val="00D6401E"/>
+    <w:rsid w:val="00D6754F"/>
+    <w:rsid w:val="00D77309"/>
+    <w:rsid w:val="00D823F8"/>
+    <w:rsid w:val="00D827E8"/>
+    <w:rsid w:val="00D9183A"/>
+    <w:rsid w:val="00D9313B"/>
+    <w:rsid w:val="00DA1D6B"/>
+    <w:rsid w:val="00DA24CC"/>
+    <w:rsid w:val="00DA50B6"/>
+    <w:rsid w:val="00DB590E"/>
+    <w:rsid w:val="00DC3792"/>
+    <w:rsid w:val="00DC5305"/>
+    <w:rsid w:val="00DD4BFF"/>
+    <w:rsid w:val="00DE0071"/>
+    <w:rsid w:val="00DF74FF"/>
+    <w:rsid w:val="00E000BA"/>
+    <w:rsid w:val="00E02769"/>
+    <w:rsid w:val="00E04511"/>
+    <w:rsid w:val="00E06627"/>
+    <w:rsid w:val="00E10E7F"/>
+    <w:rsid w:val="00E13BDA"/>
+    <w:rsid w:val="00E2134D"/>
+    <w:rsid w:val="00E248A5"/>
+    <w:rsid w:val="00E25D96"/>
+    <w:rsid w:val="00E41C58"/>
+    <w:rsid w:val="00E45479"/>
+    <w:rsid w:val="00E45FFF"/>
+    <w:rsid w:val="00E46E4C"/>
+    <w:rsid w:val="00E503CF"/>
+    <w:rsid w:val="00E5086D"/>
+    <w:rsid w:val="00E57D24"/>
+    <w:rsid w:val="00E600E0"/>
+    <w:rsid w:val="00E62424"/>
+    <w:rsid w:val="00E6726C"/>
+    <w:rsid w:val="00E81E6D"/>
+    <w:rsid w:val="00E83A85"/>
+    <w:rsid w:val="00E84614"/>
+    <w:rsid w:val="00E948C6"/>
+    <w:rsid w:val="00E94B45"/>
+    <w:rsid w:val="00EA30B3"/>
+    <w:rsid w:val="00EA3E5D"/>
+    <w:rsid w:val="00EB4879"/>
+    <w:rsid w:val="00EB53B2"/>
+    <w:rsid w:val="00EB7290"/>
+    <w:rsid w:val="00EC54F7"/>
+    <w:rsid w:val="00EC5ECB"/>
+    <w:rsid w:val="00EC607F"/>
+    <w:rsid w:val="00ED74E7"/>
+    <w:rsid w:val="00EE3B19"/>
+    <w:rsid w:val="00EF1955"/>
+    <w:rsid w:val="00EF7820"/>
+    <w:rsid w:val="00F0073F"/>
+    <w:rsid w:val="00F011F3"/>
+    <w:rsid w:val="00F02C1E"/>
+    <w:rsid w:val="00F057D7"/>
+    <w:rsid w:val="00F21780"/>
+    <w:rsid w:val="00F2562A"/>
+    <w:rsid w:val="00F26F26"/>
+    <w:rsid w:val="00F30B05"/>
+    <w:rsid w:val="00F30DE7"/>
+    <w:rsid w:val="00F32A13"/>
+    <w:rsid w:val="00F40E11"/>
+    <w:rsid w:val="00F41CF1"/>
+    <w:rsid w:val="00F44180"/>
+    <w:rsid w:val="00F528A5"/>
+    <w:rsid w:val="00F620A0"/>
+    <w:rsid w:val="00F63D9E"/>
+    <w:rsid w:val="00F66A19"/>
+    <w:rsid w:val="00F66D2F"/>
+    <w:rsid w:val="00F764E0"/>
+    <w:rsid w:val="00F81346"/>
+    <w:rsid w:val="00F81B87"/>
+    <w:rsid w:val="00F91BF4"/>
+    <w:rsid w:val="00F95131"/>
+    <w:rsid w:val="00F96B6D"/>
+    <w:rsid w:val="00FA2F2C"/>
+    <w:rsid w:val="00FA56DF"/>
+    <w:rsid w:val="00FB4547"/>
+    <w:rsid w:val="00FC483C"/>
+    <w:rsid w:val="00FD379F"/>
+    <w:rsid w:val="00FD4672"/>
+    <w:rsid w:val="00FD484D"/>
+    <w:rsid w:val="00FE4551"/>
+    <w:rsid w:val="00FF2601"/>
+    <w:rsid w:val="00FF4DAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{46112ED6-5306-46F0-93AA-4895A366B0B6}"/>
+  <w14:docId w14:val="7A1B0102"/>
+  <w15:docId w15:val="{0E8B1A14-BE75-4B60-8136-DC838D1A56CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2197,256 +2877,338 @@
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numerstrony">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tytu">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="4820"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D77309"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:rsid w:val="00BC5C30"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1218398557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1413696366">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1812097373">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\DOCUME~1\lucurb\USTAWI~1\Temp\Projekt_PZPM_zal.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2553,74 +3315,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE4C014A-F470-42E9-9BB0-EC9DF6ECDC29}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
+  <Template>Projekt_PZPM_zal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2109</Characters>
+  <Pages>1</Pages>
+  <Words>146</Words>
+  <Characters>877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2456</CharactersWithSpaces>
+  <CharactersWithSpaces>1021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:title>Załącznik Nr 2 do zarządzenia Nr</dc:title>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
+  <dc:creator>lucurb</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>