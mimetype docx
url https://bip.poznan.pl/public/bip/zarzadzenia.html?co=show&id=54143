--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -1,2669 +1,1829 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="20" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2721"/>
-        <w:gridCol w:w="6350"/>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00445F4A" w:rsidRPr="002B08D2">
+      <w:tr w:rsidR="00FA63B5" w:rsidTr="00360E5D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2721" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00360E5D">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...9 lines deleted...]
-              </w:rPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="005822B2">
-[...7 lines deleted...]
-              <w:t>Nazwa konkursu:</w:t>
+            <w:r>
+              <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6350" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="005C3CBE" w:rsidP="005822B2">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00360E5D">
             <w:pPr>
-              <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>Otwarty konkurs ofert nr 11/2025</w:t>
+              <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00ED4F3C">
+            <w:r w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> na powierzenie realizacji zadania</w:t>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00445F4A" w:rsidRPr="005822B2">
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Miasta Poznania w obszarze wspierania rodziny i syste</w:t>
+              <w:t>zawarcia ugody</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00ED624B" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t>mu pieczy zastępczej w roku 2025</w:t>
+              <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="00445F4A" w:rsidRPr="005822B2">
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>przedmiocie odszkodowania za grunt wydzielony pod tereny dróg publicznych, drogi klasy dojazdowej, oznaczony</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="00ED624B" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Organizator:</w:t>
+              <w:t xml:space="preserve">miejscowym planie zagospodarowania przestrzennego obszaru </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t>Umultowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Miasto Poznań, Wydział Zdrowia i Spraw Społecznych</w:t>
+              <w:t xml:space="preserve"> Wschód – rejon ulic Diamentowej, Rubież</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="00ED624B" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="005822B2">
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>Termin realizacji zadań:</w:t>
+              <w:t>Nadwarciańskiej</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidR="00ED624B" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5655" w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t>1.01.2025</w:t>
+              <w:t xml:space="preserve">Poznaniu odpowiednio symbolami 2KD‑D, 3KD-D, 5KD-D. </w:t>
             </w:r>
-            <w:r w:rsidR="00B66B03">
+            <w:r w:rsidRPr="00360E5D">
               <w:rPr>
-                <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="pl-PL"/>
+                <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...151 lines deleted...]
-              <w:t>,00 zł</w:t>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="006C41D0">
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="007B5655" w:rsidRDefault="00FA63B5" w:rsidP="007B5655">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...9 lines deleted...]
-        <w:t>Rozstrzygnięcie konkursu</w:t>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ostateczną decyzją</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 7 października 2024 r. nr ZG-AGP.5040.159.2024 Dyrektor Zarządu Geodezji</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Katastru Miejskiego GEOPOZ, na wniosek współwłaścicieli reprezentowanych przez pełnomocnika, zatwierdził podział nieruchomości położonych</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznaniu, oznaczonych jako: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="348" w:after="348" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...9 lines deleted...]
-        <w:t>Oferty, którym przyznano dotacje z Urzędu Miasta Poznania </w:t>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>– działki nr 397/3</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>397/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obrębu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Umultowo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, ark. mapy 25, zapisanej</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">księdze wieczystej nr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jako współwłasność </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...1222 lines deleted...]
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>– działki nr 397/5</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>397/6</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obrębu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Umultowo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, ark. mapy 25, zapisanej</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">księdze wieczystej nr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jako współwłasność </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRPr="005822B2" w:rsidRDefault="00445F4A" w:rsidP="005822B2">
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="pl-PL"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005822B2">
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> r.</w:t>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>W wyniku podziału nieruchomości, zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miejscowym planem zagospodarowania przestrzennego obszaru </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Umultowo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wschód – rejon ulic Diamentowej, Rubież</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Nadwarciańskiej</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Poznaniu, wydzielono m.in. opisane</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zarządzeniu działki nr: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00445F4A" w:rsidRDefault="00445F4A"/>
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>– 404</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powierzchni 894 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>411</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powierzchni 900 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, znajdujące się</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planie na obszarze przeznaczonym pod teren drogi publicznej, drogę klasy dojazdowej, oznaczonym symbolem 2KD-D, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>– 408</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powierzchni 1588 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>415</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powierzchni 2164 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, znajdujące się</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planie na obszarze przeznaczonym pod teren drogi publicznej, drogę klasy dojazdowej, oznaczonym symbolem 3KD-D </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>– 416</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>powierzchni 186 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>²</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, znajdującą się</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planie na obszarze przeznaczonym pod teren drogi publicznej, drogę klasy dojazdowej, oznaczonym symbolem 5KD-D. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Obecnie działki nr 404</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>408 zapisane są</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>księdze wieczystej nr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na rzecz Miasta Poznania,</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>działki nr 411, 415, 416 zapisane są na rzecz Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">księdze wieczystej nr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E360E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Z tytułu utraty prawa własności działek nr 404, 408, 411, 415</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>416</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obrębu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Umultowo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, ark. mapy 25, stosownie do treści art. 98 ust. 3 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 21 sierpnia 1997 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gospodarce nieruchomościami (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 r. poz. 1145 ze zm.), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>przysługuje odszkodowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>wysokości uzgodnionej</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Zarządem Dróg Miejskich / Miastem Poznań. Wysokość odszkodowania ustalono</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rokowaniach przeprowadzonych pomiędzy stronami</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>formie pisemnej oferty. Powyższa oferta została zaakceptowana</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">łącznej kwocie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł (słownie: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>), na którą składa się wartość gruntu ww. działek</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wysokości </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł (słownie: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) oraz wartość </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nasadzeń</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roślinnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wysokości </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zł (słownie: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0055084C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>). Kwota odszkodowania określająca wartość odtworzeniową prawa własności przedmiotowych działek wynika</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>operatu szacunkowego</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dnia 15 września 2025 r. sporządzonego przez rzeczoznawcę majątkowego pana Arkadiusza Andrzejewskiego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Wypłata odszkodowania, proporcjonalnie do wysokości udziałów, nastąpi ze środków budżetowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pozycji planu rozdz. 71004 § 6060</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B" w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED624B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5655">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ramach zadania ZDM/P/006/01 – nabycie gruntów objętych miejscowymi planami zagospodarowania przestrzennego.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DYREKTOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidRDefault="007B5655" w:rsidP="007B5655">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(-) Krzysztof Olejniczak</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007B5655" w:rsidRPr="007B5655" w:rsidSect="007B5655">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:noEndnote/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00360E5D" w:rsidRDefault="00360E5D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00360E5D" w:rsidRDefault="00360E5D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...144 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00360E5D" w:rsidRDefault="00360E5D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0007252D" w:rsidRDefault="0007252D" w:rsidP="005822B2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00360E5D" w:rsidRDefault="00360E5D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...131 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:doNotBreakWrappedTables/>
+    <w:doNotSnapToGridInCell/>
+    <w:selectFldWithFirstOrLastChar/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="Sprawa" w:val="zawarcia ugody w przedmiocie odszkodowania za grunt wydzielony pod tereny dróg publicznych, drogi klasy dojazdowej, oznaczony w miejscowym planie zagospodarowania przestrzennego obszaru Umultowo Wschód – rejon ulic Diamentowej, Rubież i Nadwarciańskiej w Poznaniu odpowiednio symbolami 2KD‑D, 3KD-D, 5KD-D. "/>
+  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00867238"/>
-[...89 lines deleted...]
-    <w:rsid w:val="00FF3392"/>
+    <w:rsidRoot w:val="007B5655"/>
+    <w:rsid w:val="000607A3"/>
+    <w:rsid w:val="001B1D53"/>
+    <w:rsid w:val="0022095A"/>
+    <w:rsid w:val="002946C5"/>
+    <w:rsid w:val="002C29F3"/>
+    <w:rsid w:val="00360E5D"/>
+    <w:rsid w:val="003E360E"/>
+    <w:rsid w:val="0055084C"/>
+    <w:rsid w:val="00796326"/>
+    <w:rsid w:val="007B5655"/>
+    <w:rsid w:val="00A87E1B"/>
+    <w:rsid w:val="00AA04BE"/>
+    <w:rsid w:val="00BB1A14"/>
+    <w:rsid w:val="00ED624B"/>
+    <w:rsid w:val="00FA63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1D6D7AAC"/>
-  <w15:docId w15:val="{1E7D3FEF-7F8B-483B-8206-A22D60B3EB7B}"/>
+  <w14:docId w14:val="633D8D57"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{58B8B153-E2F1-4DD4-B2D8-9A4FB6878BC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...104 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2812,460 +1972,498 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F04A59"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="NagwekZnak"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005822B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
-[...4 lines deleted...]
-    <w:rsid w:val="005822B2"/>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:rsid w:val="00FA63B5"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="StopkaZnak"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005822B2"/>
+    <w:rsid w:val="00796326"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="005822B2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Uzasadnienie_PZPM</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1116</Characters>
+  <Pages>2</Pages>
+  <Words>440</Words>
+  <Characters>2646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1300</CharactersWithSpaces>
+  <CharactersWithSpaces>3080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>UZASADNIENIE </dc:title>
   <dc:subject/>
-  <dc:creator>Marlena Awuku</dc:creator>
+  <dc:creator>Iwona Kubicka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>