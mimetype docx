--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,987 +1,2035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
-        <w:t xml:space="preserve">UZASADNIENIE </w:t>
-[...5 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:t xml:space="preserve">NR </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" DOCVARIABLE  AktNr  \* MERGEFORMAT ">
+        <w:r w:rsidR="00F96D6E">
+          <w:t>823/2025/P</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
-[...5 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+        <w:t>EZYDENTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCVARIABLE  AktData  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00F96D6E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00F96D6E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>28 listopada 2025 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5" w:rsidTr="00F91311">
+      <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00F91311">
+          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00571718">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00F91311">
+          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F91311">
+            <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00F91311">
+            <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>powołania Komisji Konkursowej</w:t>
+              <w:t>rozstrzygnięcia otwartego konkursu ofert nr 11/2026 na powierzenie realizacji zadań Miasta Poznania</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>celu zaopiniowania ofert złożonych</w:t>
+              <w:t>obszarze działalności na rzecz osób niepełnosprawnych</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ramach otwartego konkursu ofert nr 35/2026 na powierzanie realizacji zadania Miasta Poznania</w:t>
+              <w:t>roku 2026 przez organizacje pozarządowe oraz podmioty,</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:r w:rsidR="00F96D6E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>których mowa</w:t>
+            </w:r>
+            <w:r w:rsidR="003E38B3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>obszarze „Pomoc społeczna,</w:t>
+              <w:t>art. 3 ust. 3 ustawy</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> w </w:t>
+              <w:t xml:space="preserve"> z </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tym pomoc rodzinom</w:t>
+              <w:t>dnia 24 kwietnia 2003 r.</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> i </w:t>
+              <w:t xml:space="preserve"> o </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>osobom</w:t>
+              <w:t>działalności pożytku publicznego</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidR="003E38B3">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> w </w:t>
+              <w:t xml:space="preserve"> i o </w:t>
             </w:r>
-            <w:r w:rsidR="008D7D54" w:rsidRPr="00F91311">
+            <w:r w:rsidR="00F96D6E">
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>trudnej sytuacji życiowej oraz wyrównywanie szans tych rodzin</w:t>
+              <w:t>wolontariacie.</w:t>
             </w:r>
-            <w:r w:rsidR="00C82769" w:rsidRPr="00F91311">
+            <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="008D7D54" w:rsidRDefault="00FA63B5" w:rsidP="008D7D54">
-      <w:pPr>
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="11907"/>
+        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="p0"/>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-    <w:p w:rsidR="008D7D54" w:rsidRPr="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Na podstawie art. 30 ust. 2 pkt 4 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dnia 8 marca 1990 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>samorządzie gminnym (t.j.  Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 poz. 1153</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">późn. zm.) oraz art. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 ust. 4 pkt 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wolontariacie (t.j. Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 poz. 1338) zarządza się, co następuje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...147 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>okresie od 1 stycznia 2026 r. do 31 grudnia 2026 r. postanawia się realizować</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>obszarze działalności na rzecz osób niepełnosprawnych</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...150 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRPr="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>roku 2026 zadania publiczne polegające na:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRPr="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1) poprawie stanu fizycznego</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>psychicznego osób niepełnosprawnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2) rozwoju zawodowym, integracji społecznej oraz poradnictwie dla osób</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>niepełnosprawnościami</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ich rodzin;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3) rozwoju usług asystenckich</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wytchnieniowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Zadania będą realizowane przez organizacje pozarządowe,</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>których mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>art. 3 ust. 3 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wolontariacie, wskazane</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>załączniku nr 1 do zarządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Kwota przekazana na ten cel wynosi 1 395 000 zł (słownie: jeden milion trzysta dziewięćdziesiąt pięć tysięcy złotych 00/100).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Oferty, które nie otrzymały dotacji</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>powodu wyczerpania środków finansowych, zostały wskazane</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>załączniku nr 2 do zarządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5. Oferty, które nie spełniły warunków formalnych, zostały wskazane</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>załączniku nr 3 do zarządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z2"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wykonanie zarządzenia powierza się dyrektorowi Wydziału Zdrowia</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Spraw Społecznych Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>czyni się go odpowiedzialnym za zawarcie umów</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>podmiotami wymienionymi</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>załączniku nr 1 do zarządzenia oraz nadzór nad realizacją tych umów</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidR="00C82769">
-[...12 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>zobowiązanie wyżej wymienionych podmiotów do przedłożenia sprawozdań</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wykonania zadań</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>terminach określonych</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>zawartych umowach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z3"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Zarządzenie wchodzi</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>życie</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3" w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="003E38B3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F96D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dniem podpisania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>ZASTĘPCZYNI DYREKTORKI</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008D7D54" w:rsidRPr="008D7D54" w:rsidRDefault="008D7D54" w:rsidP="008D7D54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>(-) Dorota Potejko</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="008D7D54" w:rsidRPr="008D7D54" w:rsidSect="008D7D54">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(-) Mariusz Wiśniewski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidRDefault="00F96D6E" w:rsidP="00F96D6E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F96D6E" w:rsidRPr="00F96D6E" w:rsidSect="00F96D6E">
+      <w:footerReference w:type="even" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F91311" w:rsidRDefault="00F91311">
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F91311" w:rsidRDefault="00F91311">
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F91311" w:rsidRDefault="00F91311">
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F91311" w:rsidRDefault="00F91311">
+    <w:p w:rsidR="00F96D6E" w:rsidRDefault="00F96D6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30555834"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="09B4B6E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:footnoteLayoutLikeWW8/>
+    <w:shapeLayoutLikeWW8/>
+    <w:alignTablesRowByRow/>
+    <w:forgetLastTabAlignment/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
+    <w:layoutRawTableWidth/>
+    <w:layoutTableRowsApart/>
+    <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="Sprawa" w:val="powołania Komisji Konkursowej w celu zaopiniowania ofert złożonych w ramach otwartego konkursu ofert nr 35/2026 na powierzanie realizacji zadania Miasta Poznania w obszarze „Pomoc społeczna, w tym pomoc rodzinom i osobom w trudnej sytuacji życiowej oraz wyrównywanie szans tych rodzin i osób” w 2026 r."/>
+    <w:docVar w:name="AktData" w:val="28 listopada 2025 r."/>
+    <w:docVar w:name="AktNr" w:val="823/2025/P"/>
+    <w:docVar w:name="Sprawa" w:val="rozstrzygnięcia otwartego konkursu ofert nr 11/2026 na powierzenie realizacji zadań Miasta Poznania w obszarze działalności na rzecz osób niepełnosprawnych w roku 2026 przez organizacje pozarządowe oraz podmioty, o których mowa w art. 3 ust. 3 ustawy z dnia 24 kwietnia 2003 r. o działalności pożytku publicznego i o wolontariacie."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="008D7D54"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="00F96D6E"/>
+    <w:rsid w:val="00072485"/>
+    <w:rsid w:val="000C07FF"/>
+    <w:rsid w:val="000E2E12"/>
+    <w:rsid w:val="00167A3B"/>
+    <w:rsid w:val="002C4925"/>
+    <w:rsid w:val="003679C6"/>
+    <w:rsid w:val="00373368"/>
+    <w:rsid w:val="003E38B3"/>
+    <w:rsid w:val="00451FF2"/>
+    <w:rsid w:val="004C5AE8"/>
+    <w:rsid w:val="00546155"/>
+    <w:rsid w:val="005576D9"/>
+    <w:rsid w:val="00565809"/>
+    <w:rsid w:val="00571718"/>
+    <w:rsid w:val="005C6BB7"/>
+    <w:rsid w:val="005E0B50"/>
+    <w:rsid w:val="005E28F0"/>
+    <w:rsid w:val="005E453F"/>
+    <w:rsid w:val="0065477E"/>
+    <w:rsid w:val="0079779A"/>
+    <w:rsid w:val="007D5325"/>
+    <w:rsid w:val="00853287"/>
+    <w:rsid w:val="00860838"/>
+    <w:rsid w:val="008627D3"/>
+    <w:rsid w:val="00931FB0"/>
+    <w:rsid w:val="009711FF"/>
+    <w:rsid w:val="009773E3"/>
+    <w:rsid w:val="009E48F1"/>
+    <w:rsid w:val="009F5036"/>
+    <w:rsid w:val="00A5209A"/>
+    <w:rsid w:val="00AA184A"/>
+    <w:rsid w:val="00BA113A"/>
+    <w:rsid w:val="00BB3401"/>
+    <w:rsid w:val="00C5423F"/>
+    <w:rsid w:val="00CB05CD"/>
+    <w:rsid w:val="00CD3B7B"/>
+    <w:rsid w:val="00CE5304"/>
+    <w:rsid w:val="00D672EE"/>
+    <w:rsid w:val="00DC3E76"/>
+    <w:rsid w:val="00E30060"/>
+    <w:rsid w:val="00E360D3"/>
+    <w:rsid w:val="00F61F3F"/>
+    <w:rsid w:val="00F96D6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2C166E26-667A-45EE-BDC9-C3F8A173E432}"/>
+  <w15:docId w15:val="{12ACCCDD-6987-432E-9E2B-EE69490E0D41}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
@@ -1168,280 +2216,330 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:semiHidden/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tytu">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="4820"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsid w:val="00565809"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1550,73 +2648,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM</Template>
+  <Template>Projekt_PZPM</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1657</Characters>
+  <Pages>2</Pages>
+  <Words>339</Words>
+  <Characters>2038</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1930</CharactersWithSpaces>
+  <CharactersWithSpaces>2373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
+  <dc:creator>Iwona Kubicka</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>