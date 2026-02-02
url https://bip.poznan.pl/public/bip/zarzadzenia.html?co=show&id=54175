--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -1,2746 +1,1317 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1996 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iwokub\AppData\Local\Temp\notes7C5DFD\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B218ED77-E650-47BC-BE21-1F95F2162172}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12225" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Arkusz1!$A$137:$D$201</definedName>
+    <definedName name="_ftn1" localSheetId="0">Arkusz1!#REF!</definedName>
+    <definedName name="_ftnref1" localSheetId="0">Arkusz1!#REF!</definedName>
+    <definedName name="_Hlk191370954" localSheetId="0">Arkusz1!$B$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Arkusz1!$10:$10</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:endnotes>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="341">
+  <si>
+    <t>LP.</t>
+  </si>
+  <si>
+    <t>NAZWISKO I IMIĘ</t>
+  </si>
+  <si>
+    <t>PUNKTY</t>
+  </si>
+  <si>
+    <t>STAN REALIZACJI</t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>11.</t>
+  </si>
+  <si>
+    <t>12.</t>
+  </si>
+  <si>
+    <t>13.</t>
+  </si>
+  <si>
+    <t>14.</t>
+  </si>
+  <si>
+    <t>15.</t>
+  </si>
+  <si>
+    <t>16.</t>
+  </si>
+  <si>
+    <t>18.</t>
+  </si>
+  <si>
+    <t>19.</t>
+  </si>
+  <si>
+    <t>20.</t>
+  </si>
+  <si>
+    <t>21.</t>
+  </si>
+  <si>
+    <t>22.</t>
+  </si>
+  <si>
+    <t>23.</t>
+  </si>
+  <si>
+    <t>24.</t>
+  </si>
+  <si>
+    <t>25.</t>
+  </si>
+  <si>
+    <t>26.</t>
+  </si>
+  <si>
+    <t>27.</t>
+  </si>
+  <si>
+    <t>28.</t>
+  </si>
+  <si>
+    <t>30.</t>
+  </si>
+  <si>
+    <t>31.</t>
+  </si>
+  <si>
+    <t>32.</t>
+  </si>
+  <si>
+    <t>33.</t>
+  </si>
+  <si>
+    <t>34.</t>
+  </si>
+  <si>
+    <t>35.</t>
+  </si>
+  <si>
+    <t>36.</t>
+  </si>
+  <si>
+    <t>37.</t>
+  </si>
+  <si>
+    <t>38.</t>
+  </si>
+  <si>
+    <t>39.</t>
+  </si>
+  <si>
+    <t>40.</t>
+  </si>
+  <si>
+    <t>41.</t>
+  </si>
+  <si>
+    <t>42.</t>
+  </si>
+  <si>
+    <t>26*</t>
+  </si>
+  <si>
+    <t>45.</t>
+  </si>
+  <si>
+    <t>25*</t>
+  </si>
+  <si>
+    <t>47.</t>
+  </si>
+  <si>
+    <t>22*</t>
+  </si>
+  <si>
+    <t>50.</t>
+  </si>
+  <si>
+    <t>51.</t>
+  </si>
+  <si>
+    <t>52.</t>
+  </si>
+  <si>
+    <t>20*</t>
+  </si>
+  <si>
+    <t>53.</t>
+  </si>
+  <si>
+    <t>18*</t>
+  </si>
+  <si>
+    <t>58.</t>
+  </si>
+  <si>
+    <t>59.</t>
+  </si>
+  <si>
+    <t>61.</t>
+  </si>
+  <si>
+    <t>67.</t>
+  </si>
+  <si>
+    <t>68.</t>
+  </si>
+  <si>
+    <t>83.</t>
+  </si>
+  <si>
+    <t>85.</t>
+  </si>
+  <si>
+    <t>86.</t>
+  </si>
+  <si>
+    <t>92.</t>
+  </si>
+  <si>
+    <t>93.</t>
+  </si>
+  <si>
+    <t>97.</t>
+  </si>
+  <si>
+    <t>99.</t>
+  </si>
+  <si>
+    <t>100.</t>
+  </si>
+  <si>
+    <t>107.</t>
+  </si>
+  <si>
+    <t>114.</t>
+  </si>
+  <si>
+    <t>115.</t>
+  </si>
+  <si>
+    <t>118.</t>
+  </si>
+  <si>
+    <t>119.</t>
+  </si>
+  <si>
+    <t>121.</t>
+  </si>
+  <si>
+    <t>123.</t>
+  </si>
+  <si>
+    <t>24*</t>
+  </si>
+  <si>
+    <t>15*</t>
+  </si>
+  <si>
+    <t>21*</t>
+  </si>
+  <si>
+    <t>16*</t>
+  </si>
+  <si>
+    <t>19*</t>
+  </si>
+  <si>
+    <t>17*</t>
+  </si>
+  <si>
+    <t>17.</t>
+  </si>
+  <si>
+    <t>29.</t>
+  </si>
+  <si>
+    <t>43.</t>
+  </si>
+  <si>
+    <t>44.</t>
+  </si>
+  <si>
+    <t>46.</t>
+  </si>
+  <si>
+    <t>48.</t>
+  </si>
+  <si>
+    <t>49.</t>
+  </si>
+  <si>
+    <t>54.</t>
+  </si>
+  <si>
+    <t>55.</t>
+  </si>
+  <si>
+    <t>56.</t>
+  </si>
+  <si>
+    <t>57.</t>
+  </si>
+  <si>
+    <t>60.</t>
+  </si>
+  <si>
+    <t>62.</t>
+  </si>
+  <si>
+    <t>63.</t>
+  </si>
+  <si>
+    <t>64.</t>
+  </si>
+  <si>
+    <t>65.</t>
+  </si>
+  <si>
+    <t>66.</t>
+  </si>
+  <si>
+    <t>69.</t>
+  </si>
+  <si>
+    <t>70.</t>
+  </si>
+  <si>
+    <t>71.</t>
+  </si>
+  <si>
+    <t>72.</t>
+  </si>
+  <si>
+    <t>73.</t>
+  </si>
+  <si>
+    <t>74.</t>
+  </si>
+  <si>
+    <t>75.</t>
+  </si>
+  <si>
+    <t>76.</t>
+  </si>
+  <si>
+    <t>77.</t>
+  </si>
+  <si>
+    <t>78.</t>
+  </si>
+  <si>
+    <t>79.</t>
+  </si>
+  <si>
+    <t>80.</t>
+  </si>
+  <si>
+    <t>81.</t>
+  </si>
+  <si>
+    <t>82.</t>
+  </si>
+  <si>
+    <t>84.</t>
+  </si>
+  <si>
+    <t>87.</t>
+  </si>
+  <si>
+    <t>88.</t>
+  </si>
+  <si>
+    <t>89.</t>
+  </si>
+  <si>
+    <t>90.</t>
+  </si>
+  <si>
+    <t>91.</t>
+  </si>
+  <si>
+    <t>94.</t>
+  </si>
+  <si>
+    <t>95.</t>
+  </si>
+  <si>
+    <t>96.</t>
+  </si>
+  <si>
+    <t>98.</t>
+  </si>
+  <si>
+    <t>101.</t>
+  </si>
+  <si>
+    <t>102.</t>
+  </si>
+  <si>
+    <t>103.</t>
+  </si>
+  <si>
+    <t>104.</t>
+  </si>
+  <si>
+    <t>105.</t>
+  </si>
+  <si>
+    <t>106.</t>
+  </si>
+  <si>
+    <t>108.</t>
+  </si>
+  <si>
+    <t>109.</t>
+  </si>
+  <si>
+    <t>110.</t>
+  </si>
+  <si>
+    <t>111.</t>
+  </si>
+  <si>
+    <t>112.</t>
+  </si>
+  <si>
+    <t>113.</t>
+  </si>
+  <si>
+    <t>116.</t>
+  </si>
+  <si>
+    <t>117.</t>
+  </si>
+  <si>
+    <t>120.</t>
+  </si>
+  <si>
+    <t>122.</t>
+  </si>
+  <si>
+    <t>Roczna lista socjalna ustalona na 2025 r.</t>
+  </si>
+  <si>
+    <t>Osoby ubiegające się o zawarcie umowy najmu lokalu socjalnego, na podstawie poprzednio obowiązujących list, których uprawnienie nie zostało dotychczas zrealizowane</t>
+  </si>
+  <si>
+    <t>ŁAKOMA JOANNA</t>
+  </si>
+  <si>
+    <t>14*</t>
+  </si>
+  <si>
+    <t>MAJEWICZ-LUBCZYŃSKA IRENA</t>
+  </si>
+  <si>
+    <t>KABAT MARIOLA</t>
+  </si>
+  <si>
+    <t>13*</t>
+  </si>
+  <si>
+    <t>CHMIELEWSKA KINGA</t>
+  </si>
+  <si>
+    <t>36*</t>
+  </si>
+  <si>
+    <t>SZAFRAŃSKA MARIA</t>
+  </si>
+  <si>
+    <t>31*</t>
+  </si>
+  <si>
+    <t>RÓŻAŃSKI JANUSZ</t>
+  </si>
+  <si>
+    <t>KUROWIAK BOGUMIŁA</t>
+  </si>
+  <si>
+    <t>SADOWSKA DIANA</t>
+  </si>
+  <si>
+    <t>SŁOŃSKA KATARZYNA</t>
+  </si>
+  <si>
+    <t>WIECZOREK BEATA</t>
+  </si>
+  <si>
+    <t>CZYŻ ELIZA</t>
+  </si>
+  <si>
+    <t>IGNASIAK GRAŻYNA</t>
+  </si>
+  <si>
+    <t>ZAJDLER ELŻBIETA</t>
+  </si>
+  <si>
+    <t>JANICKA ANNA</t>
+  </si>
+  <si>
+    <t>TYSIĄC MAGDALENA</t>
+  </si>
+  <si>
+    <t>GRABOWSKA MAGDALENA</t>
+  </si>
+  <si>
+    <t>DAMAZYN ARKADIUSZ</t>
+  </si>
+  <si>
+    <t>GROCHOWINA KRYSTYNA</t>
+  </si>
+  <si>
+    <t>MASZTALERZ ANNA</t>
+  </si>
+  <si>
+    <t>KEMPIŃSKI JAKUB</t>
+  </si>
+  <si>
+    <t>OSSOWSKA LAURA</t>
+  </si>
+  <si>
+    <t>BORDA WERONIKA</t>
+  </si>
+  <si>
+    <t>KLIN RYSZARD</t>
+  </si>
+  <si>
+    <t>MILIŃSKA KATARZYNA</t>
+  </si>
+  <si>
+    <t>NAPIERAŁA ADRIAN</t>
+  </si>
+  <si>
+    <t>PAWŁOWSKA IWONA</t>
+  </si>
+  <si>
+    <t>WASIELA KAMILA</t>
+  </si>
+  <si>
+    <t>KORYCKA MAGDALENA</t>
+  </si>
+  <si>
+    <t>MALINOWSKA JOANNA</t>
+  </si>
+  <si>
+    <t>BIERNACKA SANDRA</t>
+  </si>
+  <si>
+    <t>YAHYA NADIA MY</t>
+  </si>
+  <si>
+    <t>KOWALIŃSKA PAULINA</t>
+  </si>
+  <si>
+    <t>WOŹNA IWONA</t>
+  </si>
+  <si>
+    <t>DOMAGAŁA ALEKSANDRA</t>
+  </si>
+  <si>
+    <t>LEWANDOWSKA JOANNA</t>
+  </si>
+  <si>
+    <t>GOLON WIKTORIA</t>
+  </si>
+  <si>
+    <t>SPYCHAŁA JOANNA</t>
+  </si>
+  <si>
+    <t>BOGUSŁAWSKA MARGARETA</t>
+  </si>
+  <si>
+    <t>BEYME SŁAWOMIR</t>
+  </si>
+  <si>
+    <t>KASPERCZAK ZUZANNA</t>
+  </si>
+  <si>
+    <t>SHAH SAYED</t>
+  </si>
+  <si>
+    <t>CHOJNACKA EWA</t>
+  </si>
+  <si>
+    <t>STOJCZYK KATARZYNA</t>
+  </si>
+  <si>
+    <t>POLAŃSKA IWONA</t>
+  </si>
+  <si>
+    <t>PRZEPIÓRA HANNA</t>
+  </si>
+  <si>
+    <t>NAWROCKA KATARZYNA</t>
+  </si>
+  <si>
+    <t>DACZKOWSKA ALICJA</t>
+  </si>
+  <si>
+    <t>MATUSZEWSKA GENOWEFA</t>
+  </si>
+  <si>
+    <t>CZERWIŃSKI RYSZARD</t>
+  </si>
+  <si>
+    <t>KUCHARSKA JÓZEFA</t>
+  </si>
+  <si>
+    <t>FRĄCKOWIAK HELENA</t>
+  </si>
+  <si>
+    <t>KOZAJDA WANDA</t>
+  </si>
+  <si>
+    <t>KAPELSKI PRZEMYSŁAW</t>
+  </si>
+  <si>
+    <t>BASZKIEWICZ KATARZYNA</t>
+  </si>
+  <si>
+    <t>KROPACZ PAULINA</t>
+  </si>
+  <si>
+    <t>JÓZAK NATALIA</t>
+  </si>
+  <si>
+    <t>SERBIN BARBARA</t>
+  </si>
+  <si>
+    <t>SKRZYPCZAK MARIOLA</t>
+  </si>
+  <si>
+    <t>STAŃCZUK NELA</t>
+  </si>
+  <si>
+    <t>KAMIŃSKI FILIP</t>
+  </si>
+  <si>
+    <t>FRĄCKOWIAK ANETA</t>
+  </si>
+  <si>
+    <t>GIL URSZULA</t>
+  </si>
+  <si>
+    <t>OLEJNICZAK-REKS MIKOŁAJ</t>
+  </si>
+  <si>
+    <t>OSOWSKA OLIWIA</t>
+  </si>
+  <si>
+    <t>MAKAŁOWSKA ALEKSANDRA</t>
+  </si>
+  <si>
+    <t>PAWLIKOWSKA SYLWIA</t>
+  </si>
+  <si>
+    <t>WIECZOREK ROMAN</t>
+  </si>
+  <si>
+    <t>SIUDZIŃSKI ANDRZEJ</t>
+  </si>
+  <si>
+    <t>JANKOWIAK GRZEGORZ</t>
+  </si>
+  <si>
+    <t>LORENC JANUSZ</t>
+  </si>
+  <si>
+    <t>OLKOWICZ KAMILA</t>
+  </si>
+  <si>
+    <t>GRANCEA SOLEDA</t>
+  </si>
+  <si>
+    <t>WOJTYCZKA SANDRA</t>
+  </si>
+  <si>
+    <t>WIKARSKA KAMILA</t>
+  </si>
+  <si>
+    <t>JANKOWSKI RYSZARD</t>
+  </si>
+  <si>
+    <t>ZENKER KAROLINA</t>
+  </si>
+  <si>
+    <t>HELIASZ TOBIASZ</t>
+  </si>
+  <si>
+    <t>MAŁECKA TATIANA</t>
+  </si>
+  <si>
+    <t>NOWAK EUGENIUSZ</t>
+  </si>
+  <si>
+    <t>NAWOJSKA IZABELLA</t>
+  </si>
+  <si>
+    <t>KOZIATEK STANISŁAW</t>
+  </si>
+  <si>
+    <t>FATAHI SYLWIA</t>
+  </si>
+  <si>
+    <t>BUKOWSKA MARZENA</t>
+  </si>
+  <si>
+    <t>SEMKIW PATRYCJA</t>
+  </si>
+  <si>
+    <t>DECKERT ARTUR</t>
+  </si>
+  <si>
+    <t>SZUBERT JOANNA</t>
+  </si>
+  <si>
+    <t>WESOŁOWSKA MAGDALENA</t>
+  </si>
+  <si>
+    <t>MADAJCZAK MONIKA</t>
+  </si>
+  <si>
+    <t>CZERNIAK TOMASZ</t>
+  </si>
+  <si>
+    <t>DRATWA DOMINIKA</t>
+  </si>
+  <si>
+    <t>STACHOWIAK WIESŁAWA</t>
+  </si>
+  <si>
+    <t>NOWAK PATRYCJA</t>
+  </si>
+  <si>
+    <t>WAWRZYNOWICZ MATEUSZ</t>
+  </si>
+  <si>
+    <t>MRÓZ GRZEGORZ</t>
+  </si>
+  <si>
+    <t>HALKE ESTERA</t>
+  </si>
+  <si>
+    <t>PROCYK JADWIGA</t>
+  </si>
+  <si>
+    <t>ZIMNOWICZ MAŁGORZATA</t>
+  </si>
+  <si>
+    <t>WIĘCEK DANUTA</t>
+  </si>
+  <si>
+    <t>LEMBICZ EWA</t>
+  </si>
+  <si>
+    <t>GABSKA BEATA</t>
+  </si>
+  <si>
+    <t>JANKIEWICZ MARZENA</t>
+  </si>
+  <si>
+    <t>PIECHOWIAK BEATA</t>
+  </si>
+  <si>
+    <t>BUDRECKA ZENONA</t>
+  </si>
+  <si>
+    <t>IGNASIAK SYLWIA</t>
+  </si>
+  <si>
+    <t>MICHAŁOWSKA NATALIA</t>
+  </si>
+  <si>
+    <t>KRESHCHYK VOLODYMYR</t>
+  </si>
+  <si>
+    <t>KRASZEWSKA PATRYCJA</t>
+  </si>
+  <si>
+    <t>BALCERZAK KRYSTIAN</t>
+  </si>
+  <si>
+    <t>KRAWCÓW JESSICA</t>
+  </si>
+  <si>
+    <t>BARTKOWIAK KATARZYNA</t>
+  </si>
+  <si>
+    <t>MARJANOWSKA AGATA</t>
+  </si>
+  <si>
+    <t>METELSKA ANNA</t>
+  </si>
+  <si>
+    <t>DUSZYŃSKI GRZEGORZ</t>
+  </si>
+  <si>
+    <t>JANCZAK KRYSTIAN</t>
+  </si>
+  <si>
+    <t>WIELGOSZ MAGDALENA</t>
+  </si>
+  <si>
+    <t>LEFIK SANDRA</t>
+  </si>
+  <si>
+    <t>SADOWSKA BARBARA</t>
+  </si>
+  <si>
+    <t>SPYCHALSKI JERZY</t>
+  </si>
+  <si>
+    <t>KIEROŃSKI KRZYSZTOF</t>
+  </si>
+  <si>
+    <t>WIL ANGELIKA</t>
+  </si>
+  <si>
+    <t>DZIURLA ANNA</t>
+  </si>
+  <si>
+    <t>PARYSEK MONIKA</t>
+  </si>
+  <si>
+    <t>ROSIŃSKI PRZEMYSŁAW</t>
+  </si>
+  <si>
+    <t>SŁABOLEPSZA IWONA</t>
+  </si>
+  <si>
+    <t>JANKOWSKI ZENON</t>
+  </si>
+  <si>
+    <t>SZYMCZAK ZUZANNA</t>
+  </si>
+  <si>
+    <t>ADAMCZYK AGNIESZKA</t>
+  </si>
+  <si>
+    <t>MAZURKIEWICZ SZYMON</t>
+  </si>
+  <si>
+    <t>HAPKA GRAŻYNA</t>
+  </si>
+  <si>
+    <t>MELNYK SERHII</t>
+  </si>
+  <si>
+    <t>GÓRNA HANNA</t>
+  </si>
+  <si>
+    <t>LISIECKI MARIUSZ</t>
+  </si>
+  <si>
+    <t>FELT MACIEJ</t>
+  </si>
+  <si>
+    <t>PŁOTKOWIAK NATALIA</t>
+  </si>
+  <si>
+    <t>* Osoba, która nabyła uprawnienie na podstawie listy wcześniejszej niż lista ustalona na 2024 r.</t>
+  </si>
+  <si>
+    <t>Osoby, które złożyły wnioski do listy na 2025 r. i na podstawie systemu kwalifikacji punktowej uzyskały wymaganą liczbę punktów</t>
+  </si>
+  <si>
+    <t>GORZAN WIKTORIA</t>
+  </si>
+  <si>
+    <t>BONDARENKO MARYNA</t>
+  </si>
+  <si>
+    <t>PRAŁAT MARIA</t>
+  </si>
+  <si>
+    <t>IGNOR JACEK</t>
+  </si>
+  <si>
+    <t>KOWALAK PAULINA</t>
+  </si>
+  <si>
+    <t>KAMIŃSKA AGNIESZKA</t>
+  </si>
+  <si>
+    <t>SŁOWIK ROBERT</t>
+  </si>
+  <si>
+    <t>CENAR HANNA</t>
+  </si>
+  <si>
+    <t>OŹMINKOWSKA MARTA</t>
+  </si>
+  <si>
+    <t>MAJCHRZAK JOANNA</t>
+  </si>
+  <si>
+    <t>TROJANEK ZOFIA</t>
+  </si>
+  <si>
+    <t>WYGAŚNIĘCIE</t>
+  </si>
+  <si>
+    <t>ZREALIZOWANO</t>
+  </si>
+  <si>
+    <t>DANIELAK MARIA</t>
+  </si>
+  <si>
+    <t>ŁUSZPAK KRYSTYNA</t>
+  </si>
+  <si>
+    <t>KĘBŁOWSKI ROMAN</t>
+  </si>
+  <si>
+    <t>FILIPOWSKA GABRIELA</t>
+  </si>
+  <si>
+    <t>SZAFRAN MARIOLA</t>
+  </si>
+  <si>
+    <t>ZARANEK MATEUSZ</t>
+  </si>
+  <si>
+    <t>ROGULSKI ADRIAN</t>
+  </si>
+  <si>
+    <t>WIŚNIEWSKA KINGA</t>
+  </si>
+  <si>
+    <t>MAREK NATALIA</t>
+  </si>
+  <si>
+    <t>CHMURA ALEKSANDRA</t>
+  </si>
+  <si>
+    <t>OBST WIKTORIA</t>
+  </si>
+  <si>
+    <t>STAROSTA ANNA</t>
+  </si>
+  <si>
+    <t>KOWALSKA NICOLE</t>
+  </si>
+  <si>
+    <t>JACKOWSKI RAFAŁ</t>
+  </si>
+  <si>
+    <t>CLOPOTAR LENUTA</t>
+  </si>
+  <si>
+    <t>DUDA URSZULA</t>
+  </si>
+  <si>
+    <t>ANDRZEJAK ADRIAN</t>
+  </si>
+  <si>
+    <t>MATYSIOK ADRIAN</t>
+  </si>
+  <si>
+    <t>SKREŚLONO</t>
+  </si>
+  <si>
+    <t>MAŁEK MARIJONA</t>
+  </si>
+  <si>
+    <t>LEDWOCH MIROSŁAW</t>
+  </si>
+  <si>
+    <t>MOLICKA-ŚMIGIEL KLAUDIA</t>
+  </si>
+  <si>
+    <t>RÓŻALSKI IRENEUSZ</t>
+  </si>
+  <si>
+    <t>MICHALCZYK MIKOŁAJ</t>
+  </si>
+  <si>
+    <t>JÓŹWIAK OKSANA</t>
+  </si>
+  <si>
+    <t>LYSKO ULIANA</t>
+  </si>
+  <si>
+    <t>JĘDRZEJCZAK DAMIAN</t>
+  </si>
+  <si>
+    <t>DANIELEWICZ RYSZARD</t>
+  </si>
+  <si>
+    <t>BIEDZIAK LUCYNA</t>
+  </si>
+  <si>
+    <t>WIŚNIEWSKA HANNA</t>
+  </si>
+  <si>
+    <t>ANTKOWIAK DANUTA</t>
+  </si>
+  <si>
+    <t>ANDRZEJAK TOMASZ</t>
+  </si>
+  <si>
+    <t>KOMOROWSKA JOANNA</t>
+  </si>
+  <si>
+    <t>SZYMAŃSKA WERONIKA</t>
+  </si>
+  <si>
+    <t>KWAŚNIEWSKA SANDRA</t>
+  </si>
+  <si>
+    <t>PREZYDENTA MIASTA POZNANIA</t>
+  </si>
+  <si>
+    <t>KALIAMURTHY KAMILA</t>
+  </si>
+  <si>
+    <t>DOPISANO</t>
+  </si>
+  <si>
+    <t>KOZIATEK-KRZESIŃSKA WERONIKA</t>
+  </si>
+  <si>
+    <t>KRYSZTOFORSKA NATALIA</t>
+  </si>
+  <si>
+    <t>VARISELLA LESZEK</t>
+  </si>
+  <si>
+    <t>CZAJKA DOROTA</t>
+  </si>
+  <si>
+    <t>SKUBAŁA RYSZARD</t>
+  </si>
+  <si>
+    <t>NOWAK HANKA</t>
+  </si>
+  <si>
+    <t>STASZEWSKA ANNA</t>
+  </si>
+  <si>
+    <t>KONIECZNA NATALIA</t>
+  </si>
+  <si>
+    <t>Załącznik nr 1 do zarządzenia Nr 832/2025/P</t>
+  </si>
+  <si>
+    <t>z dnia 28.11.2025 r.</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="10" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="3">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="27">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...613 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -2748,103 +1319,103 @@
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -2991,74 +1562,2504 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E203"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.140625" style="15" customWidth="1"/>
+    <col min="2" max="2" width="42.28515625" customWidth="1"/>
+    <col min="3" max="3" width="8.28515625" customWidth="1"/>
+    <col min="4" max="4" width="26.5703125" style="11" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="24" t="s">
+        <v>339</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+    </row>
+    <row r="2" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+    </row>
+    <row r="3" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="24" t="s">
+        <v>340</v>
+      </c>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+    </row>
+    <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="13"/>
+      <c r="B4" s="1"/>
+      <c r="C4" s="1"/>
+      <c r="D4" s="9"/>
+    </row>
+    <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="13"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="9"/>
+    </row>
+    <row r="6" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+    </row>
+    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="12"/>
+    </row>
+    <row r="8" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="26"/>
+    </row>
+    <row r="9" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D9" s="10"/>
+    </row>
+    <row r="10" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D32" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" s="19"/>
+    </row>
+    <row r="34" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="19"/>
+    </row>
+    <row r="35" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D35" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D36" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="19"/>
+    </row>
+    <row r="38" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" s="19"/>
+    </row>
+    <row r="39" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" s="19" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="19" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D42" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D43" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D44" s="19"/>
+    </row>
+    <row r="45" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D45" s="19"/>
+    </row>
+    <row r="46" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D46" s="19"/>
+    </row>
+    <row r="47" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" s="19"/>
+    </row>
+    <row r="48" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D48" s="19"/>
+    </row>
+    <row r="49" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D49" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D50" s="18"/>
+    </row>
+    <row r="51" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D51" s="19"/>
+    </row>
+    <row r="52" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D52" s="19"/>
+    </row>
+    <row r="53" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D53" s="19"/>
+    </row>
+    <row r="54" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D55" s="19"/>
+    </row>
+    <row r="56" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="16" t="s">
+        <v>85</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D56" s="19"/>
+    </row>
+    <row r="57" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="C57" s="5">
+        <v>44</v>
+      </c>
+      <c r="D57" s="19"/>
+    </row>
+    <row r="58" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="C58" s="5">
+        <v>38</v>
+      </c>
+      <c r="D58" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="C59" s="5">
+        <v>38</v>
+      </c>
+      <c r="D59" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="C60" s="5">
+        <v>32</v>
+      </c>
+      <c r="D60" s="19"/>
+    </row>
+    <row r="61" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="C61" s="5">
+        <v>32</v>
+      </c>
+      <c r="D61" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C62" s="5">
+        <v>32</v>
+      </c>
+      <c r="D62" s="19" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="C63" s="5">
+        <v>31</v>
+      </c>
+      <c r="D63" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="C64" s="5">
+        <v>30</v>
+      </c>
+      <c r="D64" s="19"/>
+    </row>
+    <row r="65" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C65" s="5">
+        <v>30</v>
+      </c>
+      <c r="D65" s="19"/>
+    </row>
+    <row r="66" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="C66" s="5">
+        <v>29</v>
+      </c>
+      <c r="D66" s="19"/>
+    </row>
+    <row r="67" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C67" s="5">
+        <v>28</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C68" s="5">
+        <v>27</v>
+      </c>
+      <c r="D68" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" s="5">
+        <v>26</v>
+      </c>
+      <c r="D69" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="C70" s="5">
+        <v>26</v>
+      </c>
+      <c r="D70" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" s="5">
+        <v>26</v>
+      </c>
+      <c r="D71" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="C72" s="5">
+        <v>26</v>
+      </c>
+      <c r="D72" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="C73" s="5">
+        <v>26</v>
+      </c>
+      <c r="D73" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="C74" s="5">
+        <v>26</v>
+      </c>
+      <c r="D74" s="19"/>
+    </row>
+    <row r="75" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C75" s="5">
+        <v>26</v>
+      </c>
+      <c r="D75" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C76" s="8">
+        <v>24</v>
+      </c>
+      <c r="D76" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C77" s="8">
+        <v>24</v>
+      </c>
+      <c r="D77" s="19"/>
+    </row>
+    <row r="78" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C78" s="8">
+        <v>24</v>
+      </c>
+      <c r="D78" s="19"/>
+    </row>
+    <row r="79" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="C79" s="5">
+        <v>24</v>
+      </c>
+      <c r="D79" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C80" s="8">
+        <v>24</v>
+      </c>
+      <c r="D80" s="19"/>
+    </row>
+    <row r="81" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C81" s="8">
+        <v>24</v>
+      </c>
+      <c r="D81" s="19"/>
+    </row>
+    <row r="82" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C82" s="8">
+        <v>24</v>
+      </c>
+      <c r="D82" s="19"/>
+    </row>
+    <row r="83" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C83" s="8">
+        <v>24</v>
+      </c>
+      <c r="D83" s="19"/>
+    </row>
+    <row r="84" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C84" s="8">
+        <v>23</v>
+      </c>
+      <c r="D84" s="19"/>
+    </row>
+    <row r="85" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="C85" s="8">
+        <v>23</v>
+      </c>
+      <c r="D85" s="19"/>
+    </row>
+    <row r="86" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="C86" s="8">
+        <v>23</v>
+      </c>
+      <c r="D86" s="19"/>
+    </row>
+    <row r="87" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C87" s="8">
+        <v>22</v>
+      </c>
+      <c r="D87" s="19"/>
+    </row>
+    <row r="88" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C88" s="8">
+        <v>22</v>
+      </c>
+      <c r="D88" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="C89" s="8">
+        <v>22</v>
+      </c>
+      <c r="D89" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="C90" s="5">
+        <v>22</v>
+      </c>
+      <c r="D90" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C91" s="8">
+        <v>22</v>
+      </c>
+      <c r="D91" s="19"/>
+    </row>
+    <row r="92" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C92" s="8">
+        <v>20</v>
+      </c>
+      <c r="D92" s="19"/>
+    </row>
+    <row r="93" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C93" s="8">
+        <v>20</v>
+      </c>
+      <c r="D93" s="19"/>
+    </row>
+    <row r="94" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="C94" s="8">
+        <v>20</v>
+      </c>
+      <c r="D94" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C95" s="8">
+        <v>20</v>
+      </c>
+      <c r="D95" s="19"/>
+    </row>
+    <row r="96" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="C96" s="8">
+        <v>20</v>
+      </c>
+      <c r="D96" s="19"/>
+    </row>
+    <row r="97" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C97" s="8">
+        <v>19</v>
+      </c>
+      <c r="D97" s="19"/>
+    </row>
+    <row r="98" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C98" s="8">
+        <v>19</v>
+      </c>
+      <c r="D98" s="19"/>
+    </row>
+    <row r="99" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C99" s="8">
+        <v>18</v>
+      </c>
+      <c r="D99" s="19" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C100" s="8">
+        <v>18</v>
+      </c>
+      <c r="D100" s="19"/>
+    </row>
+    <row r="101" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="C101" s="5">
+        <v>18</v>
+      </c>
+      <c r="D101" s="19"/>
+    </row>
+    <row r="102" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="C102" s="8">
+        <v>18</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="C103" s="8">
+        <v>18</v>
+      </c>
+      <c r="D103" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C104" s="8">
+        <v>17</v>
+      </c>
+      <c r="D104" s="19"/>
+    </row>
+    <row r="105" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="C105" s="8">
+        <v>17</v>
+      </c>
+      <c r="D105" s="19"/>
+    </row>
+    <row r="106" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C106" s="8">
+        <v>17</v>
+      </c>
+      <c r="D106" s="19"/>
+    </row>
+    <row r="107" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="C107" s="8">
+        <v>16</v>
+      </c>
+      <c r="D107" s="19"/>
+    </row>
+    <row r="108" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C108" s="8">
+        <v>16</v>
+      </c>
+      <c r="D108" s="19"/>
+    </row>
+    <row r="109" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="C109" s="8">
+        <v>16</v>
+      </c>
+      <c r="D109" s="19"/>
+    </row>
+    <row r="110" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="C110" s="8">
+        <v>16</v>
+      </c>
+      <c r="D110" s="19"/>
+    </row>
+    <row r="111" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C111" s="8">
+        <v>16</v>
+      </c>
+      <c r="D111" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="C112" s="5">
+        <v>16</v>
+      </c>
+      <c r="D112" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C113" s="8">
+        <v>16</v>
+      </c>
+      <c r="D113" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C114" s="8">
+        <v>16</v>
+      </c>
+      <c r="D114" s="19"/>
+    </row>
+    <row r="115" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="C115" s="8">
+        <v>16</v>
+      </c>
+      <c r="D115" s="19"/>
+    </row>
+    <row r="116" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="C116" s="8">
+        <v>16</v>
+      </c>
+      <c r="D116" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="C117" s="8">
+        <v>16</v>
+      </c>
+      <c r="D117" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="C118" s="8">
+        <v>16</v>
+      </c>
+      <c r="D118" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C119" s="8">
+        <v>16</v>
+      </c>
+      <c r="D119" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="C120" s="8">
+        <v>16</v>
+      </c>
+      <c r="D120" s="19"/>
+    </row>
+    <row r="121" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="C121" s="8">
+        <v>16</v>
+      </c>
+      <c r="D121" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C122" s="8">
+        <v>16</v>
+      </c>
+      <c r="D122" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C123" s="5">
+        <v>15</v>
+      </c>
+      <c r="D123" s="19"/>
+    </row>
+    <row r="124" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="C124" s="8">
+        <v>15</v>
+      </c>
+      <c r="D124" s="19"/>
+    </row>
+    <row r="125" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="C125" s="8">
+        <v>15</v>
+      </c>
+      <c r="D125" s="19"/>
+    </row>
+    <row r="126" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="C126" s="8">
+        <v>15</v>
+      </c>
+      <c r="D126" s="19"/>
+    </row>
+    <row r="127" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="C127" s="8">
+        <v>15</v>
+      </c>
+      <c r="D127" s="19"/>
+    </row>
+    <row r="128" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="C128" s="8">
+        <v>15</v>
+      </c>
+      <c r="D128" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="C129" s="8">
+        <v>15</v>
+      </c>
+      <c r="D129" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="C130" s="8">
+        <v>15</v>
+      </c>
+      <c r="D130" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C131" s="8">
+        <v>15</v>
+      </c>
+      <c r="D131" s="19"/>
+    </row>
+    <row r="132" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="C132" s="8">
+        <v>15</v>
+      </c>
+      <c r="D132" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="C133" s="8">
+        <v>15</v>
+      </c>
+      <c r="D133" s="19"/>
+    </row>
+    <row r="134" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="22" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="23" t="s">
+        <v>279</v>
+      </c>
+      <c r="B135" s="23"/>
+      <c r="C135" s="23"/>
+      <c r="D135" s="23"/>
+    </row>
+    <row r="136" spans="1:5" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E136" s="21"/>
+    </row>
+    <row r="137" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="16"/>
+      <c r="B138" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="C138" s="8">
+        <v>36</v>
+      </c>
+      <c r="D138" s="19"/>
+    </row>
+    <row r="139" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="16"/>
+      <c r="B139" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="C139" s="8">
+        <v>34</v>
+      </c>
+      <c r="D139" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="16"/>
+      <c r="B140" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="C140" s="8">
+        <v>33</v>
+      </c>
+      <c r="D140" s="19"/>
+    </row>
+    <row r="141" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="16"/>
+      <c r="B141" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="C141" s="8">
+        <v>32</v>
+      </c>
+      <c r="D141" s="19"/>
+    </row>
+    <row r="142" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="16"/>
+      <c r="B142" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="C142" s="8">
+        <v>31</v>
+      </c>
+      <c r="D142" s="19"/>
+    </row>
+    <row r="143" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="16"/>
+      <c r="B143" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="C143" s="8">
+        <v>31</v>
+      </c>
+      <c r="D143" s="19"/>
+    </row>
+    <row r="144" spans="1:5" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="16"/>
+      <c r="B144" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="C144" s="8">
+        <v>30</v>
+      </c>
+      <c r="D144" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="16"/>
+      <c r="B145" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="C145" s="8">
+        <v>30</v>
+      </c>
+      <c r="D145" s="19"/>
+    </row>
+    <row r="146" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="16"/>
+      <c r="B146" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="C146" s="8">
+        <v>29</v>
+      </c>
+      <c r="D146" s="19"/>
+    </row>
+    <row r="147" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="16"/>
+      <c r="B147" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="C147" s="8">
+        <v>29</v>
+      </c>
+      <c r="D147" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="16"/>
+      <c r="B148" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="C148" s="8">
+        <v>29</v>
+      </c>
+      <c r="D148" s="19"/>
+    </row>
+    <row r="149" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="16"/>
+      <c r="B149" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="C149" s="8">
+        <v>28</v>
+      </c>
+      <c r="D149" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="16"/>
+      <c r="B150" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C150" s="8">
+        <v>28</v>
+      </c>
+      <c r="D150" s="19"/>
+    </row>
+    <row r="151" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="16"/>
+      <c r="B151" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="C151" s="8">
+        <v>28</v>
+      </c>
+      <c r="D151" s="19"/>
+    </row>
+    <row r="152" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="16"/>
+      <c r="B152" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="C152" s="8">
+        <v>28</v>
+      </c>
+      <c r="D152" s="19"/>
+    </row>
+    <row r="153" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="16"/>
+      <c r="B153" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="C153" s="8">
+        <v>28</v>
+      </c>
+      <c r="D153" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="16"/>
+      <c r="B154" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="C154" s="8">
+        <v>28</v>
+      </c>
+      <c r="D154" s="19"/>
+    </row>
+    <row r="155" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="16"/>
+      <c r="B155" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="C155" s="8">
+        <v>27</v>
+      </c>
+      <c r="D155" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="16"/>
+      <c r="B156" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="C156" s="8">
+        <v>26</v>
+      </c>
+      <c r="D156" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="16"/>
+      <c r="B157" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="C157" s="8">
+        <v>26</v>
+      </c>
+      <c r="D157" s="19"/>
+    </row>
+    <row r="158" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="16"/>
+      <c r="B158" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="C158" s="8">
+        <v>26</v>
+      </c>
+      <c r="D158" s="19"/>
+    </row>
+    <row r="159" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="16"/>
+      <c r="B159" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="C159" s="8">
+        <v>26</v>
+      </c>
+      <c r="D159" s="19"/>
+    </row>
+    <row r="160" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="16"/>
+      <c r="B160" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="C160" s="8">
+        <v>26</v>
+      </c>
+      <c r="D160" s="19"/>
+    </row>
+    <row r="161" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="16"/>
+      <c r="B161" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="C161" s="8">
+        <v>25</v>
+      </c>
+      <c r="D161" s="19"/>
+    </row>
+    <row r="162" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="16"/>
+      <c r="B162" s="7" t="s">
+        <v>314</v>
+      </c>
+      <c r="C162" s="8">
+        <v>24</v>
+      </c>
+      <c r="D162" s="19"/>
+    </row>
+    <row r="163" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="16"/>
+      <c r="B163" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="C163" s="8">
+        <v>24</v>
+      </c>
+      <c r="D163" s="19"/>
+    </row>
+    <row r="164" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="16"/>
+      <c r="B164" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="C164" s="8">
+        <v>24</v>
+      </c>
+      <c r="D164" s="19"/>
+    </row>
+    <row r="165" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="16"/>
+      <c r="B165" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="C165" s="8">
+        <v>24</v>
+      </c>
+      <c r="D165" s="19"/>
+    </row>
+    <row r="166" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="16"/>
+      <c r="B166" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="C166" s="8">
+        <v>23</v>
+      </c>
+      <c r="D166" s="19"/>
+    </row>
+    <row r="167" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="16"/>
+      <c r="B167" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="C167" s="8">
+        <v>22</v>
+      </c>
+      <c r="D167" s="19"/>
+    </row>
+    <row r="168" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="16"/>
+      <c r="B168" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="C168" s="8">
+        <v>22</v>
+      </c>
+      <c r="D168" s="19"/>
+    </row>
+    <row r="169" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="16"/>
+      <c r="B169" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="C169" s="8">
+        <v>22</v>
+      </c>
+      <c r="D169" s="19"/>
+    </row>
+    <row r="170" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="16"/>
+      <c r="B170" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="C170" s="8">
+        <v>21</v>
+      </c>
+      <c r="D170" s="19"/>
+    </row>
+    <row r="171" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="16"/>
+      <c r="B171" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="C171" s="8">
+        <v>20</v>
+      </c>
+      <c r="D171" s="19"/>
+    </row>
+    <row r="172" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="16"/>
+      <c r="B172" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="C172" s="8">
+        <v>20</v>
+      </c>
+      <c r="D172" s="19"/>
+    </row>
+    <row r="173" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="16"/>
+      <c r="B173" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="C173" s="8">
+        <v>20</v>
+      </c>
+      <c r="D173" s="19"/>
+    </row>
+    <row r="174" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="16"/>
+      <c r="B174" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="C174" s="8">
+        <v>20</v>
+      </c>
+      <c r="D174" s="19"/>
+    </row>
+    <row r="175" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="16"/>
+      <c r="B175" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="C175" s="8">
+        <v>19</v>
+      </c>
+      <c r="D175" s="19"/>
+    </row>
+    <row r="176" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="16"/>
+      <c r="B176" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="C176" s="8">
+        <v>19</v>
+      </c>
+      <c r="D176" s="19"/>
+    </row>
+    <row r="177" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="16"/>
+      <c r="B177" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="C177" s="8">
+        <v>19</v>
+      </c>
+      <c r="D177" s="19"/>
+    </row>
+    <row r="178" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="16"/>
+      <c r="B178" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="C178" s="8">
+        <v>18</v>
+      </c>
+      <c r="D178" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="16"/>
+      <c r="B179" s="7" t="s">
+        <v>288</v>
+      </c>
+      <c r="C179" s="8">
+        <v>18</v>
+      </c>
+      <c r="D179" s="19"/>
+    </row>
+    <row r="180" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="16"/>
+      <c r="B180" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="C180" s="8">
+        <v>18</v>
+      </c>
+      <c r="D180" s="19"/>
+    </row>
+    <row r="181" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="16"/>
+      <c r="B181" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="C181" s="8">
+        <v>18</v>
+      </c>
+      <c r="D181" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="16"/>
+      <c r="B182" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="C182" s="8">
+        <v>16</v>
+      </c>
+      <c r="D182" s="19"/>
+    </row>
+    <row r="183" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="16"/>
+      <c r="B183" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="C183" s="8">
+        <v>16</v>
+      </c>
+      <c r="D183" s="19" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="16"/>
+      <c r="B184" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="C184" s="8">
+        <v>16</v>
+      </c>
+      <c r="D184" s="19"/>
+    </row>
+    <row r="185" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="16"/>
+      <c r="B185" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="C185" s="8">
+        <v>16</v>
+      </c>
+      <c r="D185" s="19"/>
+    </row>
+    <row r="186" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="16"/>
+      <c r="B186" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C186" s="8">
+        <v>16</v>
+      </c>
+      <c r="D186" s="19"/>
+    </row>
+    <row r="187" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="16"/>
+      <c r="B187" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="C187" s="8">
+        <v>16</v>
+      </c>
+      <c r="D187" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="16"/>
+      <c r="B188" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="C188" s="8">
+        <v>16</v>
+      </c>
+      <c r="D188" s="19"/>
+    </row>
+    <row r="189" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="16"/>
+      <c r="B189" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="C189" s="8">
+        <v>16</v>
+      </c>
+      <c r="D189" s="19" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="16"/>
+      <c r="B190" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="C190" s="8">
+        <v>15</v>
+      </c>
+      <c r="D190" s="19"/>
+    </row>
+    <row r="191" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="16"/>
+      <c r="B191" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="C191" s="8">
+        <v>15</v>
+      </c>
+      <c r="D191" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="16"/>
+      <c r="B192" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="C192" s="8">
+        <v>15</v>
+      </c>
+      <c r="D192" s="19"/>
+    </row>
+    <row r="193" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="16"/>
+      <c r="B193" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="C193" s="8">
+        <v>15</v>
+      </c>
+      <c r="D193" s="19"/>
+    </row>
+    <row r="194" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="16"/>
+      <c r="B194" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C194" s="8">
+        <v>15</v>
+      </c>
+      <c r="D194" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="16"/>
+      <c r="B195" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="C195" s="8">
+        <v>15</v>
+      </c>
+      <c r="D195" s="19"/>
+    </row>
+    <row r="196" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="16"/>
+      <c r="B196" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C196" s="8">
+        <v>15</v>
+      </c>
+      <c r="D196" s="19"/>
+    </row>
+    <row r="197" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="16"/>
+      <c r="B197" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="C197" s="8">
+        <v>15</v>
+      </c>
+      <c r="D197" s="19"/>
+    </row>
+    <row r="198" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="16"/>
+      <c r="B198" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="C198" s="8">
+        <v>15</v>
+      </c>
+      <c r="D198" s="19"/>
+    </row>
+    <row r="199" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="16"/>
+      <c r="B199" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="C199" s="8">
+        <v>15</v>
+      </c>
+      <c r="D199" s="19"/>
+    </row>
+    <row r="200" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="16"/>
+      <c r="B200" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="C200" s="8">
+        <v>15</v>
+      </c>
+      <c r="D200" s="19" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="16"/>
+      <c r="B201" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="C201" s="8">
+        <v>15</v>
+      </c>
+      <c r="D201" s="19"/>
+    </row>
+    <row r="202" spans="1:4" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="16"/>
+      <c r="B202" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="C202" s="8">
+        <v>15</v>
+      </c>
+      <c r="D202" s="19"/>
+    </row>
+    <row r="203" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B203" s="20"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A135:D135"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A3:D3"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="A8:D8"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;R&amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Nazwane zakresy</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Arkusz1</vt:lpstr>
+      <vt:lpstr>Arkusz1!_Hlk191370954</vt:lpstr>
+      <vt:lpstr>Arkusz1!Tytuły_wydruku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2796</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>Agata Płuciennik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>