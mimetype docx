--- v0 (2025-12-04)
+++ v1 (2026-01-28)
@@ -1,649 +1,4804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w14:paraId="3622D949" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="0013195B" w:rsidRDefault="0013195B">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-[...22 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9720"/>
+        </w:tabs>
+        <w:ind w:right="-648"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
+          <w:noProof/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="2" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1048CCF0" wp14:editId="53EACE28">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-494665</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2457450" cy="952500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Obraz 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Obraz 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2457450" cy="952500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00EF07D5" w:rsidRPr="0013195B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wydział Zdrowia i Spraw Społecznych</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+    <w:p w14:paraId="71F69C49" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00EF07D5">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9720"/>
+        </w:tabs>
+        <w:ind w:right="-648"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0013195B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Urząd Miasta Poznania</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD68366" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00EF07D5">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6410"/>
+        </w:tabs>
+        <w:ind w:right="-648"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7BA2AA" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00673B5A">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+    <w:p w14:paraId="5E1C3FF4" w14:textId="3F9E761A" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00EF07D5" w:rsidP="0028309B">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="003C7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>KARTA OCENY</w:t>
+      </w:r>
+      <w:r w:rsidR="0000119E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FORMALNEJ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OFERTY DO PROCEDOWANIA </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7669" w:rsidRPr="003C7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OTWARTEGO KONKURSU OFERT </w:t>
+      </w:r>
+      <w:r w:rsidR="0028309B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00072D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OGŁOSZONEGO NA PODSTAWIE </w:t>
+      </w:r>
+      <w:r w:rsidR="003C7669" w:rsidRPr="003C7669">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>USTAWY O ZDROWIU PUBLICZNYM</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+    <w:p w14:paraId="7CCE5891" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Tekstpodstawowy"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="14624" w:type="dxa"/>
+        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1368"/>
-        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="11935"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5">
-[...26 lines deleted...]
-              <w:rPr>
+      <w:tr w:rsidR="003C7669" w:rsidRPr="003C7669" w14:paraId="7B41F4C0" w14:textId="77777777" w:rsidTr="00977AD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1328A638" w14:textId="77777777" w:rsidR="003C7669" w:rsidRPr="003C7669" w:rsidRDefault="003C7669">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwa zadania publicznego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197D696B" w14:textId="3D258888" w:rsidR="003C7669" w:rsidRPr="003C7669" w:rsidRDefault="003C7669" w:rsidP="003C7669">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>„Kompleksowa diagnoza stanu zdrowia psychicznego mieszkanek i mieszkańców Poznania oraz zasobów i</w:t>
+            </w:r>
+            <w:r w:rsidR="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>deficytów w zakresie wsparcia poznanianek i poznaniaków w obszarze ochrony zdrowia psychicznego”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00673B5A" w:rsidRPr="003C7669" w14:paraId="5FEAC096" w14:textId="77777777" w:rsidTr="00977AD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C576383" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F915283" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00EF07D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwa oferenta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75172EB9" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="156865D2" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6116F171" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4839792E" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00673B5A" w:rsidRPr="003C7669" w14:paraId="4EA10204" w14:textId="77777777" w:rsidTr="00977AD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEB2364" w14:textId="1B0C1B83" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00EF07D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ume</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C7669">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>r oferty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B9988F" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691E68A2" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="003C7669" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="000F4B32" w:rsidRDefault="00FA63B5" w:rsidP="000F4B32">
+    <w:p w14:paraId="11D73443" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00673B5A">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F4B32">
+    </w:p>
+    <w:p w14:paraId="07FCBBE5" w14:textId="77777777" w:rsidR="00977AD5" w:rsidRDefault="00977AD5">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>W przypadku nieobecności dyrektora Przedszkola nr 6 „Polne Kwiatki”</w:t>
-[...179 lines deleted...]
-        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000F4B32" w:rsidRDefault="000F4B32" w:rsidP="000F4B32">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14624" w:type="dxa"/>
+        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="10624"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="7"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC6CDF" w:rsidRPr="00DC6CDF" w14:paraId="0387B340" w14:textId="77777777" w:rsidTr="00971078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14624" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C0F399" w14:textId="6997A84D" w:rsidR="00673B5A" w:rsidRDefault="00EF07D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>OCENA FORMALNA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27AEBF1E" w14:textId="72200EBD" w:rsidR="0028309B" w:rsidRPr="0028309B" w:rsidRDefault="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analiza formalna </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>polega na</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wpisaniu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w odpowiedniej kolumnie znaku „x”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jeżeli kryterium jest spełnione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nie jest spełnione lub nie dotyczy oferenta</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564DD8EC" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00673B5A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0028309B" w:rsidRPr="00DC6CDF" w14:paraId="236733F8" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C227B25" w14:textId="1DB2740E" w:rsidR="0028309B" w:rsidRPr="0028309B" w:rsidRDefault="0028309B" w:rsidP="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10631" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F445BE" w14:textId="70664002" w:rsidR="0028309B" w:rsidRPr="0028309B" w:rsidRDefault="0028309B" w:rsidP="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kryterium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C2DB69" w14:textId="77777777" w:rsidR="0028309B" w:rsidRPr="00977AD5" w:rsidRDefault="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00977AD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Spełnia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B664282" w14:textId="77777777" w:rsidR="0028309B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nie spełnia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C00AB3" w14:textId="77777777" w:rsidR="0028309B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0028309B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nie dotyczy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w14:paraId="7E109A77" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="207B98BA" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409ECE7E" w14:textId="31B441D4" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Of</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>erent złożył tylko jedną ofertę</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27649716" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5904DC44" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A82FC2A" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w14:paraId="46810E5E" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49417ABF" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700EE06E" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Of</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC6CDF" w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>erta została złożona w jedynym egz</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>emplarzu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C4BD26" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6798FE8B" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="736A0CFC" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w14:paraId="34934125" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6010F880" w14:textId="77777777" w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w:rsidRDefault="00DC0F02" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="061A23DD" w14:textId="4DB88196" w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w:rsidRDefault="00DC0F02" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC0F02">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ofertę s</w:t>
+            </w:r>
+            <w:r w:rsidR="00553F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>porządzono w języku polskim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DE9533" w14:textId="77777777" w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w:rsidRDefault="00DC0F02" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0E9D0A" w14:textId="77777777" w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w:rsidRDefault="00DC0F02" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AB8ED5" w14:textId="77777777" w:rsidR="00DC0F02" w:rsidRPr="00DC6CDF" w:rsidRDefault="00DC0F02" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w14:paraId="74C7F944" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1138DB8A" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4B0969" w14:textId="65AC7AE6" w:rsidR="00553F85" w:rsidRPr="00DC0F02" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ofertę złożono </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00553F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>na formularzu stanowiącym załącznik nr 1 do ogłoszenia konkursowego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B4D789" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBD8D2A" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DD81C3" w14:textId="77777777" w:rsidR="00553F85" w:rsidRPr="00DC6CDF" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631910" w:rsidRPr="00DC6CDF" w14:paraId="3C373AF7" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1036F206" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EF91E5" w14:textId="3968C495" w:rsidR="00631910" w:rsidRPr="00DC0F02" w:rsidRDefault="00553F85" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ofertę sporządzono</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00553F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w formie p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>isemnej i wypełniono</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00553F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> maszynowo/komputerowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBCBD21" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B08B02" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD19469" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631910" w:rsidRPr="00DC6CDF" w14:paraId="6F454360" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E5ACE9" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67275B9B" w14:textId="77777777" w:rsidR="00631910" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00631910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wypełniono</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wszystkie</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> właściwe miejsca i rubryki w ofercie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF237E7" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="465776A7" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="246FC780" w14:textId="77777777" w:rsidR="00631910" w:rsidRPr="00DC6CDF" w:rsidRDefault="00631910" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A20A05" w:rsidRPr="00DC6CDF" w14:paraId="60A11EA1" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BD5121" w14:textId="77777777" w:rsidR="00A20A05" w:rsidRPr="00DC6CDF" w:rsidRDefault="00A20A05" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DE0FB1" w14:textId="488A249F" w:rsidR="00A20A05" w:rsidRPr="00631910" w:rsidRDefault="00A20A05" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Oferta ma ponumerowane strony</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="200CD5B1" w14:textId="77777777" w:rsidR="00A20A05" w:rsidRPr="00DC6CDF" w:rsidRDefault="00A20A05" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="276EB05C" w14:textId="77777777" w:rsidR="00A20A05" w:rsidRPr="00DC6CDF" w:rsidRDefault="00A20A05" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7070B8" w14:textId="77777777" w:rsidR="00A20A05" w:rsidRPr="00DC6CDF" w:rsidRDefault="00A20A05" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w14:paraId="1F514A83" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F36BDD3" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="021D1C8D" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="00CF5057" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Oferta została złożona zgodnie z terminem</w:t>
+            </w:r>
+            <w:r w:rsidR="002701D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00631910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kreślonym w ogłoszeniu konkursowym</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DCF8FB" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="05489207" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C16BCAE" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="00DC6CDF" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F72E2" w:rsidRPr="004F72E2" w14:paraId="3EC00E81" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA43B44" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="004F72E2" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1382519C" w14:textId="1CD8AE98" w:rsidR="006E3930" w:rsidRPr="004F72E2" w:rsidRDefault="002701D9" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F72E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Oferta wraz z za</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20A05" w:rsidRPr="004F72E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>łącznikami</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F72E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> została podpisana przez osoby </w:t>
+            </w:r>
+            <w:r w:rsidR="004F72E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>upoważnione</w:t>
+            </w:r>
+            <w:r w:rsidR="004F72E2" w:rsidRPr="004F72E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do reprezentacji podmiotu składającego ofertę</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0981801A" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="004F72E2" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="481C2249" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="004F72E2" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5C373D" w14:textId="77777777" w:rsidR="006E3930" w:rsidRPr="004F72E2" w:rsidRDefault="006E3930" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96774" w:rsidRPr="00DC6CDF" w14:paraId="25686BFD" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51794601" w14:textId="77777777" w:rsidR="00F96774" w:rsidRPr="00DC6CDF" w:rsidRDefault="00F96774" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="347F6D28" w14:textId="4EB347F0" w:rsidR="00F96774" w:rsidRDefault="00F96774" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oferta została złożona przez podmiot uprawniony zgodnie z </w:t>
+            </w:r>
+            <w:r w:rsidR="0016340F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">art. 3 ust. 2 ustawy o zdrowiu publicznym </w:t>
+            </w:r>
+            <w:r w:rsidR="0016340F" w:rsidRPr="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0016340F" w:rsidRPr="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dz.</w:t>
+            </w:r>
+            <w:r w:rsidR="0028309B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0016340F" w:rsidRPr="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U. z 2024 r. poz. 1670 z późn. zm.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="178B5460" w14:textId="77777777" w:rsidR="00F96774" w:rsidRPr="00DC6CDF" w:rsidRDefault="00F96774" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5730AD3B" w14:textId="77777777" w:rsidR="00F96774" w:rsidRPr="00DC6CDF" w:rsidRDefault="00F96774" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="01729FC8" w14:textId="77777777" w:rsidR="00F96774" w:rsidRPr="00DC6CDF" w:rsidRDefault="00F96774" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC6CDF" w:rsidRPr="00DC6CDF" w14:paraId="4150BC90" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FA4C96" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00673B5A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67590B3A" w14:textId="68E60795" w:rsidR="00D64B11" w:rsidRPr="00D64B11" w:rsidRDefault="00D64B11" w:rsidP="00072D1C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Do oferty dołączono o</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB06F4" w:rsidRPr="00EB06F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ryginały lub kopie posiadanych referencji, poświadczeń, protokołów odbioru lub innych dokumentów potwierdzających, że</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB06F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oferent </w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posiada k</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81" w:rsidRPr="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ompetencje merytoryczne i zaw</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>odowe</w:t>
+            </w:r>
+            <w:r w:rsidR="00971078">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00072D1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wskazujące</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, że</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81" w:rsidRPr="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w okresie ostatnich 3 lat przed upływem terminu składania ofert (a jeżeli okres prowadzenia działalności jest krótszy – to w tym okresie) wykonał przynajmniej 3 dokumentacje dotyczące diagnozy, programów strategicznych, raportów lub opracowań naukowo-badawczych w zakresie zdrowia publicznego zgodnie z art</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. 2 ustawy o zdrowiu publicznym</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81" w:rsidRPr="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00544D81" w:rsidRPr="00544D81">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pozytywna opinia gminy, powiatu lub regionu, dla którego zostały wykonane)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E10B01F" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00673B5A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41417F5C" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00673B5A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BFCE0F" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00673B5A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00535AF4" w:rsidRPr="00DC6CDF" w14:paraId="1AB85DFB" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="515EB31C" w14:textId="77777777" w:rsidR="00535AF4" w:rsidRPr="00DC6CDF" w:rsidRDefault="00535AF4" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390A07FF" w14:textId="77777777" w:rsidR="00535AF4" w:rsidRDefault="00535AF4" w:rsidP="00D64B11">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00535AF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kopi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>e dokumentów dołączonych do</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535AF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ofe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rty zostały poświadczone przez o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00535AF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ferenta za zgodność z oryginałem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E19EC6" w14:textId="77777777" w:rsidR="00535AF4" w:rsidRPr="00DC6CDF" w:rsidRDefault="00535AF4" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A94E34C" w14:textId="77777777" w:rsidR="00535AF4" w:rsidRPr="00DC6CDF" w:rsidRDefault="00535AF4" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE0E4DA" w14:textId="77777777" w:rsidR="00535AF4" w:rsidRPr="00DC6CDF" w:rsidRDefault="00535AF4" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w14:paraId="3D29ED3C" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AC778D" w14:textId="77777777" w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w:rsidRDefault="00E95EAA" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2773285A" w14:textId="7941E023" w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dołączono do oferty</w:t>
+            </w:r>
+            <w:r w:rsidR="0070645B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A20A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20A05" w:rsidRPr="00A20A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ktualny odpis z odpowiedniego rejestru lub inne dokumenty informujące o statusie prawnym podmiotu składającego ofertę i umocowanie osób go reprezentujących</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DFCD28" w14:textId="77777777" w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w:rsidRDefault="00E95EAA" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCE1D72" w14:textId="77777777" w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w:rsidRDefault="00E95EAA" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="114C74CF" w14:textId="77777777" w:rsidR="00E95EAA" w:rsidRPr="00DC6CDF" w:rsidRDefault="00E95EAA" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070645B" w:rsidRPr="00DC6CDF" w14:paraId="5947712A" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7EEDF1" w14:textId="77777777" w:rsidR="0070645B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0070645B" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7AF38A" w14:textId="63F38F03" w:rsidR="0070645B" w:rsidRDefault="0070645B" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070645B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W przypadku oferenta, którego siedzibą nie jest miasto Poznań</w:t>
+            </w:r>
+            <w:r w:rsidR="00894EA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dołączono</w:t>
+            </w:r>
+            <w:r w:rsidR="003F7F1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> do oferty</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070645B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aktualny statut organizacji zatwierdzony przez sąd rejestrowy lub w przypadku organizacji będących stowarzyszeniami zwykłymi </w:t>
+            </w:r>
+            <w:r w:rsidR="008B24CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070645B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aktualny regulamin organizacji zatwierdzony przez właściwego miejscowo starostę</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DDEFCB" w14:textId="77777777" w:rsidR="0070645B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0070645B" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4444FF8F" w14:textId="77777777" w:rsidR="0070645B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0070645B" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="260CEF5C" w14:textId="77777777" w:rsidR="0070645B" w:rsidRPr="00DC6CDF" w:rsidRDefault="0070645B" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w14:paraId="0E0FC44C" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="1523"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671D306" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B942FB" w14:textId="726E530F" w:rsidR="003F7F1A" w:rsidRPr="001274C9" w:rsidRDefault="001274C9" w:rsidP="001274C9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wszystkie osoby reprezentujące</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6A39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> podmiot</w:t>
+            </w:r>
+            <w:r w:rsidR="009F512A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w konkursie ofert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prawidłowo złożyły oświadczenie/ </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>oświadczenia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="003F7F1A" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>o niekaralności zakazem pełnienia funkcji związanych z dysponowaniem środkami publicznymi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oraz </w:t>
+            </w:r>
+            <w:r w:rsidR="008B24CC" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">o </w:t>
+            </w:r>
+            <w:r w:rsidR="003F7F1A" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>niekaralności za umyślne przestępstwo lub umyślne przestępstwo skarbowe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oraz </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6A39" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>potwierdzające, że kwota środków przeznaczona zostanie na realizację zadania zgodnie z ofertą i</w:t>
+            </w:r>
+            <w:r w:rsidR="008B24CC" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6A39" w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>że w tym zakresie zadanie nie będzie finansowane z innych źródeł (załącznik nr 2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="094B5AB3" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE32B64" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6804752A" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w14:paraId="293C78FA" w14:textId="77777777" w:rsidTr="0028309B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEA4AA4" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703E1D70" w14:textId="5D27B802" w:rsidR="003F7F1A" w:rsidRPr="003F7F1A" w:rsidRDefault="001274C9" w:rsidP="00731100">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA6A39" w:rsidRPr="00AA6A39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">szystkie osoby reprezentujące podmiot w konkursie ofert </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>prawidłowo złożyły</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oświadczenie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/ oświadczenia</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001274C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> stanowiące załącznik </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nr 3 do ogłoszenia konkursowego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19FC43CE" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC201E2" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CF4951" w14:textId="77777777" w:rsidR="003F7F1A" w:rsidRPr="00DC6CDF" w:rsidRDefault="003F7F1A" w:rsidP="00977AD5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC6CDF" w:rsidRPr="00DC6CDF" w14:paraId="19F46A49" w14:textId="77777777" w:rsidTr="00971078">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14624" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F65ABF" w14:textId="0D9E9EFC" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00EF07D5">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WYNIK OCENY FORMALNEJ OFERTY </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*niewłaściwe skreślić</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295774A0" w14:textId="3DC62D05" w:rsidR="00673B5A" w:rsidRDefault="00EF07D5" w:rsidP="00EA775F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oferta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>spełnia/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nie spełnia* kryteria formalne i </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>może/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nie może</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>* podlegać</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ocenie merytorycznej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F983CC" w14:textId="215E3737" w:rsidR="00FC72D5" w:rsidRPr="00DC6CDF" w:rsidRDefault="00FC72D5" w:rsidP="00EA775F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Data oceny: …………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4CE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5FFB6E" w14:textId="296E4954" w:rsidR="00376FB1" w:rsidRDefault="00376FB1" w:rsidP="00CF5057">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06FFD810" w14:textId="53EB90C2" w:rsidR="00DC2D28" w:rsidRDefault="00DC2D28" w:rsidP="00DC2D28">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="339"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1D5652" w14:textId="63D1A863" w:rsidR="00DC2D28" w:rsidRDefault="00DC2D28" w:rsidP="00DC2D28">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="339"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D35DC97" w14:textId="79F43F0E" w:rsidR="00DC2D28" w:rsidRDefault="00DC2D28" w:rsidP="00DC2D28">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="339"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D9E815C" w14:textId="0A272633" w:rsidR="00DC2D28" w:rsidRPr="000F4CE0" w:rsidRDefault="00DC2D28" w:rsidP="000F4CE0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="3"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="339"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………………………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1581789A" w14:textId="300A6786" w:rsidR="00DC2D28" w:rsidRPr="00DC2D28" w:rsidRDefault="00DC2D28" w:rsidP="00DC2D28">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="-21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Podpisy członków Komisji</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F5D851" w14:textId="37CB98F6" w:rsidR="00376FB1" w:rsidRDefault="00376FB1" w:rsidP="00CF5057">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F50A854" w14:textId="27C176EC" w:rsidR="00376FB1" w:rsidRPr="00376FB1" w:rsidRDefault="00376FB1" w:rsidP="001274C9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="480"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00376FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>…….…………………………………</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34568CA9" w14:textId="367906E8" w:rsidR="00376FB1" w:rsidRPr="00376FB1" w:rsidRDefault="00376FB1" w:rsidP="00376FB1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                         </w:t>
+            </w:r>
+            <w:r w:rsidR="006D618E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F4CE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00376FB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Piecz</w:t>
+            </w:r>
+            <w:r w:rsidR="006D618E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ątka i podpis </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC2D28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>przewodniczącej Komisji</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA9AA3B" w14:textId="2CBC6F08" w:rsidR="00673B5A" w:rsidRPr="00DC6CDF" w:rsidRDefault="00EF07D5" w:rsidP="00CF5057">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC6CDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF5057">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="29159411" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00673B5A" w:rsidP="003A0DD0">
       <w:pPr>
-        <w:keepNext/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000F4B32" w:rsidRPr="000F4B32" w:rsidRDefault="000F4B32" w:rsidP="000F4B32">
-[...11 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:sectPr w:rsidR="00673B5A" w:rsidSect="003A0DD0">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="851" w:header="0" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w16cid:commentId w16cid:paraId="33AD4D46" w16cid:durableId="2CD166BE"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4B32" w:rsidRDefault="000F4B32">
+    <w:p w14:paraId="3F25F82D" w14:textId="77777777" w:rsidR="006934CC" w:rsidRDefault="006934CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4B32" w:rsidRDefault="000F4B32">
+    <w:p w14:paraId="7D2E842D" w14:textId="77777777" w:rsidR="006934CC" w:rsidRDefault="006934CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1720240165"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="2C4A06E4" w14:textId="5A3F4728" w:rsidR="00EA775F" w:rsidRDefault="00EA775F">
+        <w:pPr>
+          <w:pStyle w:val="Stopka"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="001274C9">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7D0A7F5D" w14:textId="77777777" w:rsidR="00673B5A" w:rsidRDefault="00673B5A">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F4B32" w:rsidRDefault="000F4B32">
+    <w:p w14:paraId="3D496099" w14:textId="77777777" w:rsidR="006934CC" w:rsidRDefault="006934CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F4B32" w:rsidRDefault="000F4B32">
+    <w:p w14:paraId="2FC6DB8E" w14:textId="77777777" w:rsidR="006934CC" w:rsidRDefault="006934CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="0809E457" w14:textId="5E204537" w:rsidR="00104BBE" w:rsidRPr="00072D1C" w:rsidRDefault="00072D1C" w:rsidP="00104BBE">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00072D1C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>Załącznik nr 2</w:t>
+    </w:r>
+    <w:r w:rsidR="00104BBE" w:rsidRPr="00072D1C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> do Regulaminu pracy Komisji Konkursowej</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6EEDB21C" w14:textId="06065F8C" w:rsidR="00104BBE" w:rsidRDefault="00104BBE">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="11C1B47C" w14:textId="77777777" w:rsidR="00104BBE" w:rsidRDefault="00104BBE">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="281F7053"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B6788C60"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B5A62D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CCE3E02"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61141993"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AF12CF04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="Nagwek1"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="Nagwek2"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="Nagwek3"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D854920"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="216EFB74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...6 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="408"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...22 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="000F4B32"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="00673B5A"/>
+    <w:rsid w:val="0000119E"/>
+    <w:rsid w:val="00006573"/>
+    <w:rsid w:val="00031247"/>
+    <w:rsid w:val="00072D1C"/>
+    <w:rsid w:val="000F4CE0"/>
+    <w:rsid w:val="00104BBE"/>
+    <w:rsid w:val="001274C9"/>
+    <w:rsid w:val="0013195B"/>
+    <w:rsid w:val="0016340F"/>
+    <w:rsid w:val="00265DAE"/>
+    <w:rsid w:val="002701D9"/>
+    <w:rsid w:val="00277F91"/>
+    <w:rsid w:val="0028309B"/>
+    <w:rsid w:val="00376FB1"/>
+    <w:rsid w:val="003A0DD0"/>
+    <w:rsid w:val="003C7669"/>
+    <w:rsid w:val="003F7F1A"/>
+    <w:rsid w:val="00426A20"/>
+    <w:rsid w:val="00483964"/>
+    <w:rsid w:val="004F72E2"/>
+    <w:rsid w:val="005024D0"/>
+    <w:rsid w:val="00535AF4"/>
+    <w:rsid w:val="00544D81"/>
+    <w:rsid w:val="00553F85"/>
+    <w:rsid w:val="00631910"/>
+    <w:rsid w:val="00670E1A"/>
+    <w:rsid w:val="00673B5A"/>
+    <w:rsid w:val="006934CC"/>
+    <w:rsid w:val="006D618E"/>
+    <w:rsid w:val="006E3930"/>
+    <w:rsid w:val="0070645B"/>
+    <w:rsid w:val="00731100"/>
+    <w:rsid w:val="008524F2"/>
+    <w:rsid w:val="0087280E"/>
+    <w:rsid w:val="008858BD"/>
+    <w:rsid w:val="00894EA1"/>
+    <w:rsid w:val="008B24CC"/>
+    <w:rsid w:val="008F24E7"/>
+    <w:rsid w:val="00971078"/>
+    <w:rsid w:val="00977AD5"/>
+    <w:rsid w:val="00994B70"/>
+    <w:rsid w:val="009F1A7C"/>
+    <w:rsid w:val="009F512A"/>
+    <w:rsid w:val="00A027D0"/>
+    <w:rsid w:val="00A20A05"/>
+    <w:rsid w:val="00A42822"/>
+    <w:rsid w:val="00AA6A39"/>
+    <w:rsid w:val="00AD4FA6"/>
+    <w:rsid w:val="00B623A0"/>
+    <w:rsid w:val="00C207BC"/>
+    <w:rsid w:val="00CF5057"/>
+    <w:rsid w:val="00D64B11"/>
+    <w:rsid w:val="00DC0F02"/>
+    <w:rsid w:val="00DC2D28"/>
+    <w:rsid w:val="00DC427E"/>
+    <w:rsid w:val="00DC6CDF"/>
+    <w:rsid w:val="00E31DFF"/>
+    <w:rsid w:val="00E95EAA"/>
+    <w:rsid w:val="00EA1A67"/>
+    <w:rsid w:val="00EA775F"/>
+    <w:rsid w:val="00EB06F4"/>
+    <w:rsid w:val="00EF07D5"/>
+    <w:rsid w:val="00F716C6"/>
+    <w:rsid w:val="00F96774"/>
+    <w:rsid w:val="00FC72D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL"/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CC45B9C1-7CA5-49C8-9A22-BDA12FCC9CC4}"/>
+  <w14:docId w14:val="762BBFF9"/>
+  <w15:docId w15:val="{AA3756D7-E879-4014-BB7A-E19D23845259}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -792,318 +4947,604 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005E4F93"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
     <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
     <w:pPr>
       <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
     <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
     <w:pPr>
       <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek3Znak"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
+    <w:name w:val="Nagłówek 3 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
+    <w:name w:val="Łącze internetowe"/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00D3241E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstpodstawowyZnak"/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagwek10">
+    <w:name w:val="Nagłówek1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C54D6E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gwkaistopka">
+    <w:name w:val="Główka i stopka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C54D6E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D3241E"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00FA63B5"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00C54D6E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-    <w:name w:val="footer"/>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB06F4"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="00796326"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB06F4"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="160"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB06F4"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00971078"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00971078"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00104BBE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:targetScreenSz w:val="800x600"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1212,73 +5653,96 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>692</Characters>
+  <Pages>4</Pages>
+  <Words>547</Words>
+  <Characters>3284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>806</CharactersWithSpaces>
+  <CharactersWithSpaces>3824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Iwona Kubicka</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Joanna Olenderek</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>16.0000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
+    <vt:i4>0</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>