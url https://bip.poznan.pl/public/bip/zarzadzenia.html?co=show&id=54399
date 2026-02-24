--- v0 (2026-01-09)
+++ v1 (2026-02-24)
@@ -7,183 +7,183 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00F91BF4">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="4395"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik nr </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> do zarządzenia Nr </w:t>
       </w:r>
-      <w:r w:rsidR="00393DD6">
+      <w:r w:rsidR="00EF7869">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>904/2025/P</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00F91BF4">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="5672"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00F91BF4">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="5672"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00393DD6">
+      <w:r w:rsidR="00EF7869">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>18.12.2025 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="00DA50B6" w:rsidRDefault="00C573E9" w:rsidP="00DA50B6">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="00DA50B6" w:rsidRDefault="00FF4AF7" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00DA50B6">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00DA50B6">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="005526E9">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="005526E9">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003035A8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Komisja d</w:t>
       </w:r>
       <w:r>
@@ -195,1264 +195,1167 @@
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003035A8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wyłonienia kandydata na stanowisko dyrektora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Przedszkola nr 39 </w:t>
+        <w:t xml:space="preserve">Przedszkola nr 65 </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00741AD9">
+      <w:r w:rsidR="00DC480E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Leśne Ludki</w:t>
+        <w:t>Wiolinek</w:t>
       </w:r>
-      <w:r w:rsidR="00741AD9">
+      <w:r w:rsidR="00DC480E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w Poznaniu, </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ul. Bolesława Limanowskiego 23B</w:t>
+        <w:t>ul. Czechosłowacka 29</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="005526E9" w:rsidRDefault="00C573E9" w:rsidP="005526E9">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="005526E9" w:rsidRDefault="00FF4AF7" w:rsidP="005526E9">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="00F011F3">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00F011F3">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D45AC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Skład komisji konkursowej:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00F011F3">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3918"/>
         <w:gridCol w:w="5144"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Joanna Paśka-Woźniak</w:t>
+              <w:t>Ewa Gągało</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00D42695">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00854452">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przewodnicząca komisji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ewelina Lisewska-Nowicka</w:t>
+              <w:t>Weronika Kuczyńska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00854452">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Aneta Barczak</w:t>
+              <w:t>Julita Andrzejewska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00854452">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Beata Przyszczypkowska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00D42695">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mirosława Synoradzka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00D42695">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:firstLine="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hanna Wartecka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00D42695">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-4" w:firstLine="19"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00A9105C">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dorota Smykowska-Chojnacka</w:t>
+              <w:t>Anna Śmigielska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00854452">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel Rady Pedagogicznej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Małgorzata Rosińska</w:t>
+              <w:t>Ewelina Wawrzyniak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel Rady Pedagogicznej</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Róża Dolata</w:t>
+              <w:t>Karolina Motylewska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel Rady </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Rodziców </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Amanda Jędrzejewska</w:t>
+              <w:t>Michał Marszał</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel Rady </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Rodziców </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kinga Sarna</w:t>
+              <w:t>Ewa Maciejewska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="003745DC">
+          <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel Związku Nauczycielstwa Polskiego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
-[...86 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="00F011F3">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="006D45AC">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="006D45AC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9" w:rsidP="006D45AC">
+    <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7" w:rsidP="006D45AC">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C573E9" w:rsidSect="006D45AC">
+        <w:sectPr w:rsidR="00FF4AF7" w:rsidSect="006D45AC">
           <w:footerReference w:type="even" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidRDefault="00C573E9" w:rsidP="006D45AC">
+    <w:p w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidRDefault="00FF4AF7" w:rsidP="006D45AC">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C573E9" w:rsidRPr="006D45AC" w:rsidSect="00C573E9">
+    <w:sectPr w:rsidR="00FF4AF7" w:rsidRPr="006D45AC" w:rsidSect="00FF4AF7">
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C36320" w:rsidRDefault="00C36320">
+    <w:p w:rsidR="00382008" w:rsidRDefault="00382008">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C36320" w:rsidRDefault="00C36320">
+    <w:p w:rsidR="00382008" w:rsidRDefault="00382008">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9">
+  <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9">
+  <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9">
+  <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C573E9" w:rsidRDefault="00C573E9">
+  <w:p w:rsidR="00FF4AF7" w:rsidRDefault="00FF4AF7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1488,58 +1391,58 @@
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C36320" w:rsidRDefault="00C36320">
+    <w:p w:rsidR="00382008" w:rsidRDefault="00382008">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C36320" w:rsidRDefault="00C36320">
+    <w:p w:rsidR="00382008" w:rsidRDefault="00382008">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="2F10387F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC8C7B6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="412"/>
         </w:tabs>
         <w:ind w:left="412" w:hanging="109"/>
       </w:pPr>
@@ -2006,92 +1909,91 @@
     <w:rsid w:val="001B4372"/>
     <w:rsid w:val="001B5591"/>
     <w:rsid w:val="001B5F78"/>
     <w:rsid w:val="001B7372"/>
     <w:rsid w:val="001C1E87"/>
     <w:rsid w:val="001D0544"/>
     <w:rsid w:val="001D49C2"/>
     <w:rsid w:val="001D792F"/>
     <w:rsid w:val="001D7CF7"/>
     <w:rsid w:val="001F1659"/>
     <w:rsid w:val="001F328B"/>
     <w:rsid w:val="001F54FB"/>
     <w:rsid w:val="001F60BE"/>
     <w:rsid w:val="00201B97"/>
     <w:rsid w:val="002074C3"/>
     <w:rsid w:val="002110BB"/>
     <w:rsid w:val="00214F82"/>
     <w:rsid w:val="002370FD"/>
     <w:rsid w:val="00241FC0"/>
     <w:rsid w:val="00245F7C"/>
     <w:rsid w:val="00253194"/>
     <w:rsid w:val="0025416F"/>
     <w:rsid w:val="00266D8A"/>
     <w:rsid w:val="0027068D"/>
     <w:rsid w:val="00271E7B"/>
-    <w:rsid w:val="00282E1D"/>
     <w:rsid w:val="002831B5"/>
     <w:rsid w:val="002925A7"/>
     <w:rsid w:val="002957B2"/>
     <w:rsid w:val="00296D0C"/>
     <w:rsid w:val="002A2C6F"/>
     <w:rsid w:val="002A5328"/>
     <w:rsid w:val="002B08BB"/>
     <w:rsid w:val="002B2CBD"/>
     <w:rsid w:val="002B4697"/>
     <w:rsid w:val="002B7ED0"/>
     <w:rsid w:val="002C12D5"/>
     <w:rsid w:val="002C41D2"/>
     <w:rsid w:val="002C5C4C"/>
     <w:rsid w:val="002C6AC7"/>
     <w:rsid w:val="002D7C87"/>
     <w:rsid w:val="002E5C0F"/>
     <w:rsid w:val="002F3864"/>
     <w:rsid w:val="002F43E7"/>
     <w:rsid w:val="003035A8"/>
     <w:rsid w:val="00303EEF"/>
     <w:rsid w:val="003162C8"/>
     <w:rsid w:val="00317E16"/>
     <w:rsid w:val="00323979"/>
     <w:rsid w:val="00331F32"/>
     <w:rsid w:val="0033497E"/>
     <w:rsid w:val="00335579"/>
     <w:rsid w:val="00342629"/>
     <w:rsid w:val="0035270F"/>
     <w:rsid w:val="00353636"/>
     <w:rsid w:val="00357721"/>
     <w:rsid w:val="00365366"/>
     <w:rsid w:val="003674AB"/>
     <w:rsid w:val="003677A6"/>
     <w:rsid w:val="00373681"/>
     <w:rsid w:val="0037409B"/>
     <w:rsid w:val="003745DC"/>
     <w:rsid w:val="00377DC9"/>
+    <w:rsid w:val="00382008"/>
     <w:rsid w:val="0038589F"/>
     <w:rsid w:val="00385986"/>
     <w:rsid w:val="00386E07"/>
-    <w:rsid w:val="00393DD6"/>
     <w:rsid w:val="003976C7"/>
     <w:rsid w:val="003A3B83"/>
     <w:rsid w:val="003A3D79"/>
     <w:rsid w:val="003A5AB3"/>
     <w:rsid w:val="003A5C45"/>
     <w:rsid w:val="003B222F"/>
     <w:rsid w:val="003C4C0E"/>
     <w:rsid w:val="003D318F"/>
     <w:rsid w:val="003D4E6B"/>
     <w:rsid w:val="003D771A"/>
     <w:rsid w:val="003E09F6"/>
     <w:rsid w:val="003F0FC6"/>
     <w:rsid w:val="003F117E"/>
     <w:rsid w:val="003F65E0"/>
     <w:rsid w:val="0040359A"/>
     <w:rsid w:val="00404A4E"/>
     <w:rsid w:val="00412DC9"/>
     <w:rsid w:val="00414EAC"/>
     <w:rsid w:val="00422745"/>
     <w:rsid w:val="0042657F"/>
     <w:rsid w:val="00426E9F"/>
     <w:rsid w:val="00431472"/>
     <w:rsid w:val="004350E1"/>
     <w:rsid w:val="00441F61"/>
     <w:rsid w:val="0044429E"/>
@@ -2166,51 +2068,50 @@
     <w:rsid w:val="006A286D"/>
     <w:rsid w:val="006B4C8A"/>
     <w:rsid w:val="006C1256"/>
     <w:rsid w:val="006C14E7"/>
     <w:rsid w:val="006C4B0A"/>
     <w:rsid w:val="006C6492"/>
     <w:rsid w:val="006D30EF"/>
     <w:rsid w:val="006D3BAE"/>
     <w:rsid w:val="006D45AC"/>
     <w:rsid w:val="006D4B78"/>
     <w:rsid w:val="006D7952"/>
     <w:rsid w:val="006E0223"/>
     <w:rsid w:val="006E2394"/>
     <w:rsid w:val="006F6EB7"/>
     <w:rsid w:val="00700A5D"/>
     <w:rsid w:val="00701BAE"/>
     <w:rsid w:val="00702EAA"/>
     <w:rsid w:val="00711A53"/>
     <w:rsid w:val="00714C50"/>
     <w:rsid w:val="00724393"/>
     <w:rsid w:val="0072537C"/>
     <w:rsid w:val="00727FBD"/>
     <w:rsid w:val="00730C58"/>
     <w:rsid w:val="007315DC"/>
     <w:rsid w:val="00737888"/>
-    <w:rsid w:val="00741AD9"/>
     <w:rsid w:val="0074656F"/>
     <w:rsid w:val="00750C16"/>
     <w:rsid w:val="0075104F"/>
     <w:rsid w:val="007537DC"/>
     <w:rsid w:val="00764E9E"/>
     <w:rsid w:val="0076519F"/>
     <w:rsid w:val="00766A4C"/>
     <w:rsid w:val="00774E4E"/>
     <w:rsid w:val="007762E7"/>
     <w:rsid w:val="0078163C"/>
     <w:rsid w:val="00796376"/>
     <w:rsid w:val="00797CBE"/>
     <w:rsid w:val="007A0435"/>
     <w:rsid w:val="007B3A06"/>
     <w:rsid w:val="007D0C07"/>
     <w:rsid w:val="007D5CC3"/>
     <w:rsid w:val="007D6C04"/>
     <w:rsid w:val="007E0C0B"/>
     <w:rsid w:val="007E580C"/>
     <w:rsid w:val="007F2C80"/>
     <w:rsid w:val="007F48B1"/>
     <w:rsid w:val="007F5CD1"/>
     <w:rsid w:val="007F7FB3"/>
     <w:rsid w:val="00807E11"/>
     <w:rsid w:val="00807EBF"/>
@@ -2333,212 +2234,214 @@
     <w:rsid w:val="00B63860"/>
     <w:rsid w:val="00B674DC"/>
     <w:rsid w:val="00B67FB6"/>
     <w:rsid w:val="00B80C65"/>
     <w:rsid w:val="00B80C77"/>
     <w:rsid w:val="00B8409E"/>
     <w:rsid w:val="00B9237D"/>
     <w:rsid w:val="00B94F10"/>
     <w:rsid w:val="00BA169C"/>
     <w:rsid w:val="00BA3EFA"/>
     <w:rsid w:val="00BA516E"/>
     <w:rsid w:val="00BB51C8"/>
     <w:rsid w:val="00BB6F5A"/>
     <w:rsid w:val="00BB73BC"/>
     <w:rsid w:val="00BC24CB"/>
     <w:rsid w:val="00BC33FE"/>
     <w:rsid w:val="00BC5C30"/>
     <w:rsid w:val="00BC6BB9"/>
     <w:rsid w:val="00BD236B"/>
     <w:rsid w:val="00BD4A0E"/>
     <w:rsid w:val="00BE2572"/>
     <w:rsid w:val="00BE4B51"/>
     <w:rsid w:val="00BE4EB2"/>
     <w:rsid w:val="00BE6E05"/>
     <w:rsid w:val="00BE73B9"/>
+    <w:rsid w:val="00BF2650"/>
     <w:rsid w:val="00BF34C9"/>
     <w:rsid w:val="00BF5796"/>
     <w:rsid w:val="00C07930"/>
     <w:rsid w:val="00C14206"/>
     <w:rsid w:val="00C17923"/>
     <w:rsid w:val="00C264A0"/>
     <w:rsid w:val="00C32E6D"/>
     <w:rsid w:val="00C33298"/>
-    <w:rsid w:val="00C36320"/>
     <w:rsid w:val="00C40CA0"/>
     <w:rsid w:val="00C4601B"/>
     <w:rsid w:val="00C50DF6"/>
     <w:rsid w:val="00C52286"/>
     <w:rsid w:val="00C56673"/>
-    <w:rsid w:val="00C573E9"/>
     <w:rsid w:val="00C60B1D"/>
     <w:rsid w:val="00C655FD"/>
     <w:rsid w:val="00C71BED"/>
     <w:rsid w:val="00C82E2B"/>
     <w:rsid w:val="00CA122D"/>
     <w:rsid w:val="00CA7FE3"/>
     <w:rsid w:val="00CB4377"/>
     <w:rsid w:val="00CB7216"/>
     <w:rsid w:val="00CC2477"/>
     <w:rsid w:val="00CC71B0"/>
     <w:rsid w:val="00CC7476"/>
     <w:rsid w:val="00CD058A"/>
     <w:rsid w:val="00CD3B7B"/>
     <w:rsid w:val="00CD3E70"/>
     <w:rsid w:val="00CE13CF"/>
     <w:rsid w:val="00CE7162"/>
     <w:rsid w:val="00CF0E1F"/>
     <w:rsid w:val="00CF35BE"/>
     <w:rsid w:val="00CF51C7"/>
     <w:rsid w:val="00CF77CF"/>
     <w:rsid w:val="00CF7AD4"/>
     <w:rsid w:val="00D065E0"/>
     <w:rsid w:val="00D10C9D"/>
     <w:rsid w:val="00D22A72"/>
     <w:rsid w:val="00D25774"/>
     <w:rsid w:val="00D34696"/>
     <w:rsid w:val="00D3540A"/>
     <w:rsid w:val="00D41A2B"/>
     <w:rsid w:val="00D42695"/>
     <w:rsid w:val="00D5066A"/>
     <w:rsid w:val="00D548A1"/>
     <w:rsid w:val="00D55400"/>
     <w:rsid w:val="00D56A8E"/>
     <w:rsid w:val="00D62618"/>
     <w:rsid w:val="00D6340B"/>
     <w:rsid w:val="00D6401E"/>
     <w:rsid w:val="00D6754F"/>
     <w:rsid w:val="00D77309"/>
     <w:rsid w:val="00D823F8"/>
     <w:rsid w:val="00D827E8"/>
     <w:rsid w:val="00D9183A"/>
     <w:rsid w:val="00D9313B"/>
     <w:rsid w:val="00DA1D6B"/>
     <w:rsid w:val="00DA24CC"/>
     <w:rsid w:val="00DA50B6"/>
     <w:rsid w:val="00DB590E"/>
     <w:rsid w:val="00DC3792"/>
+    <w:rsid w:val="00DC480E"/>
     <w:rsid w:val="00DC5305"/>
     <w:rsid w:val="00DD4BFF"/>
     <w:rsid w:val="00DE0071"/>
     <w:rsid w:val="00DF74FF"/>
     <w:rsid w:val="00E000BA"/>
     <w:rsid w:val="00E02769"/>
     <w:rsid w:val="00E04511"/>
     <w:rsid w:val="00E06627"/>
     <w:rsid w:val="00E10E7F"/>
     <w:rsid w:val="00E13BDA"/>
     <w:rsid w:val="00E2134D"/>
     <w:rsid w:val="00E248A5"/>
     <w:rsid w:val="00E25D96"/>
     <w:rsid w:val="00E41C58"/>
     <w:rsid w:val="00E45479"/>
     <w:rsid w:val="00E45FFF"/>
     <w:rsid w:val="00E46E4C"/>
     <w:rsid w:val="00E503CF"/>
     <w:rsid w:val="00E5086D"/>
     <w:rsid w:val="00E57D24"/>
     <w:rsid w:val="00E600E0"/>
     <w:rsid w:val="00E62424"/>
     <w:rsid w:val="00E6726C"/>
     <w:rsid w:val="00E81E6D"/>
     <w:rsid w:val="00E83A85"/>
     <w:rsid w:val="00E84614"/>
     <w:rsid w:val="00E948C6"/>
     <w:rsid w:val="00E94B45"/>
     <w:rsid w:val="00EA30B3"/>
     <w:rsid w:val="00EA3E5D"/>
     <w:rsid w:val="00EB4879"/>
     <w:rsid w:val="00EB53B2"/>
     <w:rsid w:val="00EB7290"/>
     <w:rsid w:val="00EC54F7"/>
     <w:rsid w:val="00EC5ECB"/>
     <w:rsid w:val="00EC607F"/>
     <w:rsid w:val="00ED74E7"/>
     <w:rsid w:val="00EE3B19"/>
     <w:rsid w:val="00EF1955"/>
     <w:rsid w:val="00EF7820"/>
+    <w:rsid w:val="00EF7869"/>
     <w:rsid w:val="00F0073F"/>
     <w:rsid w:val="00F011F3"/>
     <w:rsid w:val="00F02C1E"/>
     <w:rsid w:val="00F057D7"/>
     <w:rsid w:val="00F21780"/>
     <w:rsid w:val="00F2562A"/>
     <w:rsid w:val="00F26F26"/>
     <w:rsid w:val="00F30B05"/>
     <w:rsid w:val="00F30DE7"/>
     <w:rsid w:val="00F32A13"/>
     <w:rsid w:val="00F40E11"/>
     <w:rsid w:val="00F41CF1"/>
     <w:rsid w:val="00F44180"/>
     <w:rsid w:val="00F528A5"/>
     <w:rsid w:val="00F620A0"/>
     <w:rsid w:val="00F63D9E"/>
     <w:rsid w:val="00F66A19"/>
     <w:rsid w:val="00F66D2F"/>
     <w:rsid w:val="00F764E0"/>
     <w:rsid w:val="00F81346"/>
     <w:rsid w:val="00F81B87"/>
     <w:rsid w:val="00F91BF4"/>
     <w:rsid w:val="00F95131"/>
     <w:rsid w:val="00F96B6D"/>
     <w:rsid w:val="00FA2F2C"/>
     <w:rsid w:val="00FA56DF"/>
     <w:rsid w:val="00FB4547"/>
     <w:rsid w:val="00FC483C"/>
     <w:rsid w:val="00FD379F"/>
     <w:rsid w:val="00FD4672"/>
     <w:rsid w:val="00FD484D"/>
     <w:rsid w:val="00FE4551"/>
     <w:rsid w:val="00FF2601"/>
+    <w:rsid w:val="00FF4AF7"/>
     <w:rsid w:val="00FF4DAE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2546EB74"/>
+  <w14:docId w14:val="7AE4A274"/>
   <w15:docId w15:val="{0E8B1A14-BE75-4B60-8136-DC838D1A56CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3365,81 +3268,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1AE0E55-65E7-4055-B1B7-A9F800DC140B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89F83D5A-8FE7-48FE-A4F0-141037C01A57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Projekt_PZPM_zal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>144</Words>
-  <Characters>869</Characters>
+  <Words>132</Words>
+  <Characters>793</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1011</CharactersWithSpaces>
+  <CharactersWithSpaces>924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załącznik Nr 2 do zarządzenia Nr</dc:title>
   <dc:subject/>
   <dc:creator>lucurb</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>