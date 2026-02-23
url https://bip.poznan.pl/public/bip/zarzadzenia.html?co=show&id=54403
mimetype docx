--- v0 (2026-01-09)
+++ v1 (2026-02-23)
@@ -7,183 +7,183 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00F91BF4">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="4395"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik nr </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> do zarządzenia Nr </w:t>
       </w:r>
-      <w:r w:rsidR="006D505E">
+      <w:r w:rsidR="00233114">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>904/2025/P</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00F91BF4">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="5672"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00F91BF4">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00F91BF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="5672"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="006D505E">
+      <w:r w:rsidR="00233114">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>18.12.2025 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="00DA50B6" w:rsidRDefault="00C141CC" w:rsidP="00DA50B6">
+    <w:p w:rsidR="008841BE" w:rsidRPr="00DA50B6" w:rsidRDefault="008841BE" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00DA50B6">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00DA50B6">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00DA50B6">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="005526E9">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="005526E9">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003035A8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Komisja d</w:t>
       </w:r>
       <w:r>
@@ -195,1255 +195,1084 @@
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003035A8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wyłonienia kandydata na stanowisko dyrektora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Przedszkola nr 163 </w:t>
-[...26 lines deleted...]
-        <w:t>”</w:t>
+        <w:t>Zespołu Poradni Psychologiczno-Pedagogicznych nr 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w Poznaniu, </w:t>
       </w:r>
       <w:r w:rsidRPr="005F046E">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>os. Bolesława Chrobrego 106</w:t>
+        <w:t>ul. 28 Czerwca 1956 r. nr 296/298</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="005526E9" w:rsidRDefault="00C141CC" w:rsidP="005526E9">
+    <w:p w:rsidR="008841BE" w:rsidRPr="005526E9" w:rsidRDefault="008841BE" w:rsidP="005526E9">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="00F011F3">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00F011F3">
+    <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D45AC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Skład komisji konkursowej:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00F011F3">
+    <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3918"/>
         <w:gridCol w:w="5144"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Joanna Paśka-Woźniak</w:t>
+              <w:t>Katarzyna Ligocka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00D42695">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00854452">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przewodnicząca komisji</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Hanna Janowicz</w:t>
+              <w:t>Katarzyna Plucińska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00854452">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Aneta Barczak</w:t>
+              <w:t>Julita Andrzejewska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00854452">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel organu prowadzącego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Beata Przyszczypkowska</w:t>
+              <w:t>Brygida Wieczorek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00D42695">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mirosława Synoradzka</w:t>
+              <w:t>Ludmiła Drzymała</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00D42695">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:firstLine="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Hanna Wartecka</w:t>
+              <w:t>Krystyna Wirkowska-Wróbel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00D42695">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00D42695">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-4" w:firstLine="19"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>organu sprawującego nadzór pedagogiczny</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00A9105C">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00A9105C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Anita Ruszała</w:t>
+              <w:t>Mariola Peplińska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00854452">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00854452">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel Rady Pedagogicznej</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Agata Michalak</w:t>
+              <w:t>Izabela Szeszuła-Begier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>przedstawiciel Rady Pedagogicznej</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Agnieszka Nogaj-Raczkiewicz</w:t>
+              <w:t>Magdalena Maciejewska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D45AC">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rodziców </w:t>
+              <w:t>przedstawiciel Związku Nauczycielstwa Polskiego</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
+      <w:tr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidTr="006E0223">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F046E">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Martyna Zdzierak</w:t>
+              <w:t>Izabela Lorenz-Sikorska</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
-[...135 lines deleted...]
-          <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="003745DC">
+          <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="003745DC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="15"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">przedstawiciel NSZZ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="006D45AC">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solidarność</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="00F011F3">
+    <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="00F011F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="006D45AC">
+    <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="006D45AC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC" w:rsidP="006D45AC">
+    <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE" w:rsidP="006D45AC">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C141CC" w:rsidSect="006D45AC">
+        <w:sectPr w:rsidR="008841BE" w:rsidSect="006D45AC">
           <w:footerReference w:type="even" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidRDefault="00C141CC" w:rsidP="006D45AC">
+    <w:p w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidRDefault="008841BE" w:rsidP="006D45AC">
       <w:pPr>
         <w:pStyle w:val="Nagwek"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C141CC" w:rsidRPr="006D45AC" w:rsidSect="00C141CC">
+    <w:sectPr w:rsidR="008841BE" w:rsidRPr="006D45AC" w:rsidSect="008841BE">
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D4904" w:rsidRDefault="005D4904">
+    <w:p w:rsidR="003A6BB8" w:rsidRDefault="003A6BB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D4904" w:rsidRDefault="005D4904">
+    <w:p w:rsidR="003A6BB8" w:rsidRDefault="003A6BB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC">
+  <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC">
+  <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC">
+  <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C141CC" w:rsidRDefault="00C141CC">
+  <w:p w:rsidR="008841BE" w:rsidRDefault="008841BE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1479,58 +1308,58 @@
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="007D5CC3" w:rsidRDefault="007D5CC3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D4904" w:rsidRDefault="005D4904">
+    <w:p w:rsidR="003A6BB8" w:rsidRDefault="003A6BB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D4904" w:rsidRDefault="005D4904">
+    <w:p w:rsidR="003A6BB8" w:rsidRDefault="003A6BB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="1">
     <w:nsid w:val="2F10387F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC8C7B6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="412"/>
         </w:tabs>
         <w:ind w:left="412" w:hanging="109"/>
       </w:pPr>
@@ -1935,51 +1764,50 @@
   <w:docVars>
     <w:docVar w:name="AktData" w:val=".......................... ...... r."/>
     <w:docVar w:name="Załącznik" w:val="Załącznik Nr 1 do zarządzenia Nr ...................."/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CD3B7B"/>
     <w:rsid w:val="000013C1"/>
     <w:rsid w:val="00001C3B"/>
     <w:rsid w:val="0000235E"/>
     <w:rsid w:val="0001168E"/>
     <w:rsid w:val="000134F0"/>
     <w:rsid w:val="00013A4D"/>
     <w:rsid w:val="00023FE5"/>
     <w:rsid w:val="00026985"/>
     <w:rsid w:val="00026F09"/>
     <w:rsid w:val="00027624"/>
     <w:rsid w:val="0004160E"/>
     <w:rsid w:val="00041C21"/>
     <w:rsid w:val="00045A6B"/>
     <w:rsid w:val="00046402"/>
     <w:rsid w:val="00051E28"/>
     <w:rsid w:val="00052C3E"/>
     <w:rsid w:val="00054DE0"/>
     <w:rsid w:val="0005672D"/>
     <w:rsid w:val="0006210E"/>
-    <w:rsid w:val="000632A4"/>
     <w:rsid w:val="00067758"/>
     <w:rsid w:val="00067E9A"/>
     <w:rsid w:val="00071272"/>
     <w:rsid w:val="000747E4"/>
     <w:rsid w:val="00075C72"/>
     <w:rsid w:val="00076415"/>
     <w:rsid w:val="0007692F"/>
     <w:rsid w:val="0009297C"/>
     <w:rsid w:val="00093F76"/>
     <w:rsid w:val="00097C8D"/>
     <w:rsid w:val="000C2ABE"/>
     <w:rsid w:val="000C5040"/>
     <w:rsid w:val="000D4D91"/>
     <w:rsid w:val="000E432A"/>
     <w:rsid w:val="000E487B"/>
     <w:rsid w:val="000F2599"/>
     <w:rsid w:val="000F353F"/>
     <w:rsid w:val="001024C4"/>
     <w:rsid w:val="00111CE0"/>
     <w:rsid w:val="00113C17"/>
     <w:rsid w:val="001156B1"/>
     <w:rsid w:val="00120257"/>
     <w:rsid w:val="001302B2"/>
     <w:rsid w:val="00137E18"/>
     <w:rsid w:val="00143463"/>
@@ -1990,50 +1818,51 @@
     <w:rsid w:val="00157029"/>
     <w:rsid w:val="00157595"/>
     <w:rsid w:val="00173F45"/>
     <w:rsid w:val="0017450A"/>
     <w:rsid w:val="00175A3C"/>
     <w:rsid w:val="001763D7"/>
     <w:rsid w:val="00180677"/>
     <w:rsid w:val="001A3EE5"/>
     <w:rsid w:val="001B4372"/>
     <w:rsid w:val="001B5591"/>
     <w:rsid w:val="001B5F78"/>
     <w:rsid w:val="001B7372"/>
     <w:rsid w:val="001C1E87"/>
     <w:rsid w:val="001D0544"/>
     <w:rsid w:val="001D49C2"/>
     <w:rsid w:val="001D792F"/>
     <w:rsid w:val="001D7CF7"/>
     <w:rsid w:val="001F1659"/>
     <w:rsid w:val="001F328B"/>
     <w:rsid w:val="001F54FB"/>
     <w:rsid w:val="001F60BE"/>
     <w:rsid w:val="00201B97"/>
     <w:rsid w:val="002074C3"/>
     <w:rsid w:val="002110BB"/>
     <w:rsid w:val="00214F82"/>
+    <w:rsid w:val="00233114"/>
     <w:rsid w:val="002370FD"/>
     <w:rsid w:val="00241FC0"/>
     <w:rsid w:val="00245F7C"/>
     <w:rsid w:val="00253194"/>
     <w:rsid w:val="0025416F"/>
     <w:rsid w:val="00266D8A"/>
     <w:rsid w:val="0027068D"/>
     <w:rsid w:val="00271E7B"/>
     <w:rsid w:val="002831B5"/>
     <w:rsid w:val="002925A7"/>
     <w:rsid w:val="002957B2"/>
     <w:rsid w:val="00296D0C"/>
     <w:rsid w:val="002A2C6F"/>
     <w:rsid w:val="002A5328"/>
     <w:rsid w:val="002B08BB"/>
     <w:rsid w:val="002B2CBD"/>
     <w:rsid w:val="002B4697"/>
     <w:rsid w:val="002B7ED0"/>
     <w:rsid w:val="002C12D5"/>
     <w:rsid w:val="002C41D2"/>
     <w:rsid w:val="002C5C4C"/>
     <w:rsid w:val="002C6AC7"/>
     <w:rsid w:val="002D7C87"/>
     <w:rsid w:val="002E5C0F"/>
     <w:rsid w:val="002F3864"/>
@@ -2043,50 +1872,51 @@
     <w:rsid w:val="003162C8"/>
     <w:rsid w:val="00317E16"/>
     <w:rsid w:val="00323979"/>
     <w:rsid w:val="00331F32"/>
     <w:rsid w:val="0033497E"/>
     <w:rsid w:val="00335579"/>
     <w:rsid w:val="00342629"/>
     <w:rsid w:val="0035270F"/>
     <w:rsid w:val="00353636"/>
     <w:rsid w:val="00357721"/>
     <w:rsid w:val="00365366"/>
     <w:rsid w:val="003674AB"/>
     <w:rsid w:val="003677A6"/>
     <w:rsid w:val="00373681"/>
     <w:rsid w:val="0037409B"/>
     <w:rsid w:val="003745DC"/>
     <w:rsid w:val="00377DC9"/>
     <w:rsid w:val="0038589F"/>
     <w:rsid w:val="00385986"/>
     <w:rsid w:val="00386E07"/>
     <w:rsid w:val="003976C7"/>
     <w:rsid w:val="003A3B83"/>
     <w:rsid w:val="003A3D79"/>
     <w:rsid w:val="003A5AB3"/>
     <w:rsid w:val="003A5C45"/>
+    <w:rsid w:val="003A6BB8"/>
     <w:rsid w:val="003B222F"/>
     <w:rsid w:val="003C4C0E"/>
     <w:rsid w:val="003D318F"/>
     <w:rsid w:val="003D4E6B"/>
     <w:rsid w:val="003D771A"/>
     <w:rsid w:val="003E09F6"/>
     <w:rsid w:val="003F0FC6"/>
     <w:rsid w:val="003F117E"/>
     <w:rsid w:val="003F65E0"/>
     <w:rsid w:val="0040359A"/>
     <w:rsid w:val="00404A4E"/>
     <w:rsid w:val="00412DC9"/>
     <w:rsid w:val="00414EAC"/>
     <w:rsid w:val="00422745"/>
     <w:rsid w:val="0042657F"/>
     <w:rsid w:val="00426E9F"/>
     <w:rsid w:val="00431472"/>
     <w:rsid w:val="004350E1"/>
     <w:rsid w:val="00441F61"/>
     <w:rsid w:val="0044429E"/>
     <w:rsid w:val="00445ECC"/>
     <w:rsid w:val="004520D2"/>
     <w:rsid w:val="0045574A"/>
     <w:rsid w:val="0045772F"/>
     <w:rsid w:val="00457F24"/>
@@ -2112,139 +1942,137 @@
     <w:rsid w:val="00510D45"/>
     <w:rsid w:val="00513D3A"/>
     <w:rsid w:val="0051479E"/>
     <w:rsid w:val="00515D89"/>
     <w:rsid w:val="005244B1"/>
     <w:rsid w:val="00530A4C"/>
     <w:rsid w:val="00531089"/>
     <w:rsid w:val="005310C3"/>
     <w:rsid w:val="00531990"/>
     <w:rsid w:val="005366B1"/>
     <w:rsid w:val="00542451"/>
     <w:rsid w:val="005476C7"/>
     <w:rsid w:val="005526E9"/>
     <w:rsid w:val="005533B4"/>
     <w:rsid w:val="005538F9"/>
     <w:rsid w:val="00564380"/>
     <w:rsid w:val="00567CA5"/>
     <w:rsid w:val="00573F65"/>
     <w:rsid w:val="00575ACC"/>
     <w:rsid w:val="00583001"/>
     <w:rsid w:val="0058366C"/>
     <w:rsid w:val="005A1536"/>
     <w:rsid w:val="005A2CA7"/>
     <w:rsid w:val="005A4E6F"/>
     <w:rsid w:val="005C7D35"/>
-    <w:rsid w:val="005D4904"/>
     <w:rsid w:val="00602B1A"/>
     <w:rsid w:val="0064146F"/>
     <w:rsid w:val="00645948"/>
     <w:rsid w:val="00646D1C"/>
     <w:rsid w:val="0065242C"/>
     <w:rsid w:val="00657A1B"/>
     <w:rsid w:val="00660358"/>
     <w:rsid w:val="00660392"/>
     <w:rsid w:val="006606FB"/>
     <w:rsid w:val="00660C9D"/>
     <w:rsid w:val="00660EE6"/>
     <w:rsid w:val="00660F0E"/>
     <w:rsid w:val="00673A6C"/>
     <w:rsid w:val="00673F39"/>
     <w:rsid w:val="00674490"/>
     <w:rsid w:val="00684361"/>
     <w:rsid w:val="00685BF5"/>
     <w:rsid w:val="0069017D"/>
     <w:rsid w:val="006962F1"/>
     <w:rsid w:val="006A286D"/>
     <w:rsid w:val="006B4C8A"/>
     <w:rsid w:val="006C1256"/>
     <w:rsid w:val="006C14E7"/>
     <w:rsid w:val="006C4B0A"/>
     <w:rsid w:val="006C6492"/>
     <w:rsid w:val="006D30EF"/>
     <w:rsid w:val="006D3BAE"/>
     <w:rsid w:val="006D45AC"/>
     <w:rsid w:val="006D4B78"/>
-    <w:rsid w:val="006D505E"/>
     <w:rsid w:val="006D7952"/>
     <w:rsid w:val="006E0223"/>
     <w:rsid w:val="006E2394"/>
     <w:rsid w:val="006F6EB7"/>
     <w:rsid w:val="00700A5D"/>
     <w:rsid w:val="00701BAE"/>
     <w:rsid w:val="00702EAA"/>
-    <w:rsid w:val="00705AE3"/>
     <w:rsid w:val="00711A53"/>
     <w:rsid w:val="00714C50"/>
     <w:rsid w:val="00724393"/>
     <w:rsid w:val="0072537C"/>
     <w:rsid w:val="00727FBD"/>
     <w:rsid w:val="00730C58"/>
     <w:rsid w:val="007315DC"/>
     <w:rsid w:val="00737888"/>
     <w:rsid w:val="0074656F"/>
     <w:rsid w:val="00750C16"/>
     <w:rsid w:val="0075104F"/>
     <w:rsid w:val="007537DC"/>
     <w:rsid w:val="00764E9E"/>
     <w:rsid w:val="0076519F"/>
     <w:rsid w:val="00766A4C"/>
     <w:rsid w:val="00774E4E"/>
     <w:rsid w:val="007762E7"/>
     <w:rsid w:val="0078163C"/>
     <w:rsid w:val="00796376"/>
     <w:rsid w:val="00797CBE"/>
     <w:rsid w:val="007A0435"/>
     <w:rsid w:val="007B3A06"/>
     <w:rsid w:val="007D0C07"/>
     <w:rsid w:val="007D5CC3"/>
     <w:rsid w:val="007D6C04"/>
     <w:rsid w:val="007E0C0B"/>
     <w:rsid w:val="007E580C"/>
     <w:rsid w:val="007F2C80"/>
     <w:rsid w:val="007F48B1"/>
     <w:rsid w:val="007F5CD1"/>
     <w:rsid w:val="007F7FB3"/>
     <w:rsid w:val="00807E11"/>
     <w:rsid w:val="00807EBF"/>
     <w:rsid w:val="00810DDD"/>
     <w:rsid w:val="00811ADB"/>
     <w:rsid w:val="008202A6"/>
     <w:rsid w:val="00820F89"/>
     <w:rsid w:val="00833206"/>
     <w:rsid w:val="00834ECA"/>
     <w:rsid w:val="00842712"/>
     <w:rsid w:val="00845232"/>
     <w:rsid w:val="0085249D"/>
     <w:rsid w:val="00854452"/>
     <w:rsid w:val="00861605"/>
     <w:rsid w:val="0086438E"/>
     <w:rsid w:val="008716A6"/>
     <w:rsid w:val="00874857"/>
     <w:rsid w:val="00875756"/>
     <w:rsid w:val="00877670"/>
     <w:rsid w:val="008815E4"/>
+    <w:rsid w:val="008841BE"/>
     <w:rsid w:val="0088517A"/>
     <w:rsid w:val="008859C0"/>
     <w:rsid w:val="00887B88"/>
     <w:rsid w:val="00897D45"/>
     <w:rsid w:val="008A32F1"/>
     <w:rsid w:val="008B180E"/>
     <w:rsid w:val="008B1D3F"/>
     <w:rsid w:val="008C024C"/>
     <w:rsid w:val="008C193D"/>
     <w:rsid w:val="008E1B44"/>
     <w:rsid w:val="008F1460"/>
     <w:rsid w:val="008F7CD3"/>
     <w:rsid w:val="00900C24"/>
     <w:rsid w:val="009027A9"/>
     <w:rsid w:val="0090498D"/>
     <w:rsid w:val="00906FDE"/>
     <w:rsid w:val="0090707F"/>
     <w:rsid w:val="009111A4"/>
     <w:rsid w:val="0091375E"/>
     <w:rsid w:val="009151CC"/>
     <w:rsid w:val="009204D8"/>
     <w:rsid w:val="00920F66"/>
     <w:rsid w:val="009226B5"/>
     <w:rsid w:val="00925278"/>
     <w:rsid w:val="00925B12"/>
@@ -2328,51 +2156,50 @@
     <w:rsid w:val="00B80C65"/>
     <w:rsid w:val="00B80C77"/>
     <w:rsid w:val="00B8409E"/>
     <w:rsid w:val="00B9237D"/>
     <w:rsid w:val="00B94F10"/>
     <w:rsid w:val="00BA169C"/>
     <w:rsid w:val="00BA3EFA"/>
     <w:rsid w:val="00BA516E"/>
     <w:rsid w:val="00BB51C8"/>
     <w:rsid w:val="00BB6F5A"/>
     <w:rsid w:val="00BB73BC"/>
     <w:rsid w:val="00BC24CB"/>
     <w:rsid w:val="00BC33FE"/>
     <w:rsid w:val="00BC5C30"/>
     <w:rsid w:val="00BC6BB9"/>
     <w:rsid w:val="00BD236B"/>
     <w:rsid w:val="00BD4A0E"/>
     <w:rsid w:val="00BE2572"/>
     <w:rsid w:val="00BE4B51"/>
     <w:rsid w:val="00BE4EB2"/>
     <w:rsid w:val="00BE6E05"/>
     <w:rsid w:val="00BE73B9"/>
     <w:rsid w:val="00BF34C9"/>
     <w:rsid w:val="00BF5796"/>
     <w:rsid w:val="00C07930"/>
-    <w:rsid w:val="00C141CC"/>
     <w:rsid w:val="00C14206"/>
     <w:rsid w:val="00C17923"/>
     <w:rsid w:val="00C264A0"/>
     <w:rsid w:val="00C32E6D"/>
     <w:rsid w:val="00C33298"/>
     <w:rsid w:val="00C40CA0"/>
     <w:rsid w:val="00C4601B"/>
     <w:rsid w:val="00C50DF6"/>
     <w:rsid w:val="00C52286"/>
     <w:rsid w:val="00C56673"/>
     <w:rsid w:val="00C60B1D"/>
     <w:rsid w:val="00C655FD"/>
     <w:rsid w:val="00C71BED"/>
     <w:rsid w:val="00C82E2B"/>
     <w:rsid w:val="00CA122D"/>
     <w:rsid w:val="00CA7FE3"/>
     <w:rsid w:val="00CB4377"/>
     <w:rsid w:val="00CB7216"/>
     <w:rsid w:val="00CC2477"/>
     <w:rsid w:val="00CC71B0"/>
     <w:rsid w:val="00CC7476"/>
     <w:rsid w:val="00CD058A"/>
     <w:rsid w:val="00CD3B7B"/>
     <w:rsid w:val="00CD3E70"/>
     <w:rsid w:val="00CE13CF"/>
@@ -2485,51 +2312,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="14B831E5"/>
+  <w14:docId w14:val="6E2400B3"/>
   <w15:docId w15:val="{0E8B1A14-BE75-4B60-8136-DC838D1A56CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3356,81 +3183,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73806103-EC71-4839-BED5-3C35E3904C1B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCFDE0E3-276F-471E-8D77-76286C604128}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Projekt_PZPM_zal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>141</Words>
-  <Characters>851</Characters>
+  <Words>134</Words>
+  <Characters>810</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>991</CharactersWithSpaces>
+  <CharactersWithSpaces>943</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załącznik Nr 2 do zarządzenia Nr</dc:title>
   <dc:subject/>
   <dc:creator>lucurb</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>