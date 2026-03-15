--- v0 (2026-01-09)
+++ v1 (2026-03-15)
@@ -19,52 +19,52 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
       </w:r>
       <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
         <w:t xml:space="preserve">NR </w:t>
       </w:r>
       <w:fldSimple w:instr=" DOCVARIABLE  AktNr  \* MERGEFORMAT ">
-        <w:r w:rsidR="00CD53DE">
-          <w:t>922/2025/P</w:t>
+        <w:r w:rsidR="00807ECA">
+          <w:t>921/2025/P</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -73,1402 +73,1460 @@
         <w:t>EZYDENTA</w:t>
       </w:r>
       <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009773E3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="000A5BC9">
+      <w:r w:rsidR="00DC3E76">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="000A5BC9">
+      <w:r w:rsidR="00DC3E76">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> DOCVARIABLE  AktData  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CD53DE">
+      <w:r w:rsidR="00807ECA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD53DE">
+      <w:r w:rsidR="00807ECA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22 grudnia 2025 r.</w:t>
       </w:r>
-      <w:r w:rsidR="000A5BC9">
+      <w:r w:rsidR="00DC3E76">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B" w:rsidP="00C2632A">
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2632A" w:rsidRDefault="00C2632A" w:rsidP="00C2632A">
+    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2632A" w:rsidRPr="00C2632A" w:rsidRDefault="00C2632A" w:rsidP="00C2632A">
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="7920"/>
       </w:tblGrid>
       <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00F357A1" w:rsidP="00C2632A">
+          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00571718">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">zmieniające </w:t>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>w sprawie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CD53DE">
+            <w:r w:rsidR="00807ECA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00CD53DE">
+            <w:r w:rsidR="00807ECA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>zarządzenie</w:t>
+              <w:t>rozstrzygnięcia otwartego konkursu ofert nr 44/2026 na powierzenie realizacji zadań Miasta Poznania</w:t>
             </w:r>
-            <w:r w:rsidR="00785048">
+            <w:r w:rsidR="00BD0E74">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="00CD53DE">
+            <w:r w:rsidR="00807ECA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>sprawie ustanowienia konkursu "Fundusz Samorządów Uczniowskich" oraz jego zasad.</w:t>
+              <w:t>obszarze „Ochrona</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>promocja zdrowia,</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tym działalność lecznicza</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rozumieniu ustawy</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dnia 15 kwietnia 2011 r.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dzialalności leczniczej (Dz.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> U z </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025 r. poz. 450</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>późn. zm.)”</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0E74">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00807ECA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 roku.</w:t>
             </w:r>
             <w:r w:rsidRPr="009773E3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7">
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="11907"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2632A" w:rsidRPr="009773E3" w:rsidRDefault="00C2632A">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="p0"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00CD53DE">
+      <w:r w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Na podstawie </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CD53DE">
-[...7 lines deleted...]
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>art. 30 ust. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ust. 2 pkt 4 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dnia 8 marca 1990 r.</w:t>
       </w:r>
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>samorządzie gminnym (t.j. Dz. U.</w:t>
       </w:r>
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1153</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>późn. zm.), art. 5 ust. 4 pkt 1 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wolontariacie (t.j. Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1338</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>późn. zm.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> zarządza się, co następuje:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...10 lines deleted...]
-    <w:p w:rsidR="00CD53DE" w:rsidRPr="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRPr="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="z1"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00CD53DE">
-[...23 lines deleted...]
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Postanawia się wybrać na realizatorów zadań publicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026 roku podmioty wymienione</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>załączniku do zarządzenia, których oferty zostały pozytywnie zaopiniowane przez komisję konkursową</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zaproponowane do realizacji zadań</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...15 lines deleted...]
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obszaru objętego konkursem ofert nr 44/2026, ogłoszonym przez Prezydenta Miasta Poznania 17 listopada 2025 roku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Postanawia się przyznać dotacje</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>budżetu Miasta Poznania na 2026 rok na realizację zadań publicznych objętych konkursem ofert nr 44/2026 podmiotom,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>których mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...15 lines deleted...]
-      <w:r w:rsidR="00785048" w:rsidRPr="00CD53DE">
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ust. 1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przekazać na ten cel kwotę</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
-      <w:r w:rsidR="00785048">
-[...38 lines deleted...]
-        <w:ind w:left="680" w:hanging="340"/>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wysokości 1 266 129,00 zł (słownie: jeden milion dwieście sześćdziesiąt sześć tysięcy sto dwadzieścia dziewięć złotych 00/100).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...395 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>realizacji projektu, jednak nie później niż do 15 listopada każdego roku,</w:t>
-[...54 lines deleted...]
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+        <w:t>§ 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...39 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z2"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00CD53DE">
-[...13 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wykonanie zarządzenia powierza się Dyrektorce Wydziału Zdrowia</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spraw Społecznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>czyni się ją odpowiedzialną za zawarcie umów</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podmiotami,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>których mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>załączniku do zarządzenia, za nadzór nad realizacją umów</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zobowiązanie wyżej wymienionych podmiotów do przedłożenia sprawozdań</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wykonania zadań</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminach określonych</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zawartych umowach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...15 lines deleted...]
-        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z3"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00CD53DE">
-[...37 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zarządzenie wchodzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>życie</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74" w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807ECA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dniem podpisania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...97 lines deleted...]
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(-) Jędrzej Solarski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Z up. PREZYDENTA MIASTA</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE" w:rsidP="00CD53DE">
+        <w:t xml:space="preserve">Z-CA PREZYDENTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807ECA" w:rsidRPr="00807ECA" w:rsidRDefault="00807ECA" w:rsidP="00807ECA">
       <w:pPr>
         <w:keepNext/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(-) Mariusz Wiśniewski</w:t>
-[...24 lines deleted...]
-    <w:sectPr w:rsidR="00CD53DE" w:rsidRPr="00CD53DE" w:rsidSect="00CD53DE">
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00807ECA" w:rsidRPr="00807ECA" w:rsidSect="00807ECA">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -1499,58 +1557,58 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numerstrony"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CD53DE" w:rsidRDefault="00CD53DE">
+    <w:p w:rsidR="00807ECA" w:rsidRDefault="00807ECA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30555834"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="09B4B6E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -1601,125 +1659,125 @@
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="AktData" w:val="22 grudnia 2025 r."/>
-    <w:docVar w:name="AktNr" w:val="922/2025/P"/>
-    <w:docVar w:name="Sprawa" w:val="zarządzenie w sprawie ustanowienia konkursu &quot;Fundusz Samorządów Uczniowskich&quot; oraz jego zasad."/>
+    <w:docVar w:name="AktNr" w:val="921/2025/P"/>
+    <w:docVar w:name="Sprawa" w:val="rozstrzygnięcia otwartego konkursu ofert nr 44/2026 na powierzenie realizacji zadań Miasta Poznania w obszarze „Ochrona i promocja zdrowia, w tym działalność lecznicza w rozumieniu ustawy z dnia 15 kwietnia 2011 r. o dzialalności leczniczej (Dz. U z 2025 r. poz. 450 z późn. zm.)” w 2026 roku."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00CD53DE"/>
-    <w:rsid w:val="0003528D"/>
+    <w:rsidRoot w:val="00807ECA"/>
     <w:rsid w:val="00072485"/>
-    <w:rsid w:val="000A5BC9"/>
-    <w:rsid w:val="000B2C44"/>
+    <w:rsid w:val="000C07FF"/>
     <w:rsid w:val="000E2E12"/>
     <w:rsid w:val="00167A3B"/>
-    <w:rsid w:val="0017594F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00326E26"/>
+    <w:rsid w:val="002C4925"/>
     <w:rsid w:val="003679C6"/>
-    <w:rsid w:val="004A64F6"/>
+    <w:rsid w:val="00373368"/>
+    <w:rsid w:val="00451FF2"/>
     <w:rsid w:val="004C5AE8"/>
+    <w:rsid w:val="00546155"/>
+    <w:rsid w:val="005576D9"/>
     <w:rsid w:val="00565809"/>
-    <w:rsid w:val="005A6C39"/>
+    <w:rsid w:val="00571718"/>
     <w:rsid w:val="005C6BB7"/>
+    <w:rsid w:val="005E0B50"/>
+    <w:rsid w:val="005E28F0"/>
     <w:rsid w:val="005E453F"/>
     <w:rsid w:val="0065477E"/>
-    <w:rsid w:val="006A2966"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00785048"/>
+    <w:rsid w:val="0079779A"/>
+    <w:rsid w:val="007D5325"/>
+    <w:rsid w:val="00807ECA"/>
     <w:rsid w:val="00853287"/>
     <w:rsid w:val="00860838"/>
+    <w:rsid w:val="008627D3"/>
+    <w:rsid w:val="00931FB0"/>
+    <w:rsid w:val="009711FF"/>
     <w:rsid w:val="009773E3"/>
-    <w:rsid w:val="009865C7"/>
+    <w:rsid w:val="009E48F1"/>
+    <w:rsid w:val="009F5036"/>
+    <w:rsid w:val="00A5209A"/>
     <w:rsid w:val="00AA184A"/>
-    <w:rsid w:val="00AB15C2"/>
-    <w:rsid w:val="00B55223"/>
     <w:rsid w:val="00BA113A"/>
     <w:rsid w:val="00BB3401"/>
-    <w:rsid w:val="00C2632A"/>
+    <w:rsid w:val="00BD0E74"/>
     <w:rsid w:val="00C5423F"/>
     <w:rsid w:val="00CB05CD"/>
     <w:rsid w:val="00CD3B7B"/>
-    <w:rsid w:val="00CD53DE"/>
     <w:rsid w:val="00CE5304"/>
     <w:rsid w:val="00D672EE"/>
-    <w:rsid w:val="00D871A6"/>
-    <w:rsid w:val="00DF41AC"/>
+    <w:rsid w:val="00DC3E76"/>
     <w:rsid w:val="00E30060"/>
-    <w:rsid w:val="00F357A1"/>
+    <w:rsid w:val="00E360D3"/>
     <w:rsid w:val="00F61F3F"/>
-    <w:rsid w:val="00F6226F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DBBE5815-BB38-4E9A-A416-0ED691A6E994}"/>
+  <w15:docId w15:val="{FF2AC89C-0E01-4E20-AC30-6F2110E2D09A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2049,51 +2107,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Projekt_PZPM_zmiana.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2315,72 +2373,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM_zmiana</Template>
+  <Template>Projekt_PZPM</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>323</Words>
-  <Characters>1943</Characters>
+  <Words>286</Words>
+  <Characters>1722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2262</CharactersWithSpaces>
+  <CharactersWithSpaces>2004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
   <dc:subject/>
   <dc:creator>ŁW</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>