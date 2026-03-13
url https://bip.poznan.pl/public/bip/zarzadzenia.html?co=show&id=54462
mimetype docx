--- v0 (2025-12-24)
+++ v1 (2026-03-13)
@@ -7,342 +7,325 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">UZASADNIENIE </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1602"/>
         <w:gridCol w:w="7686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5" w:rsidTr="00895216">
+      <w:tr w:rsidR="00FA63B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00AC4582" w:rsidP="00895216">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00AC4582" w:rsidP="001B1D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AC4582">
               <w:t>zmieniające</w:t>
             </w:r>
             <w:r w:rsidR="00B35496">
               <w:t>go</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="00895216">
+          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00895216">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00895216">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D21BB" w:rsidRPr="00895216">
+            <w:r w:rsidR="00BE6CA5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001D21BB" w:rsidRPr="00895216">
+            <w:r w:rsidR="00BE6CA5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>zarządzenie</w:t>
             </w:r>
-            <w:r w:rsidR="00546BF9" w:rsidRPr="00895216">
+            <w:r w:rsidR="00454208">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> w </w:t>
             </w:r>
-            <w:r w:rsidR="001D21BB" w:rsidRPr="00895216">
+            <w:r w:rsidR="00BE6CA5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>sprawie powołania Komisji Konkursowej opiniującej wnioski</w:t>
+              <w:t>sprawie ustanowienia konkursu "Fundusz Samorządów Uczniowskich" oraz jego zasad.</w:t>
             </w:r>
-            <w:r w:rsidR="00546BF9" w:rsidRPr="00895216">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00895216">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="001D21BB" w:rsidRDefault="00FA63B5" w:rsidP="001D21BB">
+    <w:p w:rsidR="00FA63B5" w:rsidRPr="00BE6CA5" w:rsidRDefault="00FA63B5" w:rsidP="00BE6CA5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z1"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="001D21BB" w:rsidRPr="001D21BB" w:rsidRDefault="0004018F" w:rsidP="001D21BB">
+      <w:bookmarkStart w:id="2" w:name="z1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="001D21BB">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>W związku ze zmian</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001D21BB">
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6CA5">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ami osobowymi w</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>W związku</w:t>
+      </w:r>
+      <w:r w:rsidR="00454208" w:rsidRPr="00BE6CA5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="00454208">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D21BB">
+      <w:r w:rsidRPr="00BE6CA5">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Młodzieżowej Radzie Miasta Poznania zaistniała konieczność modyfikacji treści zarządzenia.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001D21BB" w:rsidRDefault="001D21BB" w:rsidP="001D21BB">
+        <w:t>wdrożeniem systemu e-Doręczeń jako ustawowego kanału doręczeń elektronicznych konieczne jest dostosowanie procedur konkursu "Fundusz Samorządów Uczniowskich".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001D21BB" w:rsidRDefault="001D21BB" w:rsidP="001D21BB">
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>DYREKTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D21BB" w:rsidRPr="001D21BB" w:rsidRDefault="001D21BB" w:rsidP="001D21BB">
+    <w:p w:rsidR="00BE6CA5" w:rsidRPr="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(-) Iwona Matuszczak-Szulc</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001D21BB" w:rsidRPr="001D21BB" w:rsidSect="001D21BB">
+    <w:sectPr w:rsidR="00BE6CA5" w:rsidRPr="00BE6CA5" w:rsidSect="00BE6CA5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00895216" w:rsidRDefault="00895216">
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00895216" w:rsidRDefault="00895216">
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00895216" w:rsidRDefault="00895216">
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00895216" w:rsidRDefault="00895216">
+    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
@@ -353,97 +336,95 @@
   <w:compat>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:docVars>
-    <w:docVar w:name="Sprawa" w:val="zarządzenie w sprawie powołania Komisji Konkursowej opiniującej wnioski o przyznanie dofinansowania w konkursie „Fundusz Samorządów Uczniowskich”. "/>
+    <w:docVar w:name="Sprawa" w:val="zarządzenie w sprawie ustanowienia konkursu &quot;Fundusz Samorządów Uczniowskich&quot; oraz jego zasad."/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="001D21BB"/>
-    <w:rsid w:val="0004018F"/>
+    <w:rsidRoot w:val="00BE6CA5"/>
     <w:rsid w:val="000607A3"/>
     <w:rsid w:val="00191992"/>
     <w:rsid w:val="001B1D53"/>
-    <w:rsid w:val="001D21BB"/>
     <w:rsid w:val="002946C5"/>
     <w:rsid w:val="002C29F3"/>
-    <w:rsid w:val="00546BF9"/>
-    <w:rsid w:val="00895216"/>
+    <w:rsid w:val="00454208"/>
     <w:rsid w:val="008C68E6"/>
     <w:rsid w:val="00AA04BE"/>
     <w:rsid w:val="00AC4582"/>
     <w:rsid w:val="00B35496"/>
     <w:rsid w:val="00B76696"/>
+    <w:rsid w:val="00BE6CA5"/>
     <w:rsid w:val="00CD2456"/>
     <w:rsid w:val="00FA63B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8C742CAB-A2B7-4D2D-8767-7ED2545E3FDF}"/>
+  <w15:docId w15:val="{44EA3078-F476-45AF-802F-5B17CA88CF17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1030,70 +1011,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Uzasadnienie_PZPM_zmiana</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>62</Words>
-  <Characters>372</Characters>
+  <Words>61</Words>
+  <Characters>366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>UZASADNIENIE </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>433</CharactersWithSpaces>
+  <CharactersWithSpaces>426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>UZASADNIENIE </dc:title>
   <dc:subject/>
   <dc:creator>ŁW</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>