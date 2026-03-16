--- v0 (2026-01-08)
+++ v1 (2026-03-16)
@@ -1,1481 +1,3147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:body>
+    <w:p w14:paraId="42AF0356" w14:textId="01456888" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="6"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do zarządzenia Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00B150D9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>933/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2025/P</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1FCCD0" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:caps/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Prezydenta Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="120127D9" w14:textId="2F52B958" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00B150D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>29.12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2025 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E16457" w14:textId="18BF59FE" w:rsidR="000945C2" w:rsidRPr="000945C2" w:rsidRDefault="000945C2" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000945C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="0030406D" w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przekazuje do publicznej wiadomości</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000945C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D34C0E" w14:textId="7129E695" w:rsidR="00263CF8" w:rsidRPr="0014729A" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014729A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wykaz nieruchomości </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014729A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przeznaczon</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84037">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014729A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do sprzedaży</w:t>
+      </w:r>
+      <w:r w:rsidR="00853FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na rzecz jej użytkownika wieczystego</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10910" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2518"/>
+        <w:gridCol w:w="4281"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="1984"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00263CF8" w:rsidRPr="00B25853" w14:paraId="79F3E0D0" w14:textId="77777777" w:rsidTr="00A35A58">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A195E86" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres nieruchomości</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4281" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4BFF51" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oznaczenie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">i powierzchnia nieruchomości </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208E8897" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ume</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>księgi wieczystej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="171ACB3F" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cena sprzedaży</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00263CF8" w:rsidRPr="00B25853" w14:paraId="401F300E" w14:textId="77777777" w:rsidTr="00A35A58">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2518" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C047CDB" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poznań</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7336A99C" w14:textId="5279DEF3" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00426BDE">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ulica </w:t>
+            </w:r>
+            <w:r w:rsidR="00426BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Strzeszyńska 65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4281" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1315AD87" w14:textId="6D2486DD" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">obręb </w:t>
+            </w:r>
+            <w:r w:rsidR="00426BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Golęcin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, arkusz </w:t>
+            </w:r>
+            <w:r w:rsidR="00426BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, działka nr </w:t>
+            </w:r>
+            <w:r w:rsidR="00426BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41AEBE3A" w14:textId="6729A51F" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00426BDE">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pow. </w:t>
+            </w:r>
+            <w:r w:rsidR="00426BDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3988</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m²</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C49B06" w14:textId="0F0EF915" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00892247" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7C1ADB" w14:textId="2B428A97" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00A35A58" w:rsidP="00BB48D7">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 415 891</w:t>
+            </w:r>
+            <w:r w:rsidR="00263CF8" w:rsidRPr="00B25853">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,00 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07836387" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00263CF8" w:rsidSect="00263CF8">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="709" w:right="567" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="568DEEBC" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przeznaczenie nieruchomości</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE212D7" w14:textId="52C893A1" w:rsidR="00426BDE" w:rsidRPr="00426BDE" w:rsidRDefault="00263CF8" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nieruchomość znajduje się na obszarze, na którym obowiązuje plan miejscowy </w:t>
+      </w:r>
+      <w:r w:rsidR="00007061">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Podolany Południe – część A w Poznaniu</w:t>
+      </w:r>
+      <w:r w:rsidR="00007061">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, który został zatwierdzony uchwałą Nr XLI/710/VIII/2021 Rady Miasta Poznania z dnia 2 lutego 2021 r. (Dz. Urz. Woj. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wielk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, poz. 2073 z dnia 9 marca 2021 r.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF98D90" w14:textId="77777777" w:rsidR="00426BDE" w:rsidRPr="00426BDE" w:rsidRDefault="00426BDE" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oznaczono ją na rysunku planu miejscowego symbolami:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B87D6A" w14:textId="617A1ADE" w:rsidR="00426BDE" w:rsidRPr="00426BDE" w:rsidRDefault="00426BDE" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 2U </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tereny zabudowy usługowej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB03CE0" w14:textId="24659BE1" w:rsidR="00426BDE" w:rsidRPr="00426BDE" w:rsidRDefault="00426BDE" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 1KDW </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tereny pod drogi wewnętrzne</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BECADAA" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Opis nieruchomości </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59718C4F" w14:textId="4368F7CB" w:rsidR="00426BDE" w:rsidRPr="0030406D" w:rsidRDefault="00426BDE" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na nieruchomości położone są </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parterowe budynki usługowo-</w:t>
+      </w:r>
+      <w:r w:rsidR="00007061" w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>warsztatowo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-magazynowe wraz z</w:t>
+      </w:r>
+      <w:r w:rsidR="00007061" w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parkingiem i placem składowym. Działka ma regularny, prostokątny kształt i płaską powierzchnię. Teren jest w większej części ogrodzony, ogólnodostępny, w całości zagospodarowany. Dojazd do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">działki </w:t>
+      </w:r>
+      <w:r w:rsidR="00473A63" w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odbywa się </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ul. Strzeszyńskiej. </w:t>
+      </w:r>
+      <w:r w:rsidR="00007061" w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ona dostęp do sieci uzbrojenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106641AB" w14:textId="6767736B" w:rsidR="00426BDE" w:rsidRPr="0030406D" w:rsidRDefault="00426BDE" w:rsidP="00426BDE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0030406D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Działka nr 4/7 oznaczona jest w ewidencji gruntów i budynków jako tereny przemysłowe o symbolu Ba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473BD54F" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cena sprzedaży</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B056C4" w14:textId="476EBA49" w:rsidR="00426BDE" w:rsidRPr="00B8784B" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cenę ustalono </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zgodnie z art. 198h ust. </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ustawy o</w:t>
+      </w:r>
+      <w:r w:rsidR="00473A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gospodarce nieruchomościami</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dalej: ustawy)</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00473A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uchwały Rady Miasta Poznania z dnia 5 grudnia 2023 r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00473A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r XCIV/</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1814/VIII/2023 w sprawie szczegółowych warunków sprzedaży nieruchomości gruntowych na rzecz ich użytkowników wieczystych w</w:t>
+      </w:r>
+      <w:r w:rsidR="00473A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trybie przepisów epizodycznych ustawy z dnia 21 sierpnia 1997 r. o gospodarce nieruchomościami </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00B8784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dotyczących roszczenia o sprzedaż nieruchomości gruntowej na rzecz jej użytkownika wieczystego (dz. Urz. Woj. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00473A63" w:rsidRPr="00B8784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Wielk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00426BDE" w:rsidRPr="00B8784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. z 2023 r. poz. 12016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7301BA" w14:textId="025DADD8" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="-213"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nabywca ponosi koszty</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notarialne i sądowe, których wysokość określi notariusz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20162818" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy2"/>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Termin zapłaty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0CED4D" w14:textId="581A2B35" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy2"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o dnia poprzedzającego dzień zawarcia umowy przenoszącej własność</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (liczy się dzień wpływu na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rachun</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bankow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00426BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miasta Poznania</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F84883" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Uwagi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2702A381" w14:textId="32A4AAA6" w:rsidR="00DF4866" w:rsidRPr="00DF4866" w:rsidRDefault="00DF4866" w:rsidP="00DF4866">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowywcity"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4866">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Termin do złożenia wniosku przez osoby, którym przysługuje pierwszeństwo w nabyciu nieruchomości na podstawie art. 34 ust. 1 pkt 1 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00854D54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4866">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– nie dotyczy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B476481" w14:textId="20D8C3F2" w:rsidR="00263CF8" w:rsidRPr="00B25853" w:rsidRDefault="00263CF8" w:rsidP="00DF4866">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowywcity"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ieruchomoś</w:t>
+      </w:r>
+      <w:r w:rsidR="008309E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ć</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sprzedawana jest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w drodze bezprzetargowej na rzecz jej użytkownika wieczystego w trybie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>art. 198g-198l ustawy i nie jest opodatkowana podatkiem VAT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE77E21" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="000945C2" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy2"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Z dniem zawarcia umowy sprzedaży nieruchomości wygasa, z mocy prawa, uprzednio</w:t>
+      </w:r>
+      <w:r w:rsidR="00263CF8" w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ustanowione prawo użytkowana wieczystego</w:t>
+      </w:r>
+      <w:r w:rsidR="00263CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DEACF5" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy2"/>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Publikacja wykazu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049DD4F3" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:right="282"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wykaz </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">będzie dostępny przez </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21 dni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FF2C9E" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="282" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w siedzibie Urzędu Miasta Poznania, pl.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kolegiacki 17, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195F8809" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRDefault="00DF4866" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="282" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>w Biuletynie Informacji Publicznej</w:t>
+      </w:r>
+      <w:r w:rsidR="00263CF8" w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00263CF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D419C5" w14:textId="77777777" w:rsidR="00263CF8" w:rsidRPr="00BB48D7" w:rsidRDefault="00263CF8" w:rsidP="00263CF8">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB48D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Osoba wyznaczona do kontaktu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B71E1A8" w14:textId="6D9A4481" w:rsidR="00315E5D" w:rsidRDefault="00263CF8" w:rsidP="001907E5">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tomasz Borowski, n</w:t>
+      </w:r>
+      <w:r w:rsidR="0014729A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ume</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25853">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:snapToGrid w:val="0"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r telefonu: 61 8271 703</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00315E5D" w:rsidSect="001907E5">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1418" w:right="567" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:num="2" w:space="566"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1045 lines deleted...]
-</sst>
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w16cid:commentId w16cid:paraId="3C51F3AA" w16cid:durableId="2C9CC8F9"/>
+</w16cid:commentsIds>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...203 lines deleted...]
-</styleSheet>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A717B94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="60FE4DCC"/>
+    <w:lvl w:ilvl="0" w:tplc="D3CCE7AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AAD7078"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7860607A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7990536B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ECD425BE"/>
+    <w:lvl w:ilvl="0" w:tplc="D3CCE7AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="163"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="008D7AB0"/>
+    <w:rsid w:val="00007061"/>
+    <w:rsid w:val="000945C2"/>
+    <w:rsid w:val="0014729A"/>
+    <w:rsid w:val="001907E5"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rsid w:val="0030406D"/>
+    <w:rsid w:val="00315E5D"/>
+    <w:rsid w:val="0038712F"/>
+    <w:rsid w:val="00426BDE"/>
+    <w:rsid w:val="00473A63"/>
+    <w:rsid w:val="008309E3"/>
+    <w:rsid w:val="00853FC0"/>
+    <w:rsid w:val="00854D54"/>
+    <w:rsid w:val="00892247"/>
+    <w:rsid w:val="008D7AB0"/>
+    <w:rsid w:val="00A35A58"/>
+    <w:rsid w:val="00A92700"/>
+    <w:rsid w:val="00B150D9"/>
+    <w:rsid w:val="00B866B6"/>
+    <w:rsid w:val="00B8784B"/>
+    <w:rsid w:val="00D1767D"/>
+    <w:rsid w:val="00D30451"/>
+    <w:rsid w:val="00D325C6"/>
+    <w:rsid w:val="00DF4866"/>
+    <w:rsid w:val="00E27829"/>
+    <w:rsid w:val="00F358D5"/>
+    <w:rsid w:val="00F84037"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3877F394"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{EA6B2E50-B568-4B18-AC54-E1815E8FF07F}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00263CF8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:qFormat/>
+    <w:rsid w:val="00263CF8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowy2Znak"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:snapToGrid w:val="0"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
+    <w:name w:val="Tekst podstawowy 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowy2"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstpodstawowywcityZnak"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="708"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowywcityZnak">
+    <w:name w:val="Tekst podstawowy wcięty Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowywcity"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstpodstawowyZnak"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowy"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00263CF8"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF4866"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DF4866"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Poprawka">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DF4866"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF4866"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DF4866"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1582,2598 +3248,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2520 lines deleted...]
-</worksheet>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84602551-49D8-4BF8-86AD-86439EC73C11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>401</Words>
+  <Characters>2410</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arkusze</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Arkusz1!Tytuły_wydruku</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2806</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Agata Płuciennik</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Tomasz Borowski</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>