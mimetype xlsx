--- v0 (2026-01-09)
+++ v1 (2026-02-24)
@@ -1,2212 +1,4860 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:body>
+    <w:p w14:paraId="456485C9" w14:textId="77777777" w:rsidR="006E7C39" w:rsidRPr="00C1111A" w:rsidRDefault="006E7C39" w:rsidP="002C0348">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6D44C4" w14:textId="109B5C3F" w:rsidR="006E7C39" w:rsidRPr="00CA698A" w:rsidRDefault="00C82BB8" w:rsidP="00CA698A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA698A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WYKAZ ETATÓW W </w:t>
+      </w:r>
+      <w:r w:rsidR="007C7A48">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6478F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ENTRUM WSPIERANIA RODZIN</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44E76" w:rsidRPr="00CA698A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00084543">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>„SWOBODA”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36123F1C" w14:textId="08EEAC1D" w:rsidR="006E7C39" w:rsidRPr="00CA698A" w:rsidRDefault="00702BDA" w:rsidP="009A6C76">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6946"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="428DF16C" w14:textId="528A97D0" w:rsidTr="00793A8C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="750BEA36" w14:textId="3D9D2B88" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50" w:rsidP="00793A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>STANOWISK</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PRACY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65252009" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50" w:rsidP="00793A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>LICZBA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4AF460" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50" w:rsidP="00793A8C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ETATÓW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="6C0E0062" w14:textId="4D83C136" w:rsidTr="00807EF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2100552D" w14:textId="274AACB3" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>yrektor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D07465" w14:textId="2C9E14FC" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00061F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="6EB3F630" w14:textId="2CEE4182" w:rsidTr="00807EF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C690CA3" w14:textId="1AC399C5" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00F1027A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>zastępca dyrektora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25169738" w14:textId="41385D84" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00061F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74C86" w:rsidRPr="00CA698A" w14:paraId="40868322" w14:textId="77777777" w:rsidTr="00807EF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5972E67A" w14:textId="78982175" w:rsidR="00C74C86" w:rsidRPr="00CA698A" w:rsidRDefault="00F1027A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>zastępca dyrektora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2800C4B1" w14:textId="54A25CB3" w:rsidR="00C74C86" w:rsidRPr="00595012" w:rsidRDefault="00C74C86" w:rsidP="00061F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0610" w:rsidRPr="00CA698A" w14:paraId="28111C57" w14:textId="77777777" w:rsidTr="00807EF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5AF555" w14:textId="186FCE45" w:rsidR="002C0610" w:rsidRDefault="002C0610">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">III </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>zastępca dyrektora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5882AC19" w14:textId="33899E57" w:rsidR="002C0610" w:rsidRDefault="002C0610" w:rsidP="00061F46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="5910FD12" w14:textId="21BE3DEF" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BC4FA3" w14:textId="1ED5D303" w:rsidR="00555B50" w:rsidRDefault="00B900B0" w:rsidP="009D1819">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">łówny specjalista ds. kontaktów z CUW </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A480C6A" w14:textId="7C5ED468" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="0049616E" w:rsidP="00680E36">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="75F815D2" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0B5E44" w14:textId="519BD1C7" w:rsidR="00555B50" w:rsidRDefault="00CB345E" w:rsidP="00C53F2F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starszy specjalista / specjalista / referent </w:t>
+            </w:r>
+            <w:r w:rsidR="00C53F2F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ds.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C53F2F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>koordynowania obiegu dokumentów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2C2D3F" w14:textId="3ADE35FF" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00FD6537" w:rsidP="00680E36">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50" w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="38D31468" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2F24A0" w14:textId="4624E08D" w:rsidR="00555B50" w:rsidRDefault="00CB345E" w:rsidP="00084543">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starszy specjalista / specjalista / referent </w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ds.</w:t>
+            </w:r>
+            <w:r w:rsidR="00827883">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>obsługi sekretariatu</w:t>
+            </w:r>
+            <w:r w:rsidR="00B900B0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179CF335" w14:textId="2795AE25" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00FD6537" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="1A44552A" w14:textId="104DAB79" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0271034C" w14:textId="2F9FCD28" w:rsidR="00555B50" w:rsidRPr="00582F0E" w:rsidRDefault="00E45463" w:rsidP="006B026A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tarszy specjalista</w:t>
+            </w:r>
+            <w:r w:rsidR="006B026A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ds. organizacyjno-prawnych</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B58">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44981AAE" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00084543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="55489F38" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF60017" w14:textId="03ABAECE" w:rsidR="00555B50" w:rsidRDefault="00D52B58" w:rsidP="00D52B58">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ierownik administracyjno-techniczny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="546E20F6" w14:textId="00549D14" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00D52B58" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D52B58" w:rsidRPr="00CA698A" w14:paraId="6A07F2C2" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="358DC4CE" w14:textId="12BBA919" w:rsidR="00D52B58" w:rsidRDefault="00D52B58" w:rsidP="00D52B58">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ierownik placówek opiekuńczo-wychowawczych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC3F12C" w14:textId="5810420A" w:rsidR="00D52B58" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B58">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="3E1944DA" w14:textId="4214F8E7" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4286A5CF" w14:textId="783998DA" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00CB345E" w:rsidP="00D52B58">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Kierownik</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Oddział</w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kwalifikacji i Specjalistycznego Wsparcia Rodzin Zastępczych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4293E086" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00084543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="35A865AE" w14:textId="6B228859" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="636B0867" w14:textId="1D1D24EC" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00CB345E" w:rsidP="00084543">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Kierownik</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Oddział</w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Koordynatorów  i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> Oceny Rodzinnej Pieczy Zastępczej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2E420B" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00084543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="76A29225" w14:textId="6CD0EF6B" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBBEF50" w14:textId="451301A2" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00CB345E" w:rsidP="00084543">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Kierownik</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Klubu Dobrych Rodziców</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD8863B" w14:textId="77777777" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00084543">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D52B58" w:rsidRPr="00CA698A" w14:paraId="2096F4FB" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6799C6A4" w14:textId="3E70D7BB" w:rsidR="00D52B58" w:rsidRDefault="00D52B58" w:rsidP="00D52B58">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>sycholog</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (placówka opiekuńczo-wychowawcza) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11666755" w14:textId="61DA1897" w:rsidR="00D52B58" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00D52B58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B58" w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="747386B0" w14:textId="4487C133" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BAAA469" w14:textId="59C7050F" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>sycholog</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C72354C" w14:textId="5C88AC62" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00D52B58" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="006B026A" w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="4D154BE9" w14:textId="03A1D355" w:rsidTr="00827883">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F03054D" w14:textId="4B1FA17A" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="00555B50" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edagog </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EF1C17" w14:textId="15304E36" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00BD4767" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD4767">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50" w:rsidRPr="00BD4767">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="729756DF" w14:textId="7A4F29E8" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="482C77C1" w14:textId="2AE3E4DA" w:rsidR="00F55EC0" w:rsidRPr="00CB345E" w:rsidRDefault="00D52B58" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E" w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tarszy koordynator </w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>rodzinnej pieczy zastępczej</w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF" w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E" w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> koordynator </w:t>
+            </w:r>
+            <w:r w:rsidR="00982FBF">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>rodzinnej pieczy zastępczej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CFAF509" w14:textId="608C5937" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F13F33">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="382894E6" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C4AFA58" w14:textId="61CBA32C" w:rsidR="00931CBD" w:rsidRPr="004A0C37" w:rsidRDefault="00CB345E" w:rsidP="00D653E2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starszy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>wychowawca / wychowawca / młodszy wychowawca</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7372DAD5" w14:textId="0524A9B3" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00595012">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="1B9A6097" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="472EBFB8" w14:textId="5C3FADB1" w:rsidR="00555B50" w:rsidRDefault="00CB345E" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starszy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">opiekun dziecięcy / opiekun dziecięcy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="677DC9FC" w14:textId="6C3C48FA" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="59BE8AAC" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="391CD5F3" w14:textId="1FBFB5E6" w:rsidR="00555B50" w:rsidRDefault="00113759" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB345E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">łówny specjalista pracy socjalnej / starszy specjalista pracy socjalnej / specjalista pracy socjalnej </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="224897EE" w14:textId="769237C7" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50" w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="09EF0806" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D684CDD" w14:textId="7C598026" w:rsidR="00555B50" w:rsidRDefault="00555B50" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB643E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>erapeuta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4559824B" w14:textId="66E56A0E" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="00555B50" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0610" w:rsidRPr="00CA698A" w14:paraId="20796FE1" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5423EEE4" w14:textId="4984101A" w:rsidR="002C0610" w:rsidRPr="004D1829" w:rsidRDefault="002C0610" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D1829">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ielęgniarka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01908636" w14:textId="794D5114" w:rsidR="002C0610" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C0610" w:rsidRPr="00CA698A" w14:paraId="62C88BF9" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458718C0" w14:textId="24D6E3A9" w:rsidR="002C0610" w:rsidRPr="004D1829" w:rsidRDefault="002C0610" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D1829">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ntendent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ACD587C" w14:textId="33C4A40F" w:rsidR="002C0610" w:rsidRDefault="002C0610" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="2A5632DE" w14:textId="23E3C173" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C8BF012" w14:textId="5E4086B6" w:rsidR="00555B50" w:rsidRPr="0015225B" w:rsidRDefault="008C5CED" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015225B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tarsza pokojowa / pokojowa / sprzątaczka </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F85C7FE" w14:textId="650534C4" w:rsidR="00555B50" w:rsidRPr="00595012" w:rsidRDefault="002C0610" w:rsidP="00582F0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50" w:rsidRPr="00595012">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="035B1975" w14:textId="3C0FE522" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E1D40EC" w14:textId="57C1C46F" w:rsidR="00555B50" w:rsidRPr="0015225B" w:rsidRDefault="008C5CED" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015225B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tarszy kucharz / kucharz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43508715" w14:textId="28F6E04E" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="002C0610" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50" w:rsidRPr="00CA698A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="04531F73" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="205587BC" w14:textId="410A2D67" w:rsidR="00555B50" w:rsidRPr="0015225B" w:rsidRDefault="00555B50" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015225B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>omoc kuchenna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C44EF7F" w14:textId="38F7FD62" w:rsidR="00555B50" w:rsidRDefault="002C0610" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00555B50">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="1A388293" w14:textId="77777777" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D6FD6AC" w14:textId="47D3DA58" w:rsidR="00555B50" w:rsidRPr="0015225B" w:rsidRDefault="008C5CED" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015225B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tarszy konserwator / konserwator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="668B3C61" w14:textId="441FCA73" w:rsidR="00555B50" w:rsidRDefault="00555B50" w:rsidP="00827883">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="77866476" w14:textId="5BCB8C8E" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D951739" w14:textId="03DA5FD2" w:rsidR="00555B50" w:rsidRPr="0015225B" w:rsidRDefault="008C5CED" w:rsidP="00807EF0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015225B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tarszy robotnik wykwalifikowany / robotnik wykwalifikowany / rzemieślnik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BA8D87F" w14:textId="2B1F1346" w:rsidR="00555B50" w:rsidRPr="00CA698A" w:rsidRDefault="002C0610" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555B50" w:rsidRPr="00CA698A" w14:paraId="6BFCD51C" w14:textId="572572C8" w:rsidTr="00827883">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30C6AD02" w14:textId="219D071F" w:rsidR="00555B50" w:rsidRPr="00827883" w:rsidRDefault="00555B50" w:rsidP="00AF413D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827883">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> RAZEM                </w:t>
+            </w:r>
+            <w:r w:rsidR="00711E0C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                            </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50E7E9B0" w14:textId="2EF52123" w:rsidR="00555B50" w:rsidRPr="00827883" w:rsidRDefault="002C0610" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>121,50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5D887AA5" w14:textId="4DD760FB" w:rsidR="00061F46" w:rsidRDefault="00061F46" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB0615D" w14:textId="3B940101" w:rsidR="004A0C37" w:rsidRDefault="004A0C37" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F7637F" w14:textId="28B0DAB3" w:rsidR="004A0C37" w:rsidRDefault="004A0C37" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C2DD85" w14:textId="77777777" w:rsidR="004A0C37" w:rsidRDefault="004A0C37" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="9497" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6946"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F13F33" w:rsidRPr="00F13F33" w14:paraId="046A9D34" w14:textId="77777777" w:rsidTr="00793A8C">
+        <w:trPr>
+          <w:trHeight w:val="573"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748E66A4" w14:textId="0119BEE5" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="00F13F33" w:rsidP="00982FBF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>STANOWISK</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PRACY</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5CED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>W </w:t>
+            </w:r>
+            <w:r w:rsidR="008C5CED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CENTRUM PROFILAKTYKI </w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="008C5CED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>„ŚWIT”</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="008C5CED">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>STREFA DZIECKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160484B6" w14:textId="77777777" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="00F13F33" w:rsidP="00793A8C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>LICZBA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4663F995" w14:textId="77777777" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="00F13F33" w:rsidP="00793A8C">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ETATÓW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13F33" w:rsidRPr="00F13F33" w14:paraId="30080AD5" w14:textId="77777777" w:rsidTr="00FC14ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="091D7FBA" w14:textId="54012B12" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="008C5CED" w:rsidP="00CE0708">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iagnosta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>FASD-</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>koordynator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB9C003" w14:textId="4D8FDF10" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="008C5CED" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13F33" w:rsidRPr="00F13F33" w14:paraId="0440A693" w14:textId="77777777" w:rsidTr="00FC14ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F945BC1" w14:textId="14B9051C" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="008C5CED" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>iagnosta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FASD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3990D4CE" w14:textId="0D9DA23E" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="008C5CED" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F13F33" w:rsidRPr="00F13F33" w14:paraId="507EA72A" w14:textId="77777777" w:rsidTr="00FC14ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4310AC" w14:textId="53D26176" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="008C5CED" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iagnosta </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FASD i </w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>terapeuta integracji sensorycznej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE363F7" w14:textId="77777777" w:rsidR="00F13F33" w:rsidRPr="00F13F33" w:rsidRDefault="00F13F33" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C5CED" w:rsidRPr="00F13F33" w14:paraId="206BE570" w14:textId="77777777" w:rsidTr="00FC14ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A30F2C7" w14:textId="7958DE7D" w:rsidR="008C5CED" w:rsidRDefault="007B03A1" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tarszy specjalista / specjalista / referent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ds. obsługi sekretariatu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DE97A2" w14:textId="7DCED228" w:rsidR="008C5CED" w:rsidRPr="00F13F33" w:rsidRDefault="007B03A1" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C31CD" w:rsidRPr="00F13F33" w14:paraId="7244B7A4" w14:textId="77777777" w:rsidTr="00FC14ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9EC574" w14:textId="37572BE1" w:rsidR="005C31CD" w:rsidRPr="005C31CD" w:rsidRDefault="005C31CD" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C31CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAZEM   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3809FD3C" w14:textId="297AAA23" w:rsidR="005C31CD" w:rsidRPr="007D552C" w:rsidRDefault="0076744A" w:rsidP="00F13F33">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005C31CD" w:rsidRPr="007D552C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56E70756" w14:textId="19505DC5" w:rsidR="00F13F33" w:rsidRDefault="00F13F33" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B29FF58" w14:textId="5535B653" w:rsidR="0076744A" w:rsidRDefault="0076744A" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08A06273" w14:textId="0BED9685" w:rsidR="0076744A" w:rsidRDefault="0076744A" w:rsidP="00343837">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="9481" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6935"/>
+        <w:gridCol w:w="2546"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0076744A" w:rsidRPr="00F13F33" w14:paraId="77EE84D2" w14:textId="77777777" w:rsidTr="005A557C">
+        <w:trPr>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6935" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="196225C3" w14:textId="7A910211" w:rsidR="0076744A" w:rsidRPr="003B2EDD" w:rsidRDefault="0076744A" w:rsidP="00982FBF">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>STANOWISK</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PRACY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>W RAMACH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE0708">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PROJEKT</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE0708">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UNIJN</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>EGO</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE0708">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „POPRAWA DOSTĘPU DO USŁUG SPOŁECZNYCH WSPIERAJĄCYCH RODZINY I RODZINNĄ PIECZĘ ZASTĘPCZĄ NA TERENIE MOF POZNANIA – EDYCJA III”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="654F6C26" w14:textId="77777777" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="0076744A" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>LICZBA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F4E47E" w14:textId="77777777" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="0076744A" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ETATÓW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076744A" w:rsidRPr="00F13F33" w14:paraId="6D885435" w14:textId="77777777" w:rsidTr="005A557C">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="146A5E55" w14:textId="1E1263E1" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="005F740F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oordynator </w:t>
+            </w:r>
+            <w:r w:rsidR="001A15D6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>rodzinnej pieczy zastępczej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB1A809" w14:textId="4CC6E82D" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076744A" w:rsidRPr="00F13F33" w14:paraId="40F816F2" w14:textId="77777777" w:rsidTr="005A557C">
+        <w:trPr>
+          <w:trHeight w:val="401"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22136786" w14:textId="6CD8BC01" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="005F740F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>edagog</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D77334E" w14:textId="6E6EA1A6" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076744A" w:rsidRPr="00F13F33" w14:paraId="2A7BD918" w14:textId="77777777" w:rsidTr="005A557C">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08951311" w14:textId="47CCD128" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="005F740F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>sycholog</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A091BC9" w14:textId="466354CF" w:rsidR="0076744A" w:rsidRPr="00F13F33" w:rsidRDefault="00064D15" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0076744A" w:rsidRPr="00F13F33">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0076744A" w:rsidRPr="00F13F33" w14:paraId="21894076" w14:textId="77777777" w:rsidTr="005A557C">
+        <w:trPr>
+          <w:trHeight w:val="338"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD05C0D" w14:textId="77777777" w:rsidR="0076744A" w:rsidRPr="005C31CD" w:rsidRDefault="0076744A" w:rsidP="006373E0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C31CD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAZEM   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2546" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4668120C" w14:textId="6BB976AB" w:rsidR="0076744A" w:rsidRPr="007D552C" w:rsidRDefault="00064D15" w:rsidP="006373E0">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:ind w:left="1020"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0076744A" w:rsidRPr="007D552C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="50C46378" w14:textId="77777777" w:rsidR="0065302D" w:rsidRDefault="0065302D" w:rsidP="00064D15">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6252"/>
+        </w:tabs>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED29D80" w14:textId="77777777" w:rsidR="0065302D" w:rsidRDefault="0065302D" w:rsidP="00064D15">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6252"/>
+        </w:tabs>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6946"/>
+        <w:gridCol w:w="2403"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0065302D" w14:paraId="68DB906A" w14:textId="77777777" w:rsidTr="0065302D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="584F5E9C" w14:textId="3FE65BA3" w:rsidR="0065302D" w:rsidRPr="0065302D" w:rsidRDefault="0065302D" w:rsidP="0034736D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6252"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STANOWISKA PRACY </w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>W RAMACH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROGRAM</w:t>
+            </w:r>
+            <w:r w:rsidR="00501762">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ALKOHOLOW</w:t>
+            </w:r>
+            <w:r w:rsidR="001A15D6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>EGO</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12036639" w14:textId="3E055149" w:rsidR="0065302D" w:rsidRPr="0065302D" w:rsidRDefault="0065302D" w:rsidP="0065302D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6252"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0065302D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>LICZBA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77ED6228" w14:textId="27754BA9" w:rsidR="0065302D" w:rsidRDefault="0065302D" w:rsidP="0065302D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6252"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0065302D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ETATÓW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065302D" w14:paraId="36A750C4" w14:textId="77777777" w:rsidTr="0065302D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A402453" w14:textId="3B026022" w:rsidR="0065302D" w:rsidRPr="0065302D" w:rsidRDefault="0065302D" w:rsidP="00064D15">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6252"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6763">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ychowawca</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2403" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BE5A9F" w14:textId="04B5E1D2" w:rsidR="0065302D" w:rsidRPr="0065302D" w:rsidRDefault="0065302D" w:rsidP="0065302D">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6252"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065302D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34B41D65" w14:textId="1928D726" w:rsidR="0076744A" w:rsidRDefault="00064D15" w:rsidP="00064D15">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6252"/>
+        </w:tabs>
+        <w:ind w:left="1020"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="0076744A" w:rsidSect="00710612">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="238" w:right="1134" w:bottom="249" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</calcChain>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="733DD2D1" w14:textId="77777777" w:rsidR="0092437D" w:rsidRDefault="0092437D" w:rsidP="00AC257D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="589B75CF" w14:textId="77777777" w:rsidR="0092437D" w:rsidRDefault="0092437D" w:rsidP="00AC257D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</comments>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...221 lines deleted...]
-</sst>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4DA5627D" w14:textId="77777777" w:rsidR="0092437D" w:rsidRDefault="0092437D" w:rsidP="00AC257D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="555FCAB8" w14:textId="77777777" w:rsidR="0092437D" w:rsidRDefault="0092437D" w:rsidP="00AC257D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...623 lines deleted...]
-</styleSheet>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="2D2A9D64" w14:textId="4CF6AAC4" w:rsidR="00AC257D" w:rsidRDefault="009F46C3" w:rsidP="00AC257D">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4536"/>
+        <w:tab w:val="clear" w:pos="9072"/>
+        <w:tab w:val="left" w:pos="8235"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">                                                                                                             </w:t>
+    </w:r>
+    <w:r w:rsidR="00AC257D">
+      <w:t xml:space="preserve">Załącznik </w:t>
+    </w:r>
+    <w:r w:rsidR="00CB345E">
+      <w:t>n</w:t>
+    </w:r>
+    <w:r w:rsidR="00AC257D">
+      <w:t>r 2</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> Regulaminu </w:t>
+    </w:r>
+    <w:r w:rsidR="00E45463">
+      <w:t>o</w:t>
+    </w:r>
+    <w:r>
+      <w:t>rganizacyjnego</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29BE08C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31E2290A"/>
+    <w:lvl w:ilvl="0" w:tplc="819CE394">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4980" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A667B61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="240EB67A"/>
+    <w:lvl w:ilvl="0" w:tplc="4EC417B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+        <w:color w:val="FF0000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D8C52A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C95C5BD6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFC6058A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00061F46"/>
+    <w:rsid w:val="00006CFC"/>
+    <w:rsid w:val="00022633"/>
+    <w:rsid w:val="0004515B"/>
+    <w:rsid w:val="00047769"/>
+    <w:rsid w:val="00061F46"/>
+    <w:rsid w:val="00064D15"/>
+    <w:rsid w:val="00084543"/>
+    <w:rsid w:val="000A5C18"/>
+    <w:rsid w:val="000C12FA"/>
+    <w:rsid w:val="000D213F"/>
+    <w:rsid w:val="000E0DBE"/>
+    <w:rsid w:val="00106A29"/>
+    <w:rsid w:val="00113759"/>
+    <w:rsid w:val="00117408"/>
+    <w:rsid w:val="0012072A"/>
+    <w:rsid w:val="00122946"/>
+    <w:rsid w:val="00150295"/>
+    <w:rsid w:val="0015225B"/>
+    <w:rsid w:val="00190CCB"/>
+    <w:rsid w:val="001A15D6"/>
+    <w:rsid w:val="001A6726"/>
+    <w:rsid w:val="001C3E98"/>
+    <w:rsid w:val="001C7983"/>
+    <w:rsid w:val="001E5CF1"/>
+    <w:rsid w:val="001E68E8"/>
+    <w:rsid w:val="002108CF"/>
+    <w:rsid w:val="00223531"/>
+    <w:rsid w:val="00230450"/>
+    <w:rsid w:val="002461FE"/>
+    <w:rsid w:val="0028158F"/>
+    <w:rsid w:val="002B149C"/>
+    <w:rsid w:val="002B537D"/>
+    <w:rsid w:val="002C0348"/>
+    <w:rsid w:val="002C0610"/>
+    <w:rsid w:val="002C4E74"/>
+    <w:rsid w:val="002C7A77"/>
+    <w:rsid w:val="002D45E5"/>
+    <w:rsid w:val="002D487C"/>
+    <w:rsid w:val="00330E34"/>
+    <w:rsid w:val="00334D4A"/>
+    <w:rsid w:val="003371E0"/>
+    <w:rsid w:val="00343837"/>
+    <w:rsid w:val="0034736D"/>
+    <w:rsid w:val="003A757A"/>
+    <w:rsid w:val="003B2EDD"/>
+    <w:rsid w:val="00410E30"/>
+    <w:rsid w:val="00415DF6"/>
+    <w:rsid w:val="004174DE"/>
+    <w:rsid w:val="00423101"/>
+    <w:rsid w:val="00447F2F"/>
+    <w:rsid w:val="0045672E"/>
+    <w:rsid w:val="004632DC"/>
+    <w:rsid w:val="00473E57"/>
+    <w:rsid w:val="00477667"/>
+    <w:rsid w:val="004810D5"/>
+    <w:rsid w:val="0049616E"/>
+    <w:rsid w:val="004A0C37"/>
+    <w:rsid w:val="004B6763"/>
+    <w:rsid w:val="004D1829"/>
+    <w:rsid w:val="004D71E6"/>
+    <w:rsid w:val="004F0B1E"/>
+    <w:rsid w:val="00501762"/>
+    <w:rsid w:val="0051183E"/>
+    <w:rsid w:val="00530CE8"/>
+    <w:rsid w:val="00532684"/>
+    <w:rsid w:val="00545212"/>
+    <w:rsid w:val="005479EF"/>
+    <w:rsid w:val="00555B50"/>
+    <w:rsid w:val="0056035A"/>
+    <w:rsid w:val="00577307"/>
+    <w:rsid w:val="00582F0E"/>
+    <w:rsid w:val="00593DDD"/>
+    <w:rsid w:val="00595012"/>
+    <w:rsid w:val="005A557C"/>
+    <w:rsid w:val="005C31CD"/>
+    <w:rsid w:val="005F0566"/>
+    <w:rsid w:val="005F2B94"/>
+    <w:rsid w:val="005F740F"/>
+    <w:rsid w:val="0062649B"/>
+    <w:rsid w:val="00643515"/>
+    <w:rsid w:val="0065302D"/>
+    <w:rsid w:val="00680E36"/>
+    <w:rsid w:val="0069433D"/>
+    <w:rsid w:val="006B026A"/>
+    <w:rsid w:val="006C3508"/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:rsid w:val="006E7C39"/>
+    <w:rsid w:val="006F014C"/>
+    <w:rsid w:val="00702BDA"/>
+    <w:rsid w:val="00710612"/>
+    <w:rsid w:val="00711E0C"/>
+    <w:rsid w:val="007219BA"/>
+    <w:rsid w:val="00746C7A"/>
+    <w:rsid w:val="00755FFE"/>
+    <w:rsid w:val="0076744A"/>
+    <w:rsid w:val="00776EE6"/>
+    <w:rsid w:val="007819A1"/>
+    <w:rsid w:val="00786DB0"/>
+    <w:rsid w:val="00793A8C"/>
+    <w:rsid w:val="007B03A1"/>
+    <w:rsid w:val="007C7A48"/>
+    <w:rsid w:val="007D552C"/>
+    <w:rsid w:val="007F062C"/>
+    <w:rsid w:val="007F1FA2"/>
+    <w:rsid w:val="00801E8A"/>
+    <w:rsid w:val="00807EF0"/>
+    <w:rsid w:val="00816687"/>
+    <w:rsid w:val="00827883"/>
+    <w:rsid w:val="008505BC"/>
+    <w:rsid w:val="0088172B"/>
+    <w:rsid w:val="0088670D"/>
+    <w:rsid w:val="00895EA7"/>
+    <w:rsid w:val="008B7AAE"/>
+    <w:rsid w:val="008C5CED"/>
+    <w:rsid w:val="008D3654"/>
+    <w:rsid w:val="008D5A52"/>
+    <w:rsid w:val="008F2C4B"/>
+    <w:rsid w:val="00920D85"/>
+    <w:rsid w:val="0092437D"/>
+    <w:rsid w:val="009317BE"/>
+    <w:rsid w:val="00931CBD"/>
+    <w:rsid w:val="00967592"/>
+    <w:rsid w:val="00982FBF"/>
+    <w:rsid w:val="009A6C76"/>
+    <w:rsid w:val="009B6896"/>
+    <w:rsid w:val="009D1819"/>
+    <w:rsid w:val="009F46C3"/>
+    <w:rsid w:val="009F6342"/>
+    <w:rsid w:val="00A01699"/>
+    <w:rsid w:val="00A203C0"/>
+    <w:rsid w:val="00A44E76"/>
+    <w:rsid w:val="00A73A53"/>
+    <w:rsid w:val="00A87275"/>
+    <w:rsid w:val="00A9722A"/>
+    <w:rsid w:val="00AB4055"/>
+    <w:rsid w:val="00AC257D"/>
+    <w:rsid w:val="00AD1706"/>
+    <w:rsid w:val="00AD5935"/>
+    <w:rsid w:val="00AE5B4A"/>
+    <w:rsid w:val="00AF413D"/>
+    <w:rsid w:val="00B719EB"/>
+    <w:rsid w:val="00B85E51"/>
+    <w:rsid w:val="00B900B0"/>
+    <w:rsid w:val="00B96639"/>
+    <w:rsid w:val="00B975B2"/>
+    <w:rsid w:val="00BA49D2"/>
+    <w:rsid w:val="00BD4767"/>
+    <w:rsid w:val="00BE779C"/>
+    <w:rsid w:val="00C1111A"/>
+    <w:rsid w:val="00C53F2F"/>
+    <w:rsid w:val="00C6105D"/>
+    <w:rsid w:val="00C74C86"/>
+    <w:rsid w:val="00C82BB8"/>
+    <w:rsid w:val="00C930AD"/>
+    <w:rsid w:val="00C961DE"/>
+    <w:rsid w:val="00CA698A"/>
+    <w:rsid w:val="00CB345E"/>
+    <w:rsid w:val="00CE0708"/>
+    <w:rsid w:val="00D1334D"/>
+    <w:rsid w:val="00D46DE4"/>
+    <w:rsid w:val="00D50ADE"/>
+    <w:rsid w:val="00D52B58"/>
+    <w:rsid w:val="00D563E6"/>
+    <w:rsid w:val="00D6478F"/>
+    <w:rsid w:val="00D653E2"/>
+    <w:rsid w:val="00D81C49"/>
+    <w:rsid w:val="00DB643E"/>
+    <w:rsid w:val="00DE3CB3"/>
+    <w:rsid w:val="00E33BF4"/>
+    <w:rsid w:val="00E45463"/>
+    <w:rsid w:val="00E52AE4"/>
+    <w:rsid w:val="00E579EC"/>
+    <w:rsid w:val="00E67590"/>
+    <w:rsid w:val="00E700A5"/>
+    <w:rsid w:val="00E75202"/>
+    <w:rsid w:val="00E970E5"/>
+    <w:rsid w:val="00EB296C"/>
+    <w:rsid w:val="00F1027A"/>
+    <w:rsid w:val="00F13F33"/>
+    <w:rsid w:val="00F44E3A"/>
+    <w:rsid w:val="00F55EC0"/>
+    <w:rsid w:val="00F60445"/>
+    <w:rsid w:val="00F82F48"/>
+    <w:rsid w:val="00F875A5"/>
+    <w:rsid w:val="00F95020"/>
+    <w:rsid w:val="00FA7FA7"/>
+    <w:rsid w:val="00FB5786"/>
+    <w:rsid w:val="00FD6537"/>
+    <w:rsid w:val="00FD7CDE"/>
+    <w:rsid w:val="00FE0DCF"/>
+    <w:rsid w:val="00FF736B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="48BC8333"/>
+  <w15:docId w15:val="{91C00B08-C9EF-414E-A5EC-220512A20245}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F13F33"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00061F46"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C1111A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D50ADE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D50ADE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C3DE3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC257D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC257D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC257D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC257D"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office 2007–2010">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office 2007–2010">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office 2007–2010">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...913 lines deleted...]
-</worksheet>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97191B7D-2AB2-4F71-9FAD-E6E2DCC2FFA8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>300</Words>
+  <Characters>1801</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arkusze</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Wykaz KPOK, KPO</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Komp9-admin</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>