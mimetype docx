--- v0 (2026-01-14)
+++ v1 (2026-03-15)
@@ -1,2563 +1,2212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1546 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <workbookPr filterPrivacy="1" codeName="Ten_skoroszyt" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9322B3BA-E1D6-4BE3-8585-DE850D6F7343}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="12210" yWindow="240" windowWidth="13710" windowHeight="15240" tabRatio="768" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Spis treści Raportu" sheetId="2" r:id="rId1"/>
+    <sheet name="Usługi  Warmińska" sheetId="22" r:id="rId2"/>
+    <sheet name="Usługi Kiekrz" sheetId="27" r:id="rId3"/>
+    <sheet name="Zestawienie mas odpadów " sheetId="25" r:id="rId4"/>
+    <sheet name="Wykaz KPOK, KPO" sheetId="26" r:id="rId5"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Wykaz KPOK, KPO'!$A$2:$K$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Zestawienie mas odpadów '!$A$2:$H$9</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:endnotes>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="J8" i="26" l="1"/>
+  <c r="E7" i="25" l="1"/>
+</calcChain>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-</w:fonts>
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Autor</author>
+  </authors>
+  <commentList>
+    <comment ref="A3" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="238"/>
+          </rPr>
+          <t>Autor:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+            <charset val="238"/>
+          </rPr>
+          <t xml:space="preserve">
+wpisać nazwę i nr umowy</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-</w:ftr>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
+  <si>
+    <t>Spis treści:</t>
+  </si>
+  <si>
+    <t>Uwagi</t>
+  </si>
+  <si>
+    <t>Lp.</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>Nazwa i adres posiadacza odpadów przekazującego odpad</t>
+  </si>
+  <si>
+    <t>Nazwa i adres posiadacza odpadów transportującego odpad</t>
+  </si>
+  <si>
+    <t>Nazwa i adres posiadacza odpadów przejmującego odpad</t>
+  </si>
+  <si>
+    <t>Kod odpadu</t>
+  </si>
+  <si>
+    <t>Masa odpadów [Mg]</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakład Zagospodarowania Odpadów w Poznaniu sp. z o.o. </t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>Suma [Mg]</t>
+  </si>
+  <si>
+    <t>Nr zlecenia</t>
+  </si>
+  <si>
+    <t>Rejon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zestawienie mas odebranych i zagospodarowanych odpadów 
+</t>
+  </si>
+  <si>
+    <t>Masa odebranych odpadów
+[Mg]</t>
+  </si>
+  <si>
+    <t>Masa zagospodarowanych odpadów
+[Mg]</t>
+  </si>
+  <si>
+    <t>Jednostka miary/wagi</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Nr kar</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>ty</t>
+    </r>
+  </si>
+  <si>
+    <t>Nazwa i adres instalacji  przetwarzającej odpady</t>
+  </si>
+  <si>
+    <t>Nr rejestracyjny pojazdu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data dostarczenia odpadu do instalacji przetwarzającej odpady </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liczba wykonanych jednostek            </t>
+  </si>
+  <si>
+    <r>
+      <t>SUMA Z PO</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">DZIAŁEM NA KODY ODPADÓW </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodzaj usług </t>
+  </si>
+  <si>
+    <t>Usługi zrealizowane w ramach Zadania</t>
+  </si>
+  <si>
+    <t>dzień</t>
+  </si>
+  <si>
+    <t>Dodatkowe sprzątanie interwencyjne</t>
+  </si>
+  <si>
+    <t>rg.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                 </t>
+  </si>
+  <si>
+    <t>Wynagrodzenie łączne netto [zł]:    0,00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wynagrodzenie łączne brutto [zł]: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wartość podatku VAT [zł]: </t>
+  </si>
+  <si>
+    <t>Opróżnianie koszy zewnętrznych  wraz z ich utrzymaniem w czystości</t>
+  </si>
+  <si>
+    <t>Sprzątanie i utrzymanie w czystości powierzchni utwardzonych</t>
+  </si>
+  <si>
+    <t>Utrzymanie w czystości miejsc parkingowych</t>
+  </si>
+  <si>
+    <t>Sprzątanie drogi wewnętrznej przy pomocy zamiatarki</t>
+  </si>
+  <si>
+    <t>Utrzymanie terenu po intensywnych opadach i wichurach</t>
+  </si>
+  <si>
+    <t>Odśnieżanie i likwidowanie śliskości</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>Załącznik nr 3.1    do Zasad</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Utrzymanie czystości i porządku na terenie Oddziału Golęcin</t>
+  </si>
+  <si>
+    <t>Wykaz kart przekazania odpadów komunalnych (KPOK) / kart przekazania odpadów (KPO)</t>
+  </si>
+  <si>
+    <t>Utrzymanie w czystości trawników z uwzględnieniem krawężników</t>
+  </si>
+  <si>
+    <t>2. Zestawienie mas odebranych i zagospodarowanych odpadów w ……............ …........... roku</t>
+  </si>
+  <si>
+    <r>
+      <t>R</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>APORT MIESIĘCZNY za ….....…....  ….... roku</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">, sporządzony dla Poznańskich Ośrodków Sportu i Rekreacji </t>
+    </r>
+  </si>
+  <si>
+    <t>3. Wykaz kart przekazania odpadów komunalnych (KPOK) / kart przekazania odpadów (KPO) zamieszczonych w Raporcie miesięcznym</t>
+  </si>
+  <si>
+    <t>1. Usługi zrealizowane w ramach zadania na terenie Oddziału Golęcin w Kiekrzu w ……......... …......... roku</t>
+  </si>
+  <si>
+    <t>1. Usługi zrealizowane w ramach zadania na terenie Oddziału Golęcin ul. Warmińska w ……..... …..... roku</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:footnotes>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="0.000"/>
+    <numFmt numFmtId="165" formatCode="0.0000"/>
+  </numFmts>
+  <fonts count="25" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="7">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39994506668294322"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="11">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="87">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="6" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="20" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="4" xfId="3" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="14" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="4">
+    <cellStyle name="Hiperłącze" xfId="3" builtinId="8"/>
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+    <cellStyle name="Normalny 11" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normalny 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...24 lines deleted...]
-</w:numbering>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...516 lines deleted...]
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office">
+    <a:clrScheme name="Pakiet Office 2007–2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office">
+    <a:fontScheme name="Pakiet Office 2007–2010">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office">
+    <a:fmtScheme name="Pakiet Office 2007–2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr codeName="Arkusz1">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AK14"/>
+  <sheetViews>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E14" sqref="E14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="21.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="3.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="31.28515625" style="1" customWidth="1"/>
+    <col min="3" max="4" width="21.5703125" style="1"/>
+    <col min="5" max="5" width="14.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="5" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.28515625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="21.5703125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:37" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G1" s="36" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:37" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="72" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" s="72"/>
+      <c r="C3" s="72"/>
+      <c r="D3" s="72"/>
+      <c r="E3" s="72"/>
+      <c r="F3" s="72"/>
+      <c r="G3" s="72"/>
+    </row>
+    <row r="4" spans="1:37" s="4" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="73" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="73"/>
+      <c r="C4" s="73"/>
+      <c r="D4" s="73"/>
+      <c r="E4" s="73"/>
+      <c r="F4" s="73"/>
+      <c r="G4" s="73"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+      <c r="AI4" s="3"/>
+      <c r="AJ4" s="3"/>
+      <c r="AK4" s="3"/>
+    </row>
+    <row r="5" spans="1:37" s="4" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="75"/>
+      <c r="C5" s="75"/>
+      <c r="D5" s="75"/>
+      <c r="E5" s="75"/>
+      <c r="F5" s="75"/>
+      <c r="G5" s="75"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="3"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="3"/>
+      <c r="AK5" s="3"/>
+    </row>
+    <row r="6" spans="1:37" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="77"/>
+      <c r="B6" s="77"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+      <c r="R6" s="3"/>
+      <c r="S6" s="3"/>
+      <c r="T6" s="3"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="3"/>
+      <c r="W6" s="3"/>
+      <c r="X6" s="3"/>
+      <c r="Y6" s="3"/>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
+      <c r="AB6" s="3"/>
+      <c r="AC6" s="3"/>
+      <c r="AD6" s="3"/>
+      <c r="AE6" s="3"/>
+      <c r="AF6" s="3"/>
+      <c r="AG6" s="3"/>
+      <c r="AH6" s="3"/>
+      <c r="AI6" s="3"/>
+      <c r="AJ6" s="3"/>
+      <c r="AK6" s="3"/>
+    </row>
+    <row r="7" spans="1:37" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="76" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="76"/>
+      <c r="C7" s="76"/>
+      <c r="D7" s="76"/>
+      <c r="E7" s="76"/>
+      <c r="F7" s="76"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+      <c r="N7" s="3"/>
+      <c r="O7" s="3"/>
+      <c r="P7" s="3"/>
+      <c r="Q7" s="3"/>
+      <c r="R7" s="3"/>
+      <c r="S7" s="3"/>
+      <c r="T7" s="3"/>
+      <c r="U7" s="3"/>
+      <c r="V7" s="3"/>
+      <c r="W7" s="3"/>
+      <c r="X7" s="3"/>
+      <c r="Y7" s="3"/>
+      <c r="Z7" s="3"/>
+      <c r="AA7" s="3"/>
+      <c r="AB7" s="3"/>
+      <c r="AC7" s="3"/>
+      <c r="AD7" s="3"/>
+      <c r="AE7" s="3"/>
+      <c r="AF7" s="3"/>
+      <c r="AG7" s="3"/>
+      <c r="AH7" s="3"/>
+      <c r="AI7" s="3"/>
+      <c r="AJ7" s="3"/>
+      <c r="AK7" s="3"/>
+    </row>
+    <row r="8" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="37" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="10"/>
+    </row>
+    <row r="9" spans="1:37" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="69" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="69"/>
+      <c r="D9" s="69"/>
+      <c r="E9" s="69"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="69"/>
+    </row>
+    <row r="10" spans="1:37" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="69" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" s="69"/>
+      <c r="D10" s="69"/>
+      <c r="E10" s="69"/>
+      <c r="F10" s="69"/>
+      <c r="G10" s="69"/>
+    </row>
+    <row r="11" spans="1:37" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="10"/>
+      <c r="G11" s="10"/>
+    </row>
+    <row r="12" spans="1:37" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="10"/>
+      <c r="B12" s="71" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="71"/>
+      <c r="D12" s="71"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="10"/>
+      <c r="G12" s="10"/>
+    </row>
+    <row r="13" spans="1:37" ht="15" x14ac:dyDescent="0.2">
+      <c r="B13" s="70" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="70"/>
+      <c r="D13" s="70"/>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+      <c r="G13" s="70"/>
+    </row>
+    <row r="14" spans="1:37" ht="25.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="68" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="68"/>
+      <c r="D14" s="68"/>
+    </row>
+  </sheetData>
+  <mergeCells count="10">
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A5:G5"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B10:G10"/>
+    <mergeCell ref="B13:G13"/>
+    <mergeCell ref="B9:G9"/>
+    <mergeCell ref="B12:D12"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="74" orientation="portrait" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:K11"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:D1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="32.85546875" style="31" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" width="9.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="78" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+    </row>
+    <row r="2" spans="1:11" s="3" customFormat="1" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="32" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" s="34" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="65" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" s="38"/>
+    </row>
+    <row r="4" spans="1:11" ht="43.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="65" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" s="38"/>
+    </row>
+    <row r="5" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="39" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" s="38"/>
+    </row>
+    <row r="6" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="65" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="38"/>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="66" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="38"/>
+    </row>
+    <row r="8" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="38"/>
+    </row>
+    <row r="9" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="66" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="67" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="38"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="79"/>
+      <c r="B11" s="80"/>
+      <c r="C11" s="80"/>
+      <c r="D11" s="80"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A11:D11"/>
+  </mergeCells>
+  <phoneticPr fontId="4" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B23F7BE0-1EE8-4449-BC50-2A75307E1FCD}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:K12"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:D1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="32.85546875" style="31" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" width="9.5703125" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="78" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+    </row>
+    <row r="2" spans="1:11" s="3" customFormat="1" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="32" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" s="34" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="65" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" s="38"/>
+    </row>
+    <row r="4" spans="1:11" ht="43.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="65" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" s="38"/>
+    </row>
+    <row r="5" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="39" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" s="38"/>
+    </row>
+    <row r="6" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="65" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" s="38"/>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="66" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" s="38"/>
+    </row>
+    <row r="8" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" s="38"/>
+    </row>
+    <row r="9" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="66" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="38"/>
+    </row>
+    <row r="10" spans="1:11" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="66" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="67" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" s="38"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="79"/>
+      <c r="B12" s="80"/>
+      <c r="C12" s="80"/>
+      <c r="D12" s="80"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A12:D12"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E4" sqref="E4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="5.7109375" customWidth="1"/>
+    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="21.28515625" customWidth="1"/>
+    <col min="4" max="4" width="20.28515625" customWidth="1"/>
+    <col min="5" max="5" width="25.28515625" customWidth="1"/>
+    <col min="6" max="6" width="37.140625" customWidth="1"/>
+    <col min="7" max="7" width="23.28515625" customWidth="1"/>
+    <col min="8" max="8" width="38.42578125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="81" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1" s="82"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="82"/>
+      <c r="F1" s="82"/>
+      <c r="G1" s="83"/>
+      <c r="H1" s="6"/>
+    </row>
+    <row r="2" spans="1:8" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="G2" s="17" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="30"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="40"/>
+      <c r="E3" s="40"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="12"/>
+    </row>
+    <row r="4" spans="1:8" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="30">
+        <v>2</v>
+      </c>
+      <c r="B4" s="30"/>
+      <c r="C4" s="15"/>
+      <c r="D4" s="52"/>
+      <c r="E4" s="52"/>
+      <c r="F4" s="53"/>
+      <c r="G4" s="54"/>
+    </row>
+    <row r="5" spans="1:8" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="14">
+        <v>3</v>
+      </c>
+      <c r="B5" s="14"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="60"/>
+      <c r="E5" s="60"/>
+      <c r="F5" s="61"/>
+      <c r="G5" s="54"/>
+    </row>
+    <row r="6" spans="1:8" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="14">
+        <v>4</v>
+      </c>
+      <c r="B6" s="14"/>
+      <c r="C6" s="59"/>
+      <c r="D6" s="64"/>
+      <c r="E6" s="64"/>
+      <c r="F6" s="61"/>
+      <c r="G6" s="54"/>
+    </row>
+    <row r="7" spans="1:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="85"/>
+      <c r="C7" s="85"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="56">
+        <f>SUM(E3:E5)</f>
+        <v>0</v>
+      </c>
+      <c r="F7" s="58"/>
+      <c r="G7" s="57"/>
+    </row>
+    <row r="8" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="16"/>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="13"/>
+    </row>
+    <row r="9" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="E12" s="23"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A7:C7"/>
+  </mergeCells>
+  <phoneticPr fontId="4" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="90" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AMI8"/>
+  <sheetViews>
+    <sheetView zoomScale="77" zoomScaleNormal="77" workbookViewId="0">
+      <selection sqref="A1:K1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="59.25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="6.140625" style="8" customWidth="1"/>
+    <col min="2" max="2" width="19.140625" style="8" customWidth="1"/>
+    <col min="3" max="3" width="30.7109375" style="8" customWidth="1"/>
+    <col min="4" max="5" width="33" style="8" customWidth="1"/>
+    <col min="6" max="6" width="28.140625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="63.85546875" style="8" customWidth="1"/>
+    <col min="8" max="8" width="24" style="8" customWidth="1"/>
+    <col min="9" max="9" width="12.140625" style="8" customWidth="1"/>
+    <col min="10" max="10" width="16" style="8" customWidth="1"/>
+    <col min="11" max="11" width="22" style="8" customWidth="1"/>
+    <col min="12" max="1023" width="9.140625" style="8"/>
+    <col min="1024" max="16384" width="9.140625" style="9"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" s="8" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="86" t="s">
+        <v>51</v>
+      </c>
+      <c r="B1" s="86"/>
+      <c r="C1" s="86"/>
+      <c r="D1" s="86"/>
+      <c r="E1" s="86"/>
+      <c r="F1" s="86"/>
+      <c r="G1" s="86"/>
+      <c r="H1" s="86"/>
+      <c r="I1" s="86"/>
+      <c r="J1" s="86"/>
+      <c r="K1" s="86"/>
+    </row>
+    <row r="2" spans="1:11" s="8" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="D2" s="26" t="s">
+        <v>6</v>
+      </c>
+      <c r="E2" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="I2" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="21" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="22"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="45"/>
+      <c r="E3" s="42"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="46"/>
+      <c r="J3" s="43"/>
+      <c r="K3" s="25"/>
+    </row>
+    <row r="4" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="22"/>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="28"/>
+      <c r="G4" s="49"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="51"/>
+      <c r="J4" s="43"/>
+      <c r="K4" s="62"/>
+    </row>
+    <row r="5" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="22"/>
+      <c r="B5" s="42"/>
+      <c r="C5" s="42"/>
+      <c r="D5" s="45"/>
+      <c r="E5" s="42"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="50"/>
+      <c r="H5" s="44"/>
+      <c r="I5" s="46"/>
+      <c r="J5" s="43"/>
+      <c r="K5" s="25"/>
+    </row>
+    <row r="6" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="22"/>
+      <c r="B6" s="42"/>
+      <c r="C6" s="42"/>
+      <c r="D6" s="45"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="28"/>
+      <c r="G6" s="50"/>
+      <c r="H6" s="44"/>
+      <c r="I6" s="46"/>
+      <c r="J6" s="63"/>
+      <c r="K6" s="25"/>
+    </row>
+    <row r="7" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="22"/>
+      <c r="B7" s="42"/>
+      <c r="C7" s="42"/>
+      <c r="D7" s="45"/>
+      <c r="E7" s="42"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="50"/>
+      <c r="H7" s="44"/>
+      <c r="I7" s="46"/>
+      <c r="J7" s="63"/>
+      <c r="K7" s="25"/>
+    </row>
+    <row r="8" spans="1:11" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I8" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="47">
+        <f>SUM(J3:J7)</f>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:K1"/>
+  </mergeCells>
+  <phoneticPr fontId="4" type="noConversion"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="47" firstPageNumber="0" orientation="landscape" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Spis treści Raportu</vt:lpstr>
+      <vt:lpstr>Usługi  Warmińska</vt:lpstr>
+      <vt:lpstr>Usługi Kiekrz</vt:lpstr>
+      <vt:lpstr>Zestawienie mas odpadów </vt:lpstr>
+      <vt:lpstr>Wykaz KPOK, KPO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
-[...5 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>