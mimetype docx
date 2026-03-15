--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -1,585 +1,2547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+    <w:p w14:paraId="5BC5A769" w14:textId="6EF955C4" w:rsidR="00705774" w:rsidRPr="00271FFB" w:rsidRDefault="00705774" w:rsidP="00705774">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik nr </w:t>
+      </w:r>
+      <w:r w:rsidR="002B7709" w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do zarządzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4530" w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>10/2026/P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000E4530" w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t>07.01.2026 r.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:bookmarkEnd w:id="1"/>
-[...30 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="48B45CEE" w14:textId="77777777" w:rsidR="006C1394" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5E04FB" w14:textId="77777777" w:rsidR="003C0238" w:rsidRPr="00503576" w:rsidRDefault="00EA1EC2" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1394">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0238" w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PIECZĘĆ SZKOŁY/PLACÓWKI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F1E7F4" w14:textId="77777777" w:rsidR="006F29C6" w:rsidRPr="00271FFB" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00503576" w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Poznań, ……………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425C3C27" w14:textId="77777777" w:rsidR="006F29C6" w:rsidRPr="00271FFB" w:rsidRDefault="006F29C6" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677C8D11" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303CAA68" w14:textId="77777777" w:rsidR="00EA1EC2" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   Imię i nazwisko nauczyciela</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22621A78" w14:textId="77777777" w:rsidR="00EA1EC2" w:rsidRDefault="00EA1EC2" w:rsidP="00EA1EC2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EA1EC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PAN/PANI ……………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289E3A66" w14:textId="77777777" w:rsidR="00EA1EC2" w:rsidRDefault="00EA1EC2" w:rsidP="00EA1EC2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DYREKTOR …………………………………………………...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA1EC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5933157F" w14:textId="77777777" w:rsidR="003C0238" w:rsidRPr="00EA1EC2" w:rsidRDefault="00EA1EC2" w:rsidP="00EA1EC2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CC9D0E" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WNIOSEK NAUCZYCIELA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB1D57D" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O DOFINANSOWANIE KOSZTÓW ZA KURSY KWALIFIKACYJNE, DOSKONALĄCE, SEMINARIA ORAZ INNE FORMY DOSKONALENIA ZAWODOWEGO NAUCZYCIELI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0457E71E" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Na podstawie § 3 pkt 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ozporządzenia Ministra Edukacji Narodowej z dnia 23 sierpnia 2019 r. w sprawie dofinansowania doskonalenia zawodowego nauczycieli, szczegółowych celów szkolenia branżowego oraz trybu i warunków kierowania nauczycieli na szkolenia branżowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4A210C" w14:textId="77777777" w:rsidR="003C0238" w:rsidRPr="00503576" w:rsidRDefault="003C0238" w:rsidP="006C1394">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E29736" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CFC1E5" w14:textId="764D03D6" w:rsidR="003C0238" w:rsidRPr="00503576" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nazw</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7308">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a formy doskonalenia zawodowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4E2869" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………………….........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A712327" w14:textId="6D1E842B" w:rsidR="00FD7308" w:rsidRPr="004F3B4A" w:rsidRDefault="004F3B4A" w:rsidP="004F3B4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...108 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FD7308" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Czas trwania studiów/kursu</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7308" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7308" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(podać okres od</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7308" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7308" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, w przypadku organizacji kształcenia z podziałem na semestry – liczbę semestrów)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615E80C2" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017E7A68" w14:textId="46C16812" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...47 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nazwa organizatora danej formy doskonalenia zawodowego nauczycieli</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2A98C8" w14:textId="77777777" w:rsidR="00503576" w:rsidRDefault="00503576" w:rsidP="00503576">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...65 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393428EB" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...23 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211292EB" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609B0927" w14:textId="4055CA5B" w:rsidR="00503576" w:rsidRPr="00503576" w:rsidRDefault="00503576" w:rsidP="00503576">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wysokość kosztów ponoszonych w 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001245F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> roku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BAF775" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB4189F" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3D7FDB" w14:textId="7AD881BD" w:rsidR="00503576" w:rsidRPr="002F4324" w:rsidRDefault="003C0238" w:rsidP="00271FFB">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uzasadnienie przydatności w pracy zawodowej </w:t>
+      </w:r>
+      <w:r w:rsidR="00110EE1" w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ukończenia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">danej formy doskonalenia zawodowego nauczycieli </w:t>
+      </w:r>
+      <w:r w:rsidR="00503576" w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009D4B4A" w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> szkolenia branżowego wskazanego przez nauczyciela</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415ED18B" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D99AB4B" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4D485E" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="00EA1EC2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDE1C30" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49EC0F57" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>……………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00155566" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">            Podpis nauczyciela</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D79E6E5" w14:textId="77777777" w:rsidR="003C0238" w:rsidRPr="00503576" w:rsidRDefault="00503576" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589BCBEA" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>WYPEŁNIA DYREKTOR SZKOŁY/PLACÓWKI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEAA69F" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24072111" w14:textId="7C5BFE8F" w:rsidR="003C0238" w:rsidRPr="004F3B4A" w:rsidRDefault="003C0238" w:rsidP="004F3B4A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Opinia dyrektora szkoły/placówki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>potwierdzająca, że wybrana forma doskonalenia zawodowego nauczyciel</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2587E" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jest zgodna z określonymi potrzebami w zakresie dosk</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2587E" w:rsidRPr="004F3B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onalenia zawodowego nauczycieli na </w:t>
+      </w:r>
+      <w:r w:rsidR="00392251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dany rok</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408C5408" w14:textId="77777777" w:rsidR="003C0238" w:rsidRDefault="003C0238" w:rsidP="003C0238">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62807BFD" w14:textId="77777777" w:rsidR="006C1394" w:rsidRPr="006C1394" w:rsidRDefault="00503576" w:rsidP="006C1394">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C1394">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>………………………………………………………………………..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006C1394">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="006C1394" w:rsidRPr="006C1394">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Pieczęć i podpis dyrektora szkoły/placówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762184E1" w14:textId="77777777" w:rsidR="006C1394" w:rsidRPr="006C1394" w:rsidRDefault="006C1394" w:rsidP="006C1394">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF3A21F" w14:textId="0BAB0FB2" w:rsidR="006C1394" w:rsidRDefault="00503576" w:rsidP="006C1394">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>WYPEŁNIAĆ DRUKOWANYMI LITERAMI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639F7F2A" w14:textId="3C85D4B7" w:rsidR="003C0238" w:rsidRPr="003C0238" w:rsidRDefault="006C1394" w:rsidP="006C1394">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-284"/>
+          <w:tab w:val="left" w:pos="4962"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5940"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>WNIOSEK DOTYCZY JEDNEJ FORMY DOSKONALENIA</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0238">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00503576">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003C0238" w:rsidRPr="003C0238" w:rsidSect="00705774">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="284" w:right="849" w:bottom="426" w:left="425" w:header="709" w:footer="737" w:gutter="284"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:footnotes>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11B21349"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC1E94F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16557879"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C52C7B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21987853"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0415001D"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CD6721F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9ABEF0AC"/>
+    <w:lvl w:ilvl="0" w:tplc="FDF40F42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3597" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4317" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5037" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5757" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6477" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CE929F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA140D00"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  <w:doNotTrackMoves/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="156"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00CD64EE"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="003C0238"/>
+    <w:rsid w:val="0000510B"/>
+    <w:rsid w:val="000E4530"/>
+    <w:rsid w:val="00110EE1"/>
+    <w:rsid w:val="001245F7"/>
+    <w:rsid w:val="001F0A62"/>
+    <w:rsid w:val="00271FFB"/>
+    <w:rsid w:val="002B7709"/>
+    <w:rsid w:val="002F4324"/>
+    <w:rsid w:val="00392251"/>
+    <w:rsid w:val="003C0238"/>
+    <w:rsid w:val="004F3B4A"/>
+    <w:rsid w:val="00503576"/>
+    <w:rsid w:val="005613E6"/>
+    <w:rsid w:val="005D1A30"/>
+    <w:rsid w:val="00653A4F"/>
+    <w:rsid w:val="006C1394"/>
+    <w:rsid w:val="006C77F3"/>
+    <w:rsid w:val="006F29C6"/>
+    <w:rsid w:val="00705774"/>
+    <w:rsid w:val="007B0FD3"/>
+    <w:rsid w:val="007F74ED"/>
+    <w:rsid w:val="008030C3"/>
+    <w:rsid w:val="0085710A"/>
+    <w:rsid w:val="008E283A"/>
+    <w:rsid w:val="009A416A"/>
+    <w:rsid w:val="009D4B4A"/>
+    <w:rsid w:val="00A9329D"/>
+    <w:rsid w:val="00AD7ED3"/>
+    <w:rsid w:val="00B0461E"/>
+    <w:rsid w:val="00B2587E"/>
+    <w:rsid w:val="00B54B51"/>
+    <w:rsid w:val="00C16E0E"/>
+    <w:rsid w:val="00C53F7C"/>
+    <w:rsid w:val="00DF7251"/>
+    <w:rsid w:val="00E10577"/>
+    <w:rsid w:val="00EA1EC2"/>
+    <w:rsid w:val="00EB471E"/>
+    <w:rsid w:val="00EE0288"/>
+    <w:rsid w:val="00EE542D"/>
+    <w:rsid w:val="00F77A3C"/>
+    <w:rsid w:val="00FD7308"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1AC21316-A63C-44AD-BA1E-F3BA2C84BA54}"/>
+  <w14:docId w14:val="2B115A01"/>
+  <w15:docId w15:val="{37A9569E-5836-4592-A40D-637198D6CC89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -728,455 +2690,541 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...8 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="003C0238"/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...16 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C0238"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006C77F3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006C77F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A9329D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A9329D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A9329D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A9329D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A9329D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1521240590">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Uzasadnienie_PZPM_zmiana.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM_zmiana</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>99</Words>
-  <Characters>594</Characters>
+  <Words>426</Words>
+  <Characters>2562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>692</CharactersWithSpaces>
+  <CharactersWithSpaces>2983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>juandr</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>