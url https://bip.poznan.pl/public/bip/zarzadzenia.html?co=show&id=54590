--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -1,890 +1,5340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w14:paraId="538A462F" w14:textId="7E3C3187" w:rsidR="002411EB" w:rsidRPr="007877C3" w:rsidRDefault="000468C9" w:rsidP="0060612D">
+      <w:pPr>
+        <w:pStyle w:val="NormalnyWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007877C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E827BC4" wp14:editId="696D8154">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3347720</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-451485</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2623205" cy="771464"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1110520350" name="Obraz 1" descr="Obraz zawierający tekst, Czcionka, logo, Grafika">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1110520350" name="Obraz 1" descr="Obraz zawierający tekst, Czcionka, logo, Grafika">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2623205" cy="771464"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="007877C3" w:rsidRPr="007877C3">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91A42">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007877C3" w:rsidRPr="007877C3">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do zarządzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="0090322D">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21/2026/P</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="2BEE0380" w14:textId="77777777" w:rsidR="009C5451" w:rsidRDefault="009C5451" w:rsidP="00EB7AC0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0390CF" w14:textId="04F7A7D3" w:rsidR="007877C3" w:rsidRPr="009C5451" w:rsidRDefault="002411EB" w:rsidP="00EB7AC0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WYDZIAŁ ROZWOJU MIASTA </w:t>
+      </w:r>
+      <w:r w:rsidR="007877C3" w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I WSPÓŁPRACY</w:t>
+      </w:r>
+      <w:r w:rsidR="007877C3" w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MIĘDZYNARODOWEJ </w:t>
+      </w:r>
+      <w:r w:rsidR="007877C3" w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="009D50E6" w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">URZĘDU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5451">
+        <w:rPr>
+          <w:rStyle w:val="Pogrubienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F8FE29" w14:textId="77777777" w:rsidR="00EB7AC0" w:rsidRPr="00EB7AC0" w:rsidRDefault="00EB7AC0" w:rsidP="00EB7AC0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB93CB2" w14:textId="10C97E6B" w:rsidR="00D069D3" w:rsidRPr="004E69BA" w:rsidRDefault="00F31801">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="150"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E69BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="36"/>
+        </w:rPr>
+        <w:t>WNIOSEK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695A781D" w14:textId="0C44D46C" w:rsidR="00D069D3" w:rsidRPr="004E69BA" w:rsidRDefault="00B91A42">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...22 lines deleted...]
-        <w:rPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="191308221"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B91A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o przyznanie Nagrody Naukowej Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435BFC76" w14:textId="40D947E9" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="0002793D">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="4" w:color="EEEEEE"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="225"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+        <w:t>Dane kandydata</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1368"/>
-        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="3114"/>
+        <w:gridCol w:w="6095"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5">
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="35752B66" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+          <w:p w14:paraId="3AF1008D" w14:textId="77777777" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>w sprawie</w:t>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Imię (imiona)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+          <w:p w14:paraId="4AAEF837" w14:textId="328A97C7" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="6E52BEE3" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0EC497" w14:textId="1E5BDADA" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwisko</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3098BB35" w14:textId="436A4FEB" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="740F6ADC" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7771F41C" w14:textId="77777777" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data urodzenia </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rStyle w:val="optional-note1"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rStyle w:val="optional-note1"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>dd.mm.rrrr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rStyle w:val="optional-note1"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69AEDADE" w14:textId="48768A42" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="4D567D28" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E836F90" w14:textId="44E7AC9F" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres e-mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="635BA1AE" w14:textId="73D837CE" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="29725990" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0C456C" w14:textId="06D617EC" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nr tel. kontaktowego</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13CFE434" w14:textId="35DCCB6F" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="7DDA5AE6" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E2A568" w14:textId="5E606923" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres do korespondencji</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BF0542E" w14:textId="52377DAA" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4B8F056E" w14:textId="77777777" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="0002793D">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="4" w:color="EEEEEE"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="225"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+        <w:t>Dane zgłaszającego</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3114"/>
+        <w:gridCol w:w="6095"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="25E75F2D" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D02274" w14:textId="33AE4A98" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Instytucja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73C69FA4" w14:textId="14FE7C5B" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="15FFAE1C" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="383AF9EB" w14:textId="40706BC1" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Imię (imiona)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49928B88" w14:textId="6473C8F9" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="6D4F55FB" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC72983" w14:textId="33E2B058" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwisko</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F90490D" w14:textId="54CD57EB" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="2CBBAF3F" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A26B5B" w14:textId="1A93E2A8" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres e-mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CFD4E8F" w14:textId="75250305" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="4F101FCA" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="373EE1EC" w14:textId="366B13D5" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nr tel. kontaktowego</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="026DF301" w14:textId="686781CE" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0002793D" w:rsidRPr="000F6273" w14:paraId="75A0ED41" w14:textId="77777777" w:rsidTr="00DD7FAA">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A06B97" w14:textId="363EDDAB" w:rsidR="0002793D" w:rsidRPr="000F6273" w:rsidRDefault="0002793D" w:rsidP="000C378C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adres do korespondencji </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D4C5D36" w14:textId="541C8F52" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="000C378C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C151604" w14:textId="4C56251A" w:rsidR="00B91A42" w:rsidRDefault="00B91A42" w:rsidP="00DD7FAA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="225" w:line="480" w:lineRule="auto"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DCADEA5" w14:textId="047DBD86" w:rsidR="00DD7FAA" w:rsidRPr="00644B8D" w:rsidRDefault="00DD7FAA" w:rsidP="00644B8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+        <w:t>Uzasadnienie wniosku</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w14:paraId="3FAAC514" w14:textId="77777777" w:rsidTr="004A41A5">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6ACC6E27" w14:textId="14BB05FE" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Za</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rStyle w:val="required1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00DF3BB5">
-[...3 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+            <w:r w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DF3BB5">
-[...3 lines deleted...]
-              <w:t>rozstrzygnięcia otwartego konkursu ofert nr 35/2026</w:t>
+            <w:r w:rsidR="00AE6C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(wskazuje się konkretne osiągnięcie naukowe</w:t>
             </w:r>
-            <w:r w:rsidR="00221DAF">
-[...135 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidR="007A5FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w14:paraId="57154DE4" w14:textId="77777777" w:rsidTr="004A41A5">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1557744C" w14:textId="16BB54C3" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="00DD7FAA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w14:paraId="16B535ED" w14:textId="77777777" w:rsidTr="004A41A5">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="675A0C33" w14:textId="77777777" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="423AB58F" w14:textId="65E194AC" w:rsidR="00B91A42" w:rsidRDefault="00DD7FAA" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzasadnienie </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91A42" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wniosku</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91A42" w:rsidRPr="000F6273">
+              <w:rPr>
+                <w:rStyle w:val="required1"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049301B5" w14:textId="3A681C79" w:rsidR="00111C44" w:rsidRPr="00644B8D" w:rsidRDefault="00DD7FAA" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91A42" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>wskazuje się znaczące osiągnięcia w dziedzinie twórczości naukowej bądź prace związane z Poznaniem, które znalazły swój wyraz w publikacji, konstrukcji lub wdrożeniu wyników badań w okresie ostatnich dwóch lat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w14:paraId="4E9F69E3" w14:textId="77777777" w:rsidTr="004A41A5">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40E28F47" w14:textId="2BAF85E6" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="00DD7FAA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="00DF3BB5" w:rsidRDefault="00FA63B5" w:rsidP="00DF3BB5">
+    <w:p w14:paraId="0AB60801" w14:textId="77777777" w:rsidR="00DD7FAA" w:rsidRPr="000F6273" w:rsidRDefault="00DD7FAA" w:rsidP="00DD7FAA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="225" w:line="480" w:lineRule="auto"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AA73AA" w14:textId="77777777" w:rsidR="00111C44" w:rsidRPr="000F6273" w:rsidRDefault="00111C44" w:rsidP="00111C44">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="4" w:color="EEEEEE"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="225"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F6273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Dodatkowe informacje</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00111C44" w:rsidRPr="000F6273" w14:paraId="4DD2F725" w14:textId="77777777" w:rsidTr="00111C44">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="312404A5" w14:textId="794FC621" w:rsidR="00111C44" w:rsidRPr="00644B8D" w:rsidRDefault="00B91A42" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dotychczas otrzymane nagrody, wyróżnienia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00111C44" w:rsidRPr="000F6273" w14:paraId="526C7D2D" w14:textId="77777777" w:rsidTr="00111C44">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3160320A" w14:textId="2051E21A" w:rsidR="00111C44" w:rsidRPr="000F6273" w:rsidRDefault="00111C44" w:rsidP="000C378C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00111C44" w:rsidRPr="000F6273" w14:paraId="2CB303EF" w14:textId="77777777" w:rsidTr="00111C44">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="270B157E" w14:textId="77777777" w:rsidR="00111C44" w:rsidRPr="000F6273" w:rsidRDefault="00111C44" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F445D0F" w14:textId="7C6278C4" w:rsidR="00111C44" w:rsidRPr="00644B8D" w:rsidRDefault="00B91A42" w:rsidP="000C378C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Załączniki </w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pro</w:t>
+            </w:r>
+            <w:r w:rsidR="00380CD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>simy</w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dołącz</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ć do wniosku </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>w formie elektronicznej:</w:t>
+            </w:r>
+            <w:r w:rsidR="00881DF0" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plik</w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (pdf, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00104201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>docx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00104201">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2826">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jpg) </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4CAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>lub</w:t>
+            </w:r>
+            <w:r w:rsidR="004A41A5" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>link do stron</w:t>
+            </w:r>
+            <w:r w:rsidR="00881DF0" w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00644B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> internetowej / portfolio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00111C44" w:rsidRPr="000F6273" w14:paraId="300E93E2" w14:textId="77777777" w:rsidTr="00111C44">
+        <w:trPr>
+          <w:divId w:val="913121023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AAAA87C" w14:textId="58A3FCA3" w:rsidR="00111C44" w:rsidRPr="000F6273" w:rsidRDefault="00111C44" w:rsidP="000C378C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2476E16D" w14:textId="77777777" w:rsidR="00F73539" w:rsidRDefault="00F73539" w:rsidP="00F73539">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C78E4F" w14:textId="1A117B8E" w:rsidR="004A41A5" w:rsidRDefault="00F73539" w:rsidP="00CF547B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>* To pole jest wymagane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D86C7A" w14:textId="77777777" w:rsidR="00104201" w:rsidRDefault="00104201" w:rsidP="00CF547B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB48769" w14:textId="77777777" w:rsidR="00104201" w:rsidRPr="00CF547B" w:rsidRDefault="00104201" w:rsidP="00CF547B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CC32A7" w14:textId="25BFFA1A" w:rsidR="00104201" w:rsidRPr="00104201" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="4" w:color="EEEEEE"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="225"/>
+        <w:outlineLvl w:val="2"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2C5AA0"/>
+        </w:rPr>
+        <w:t>Oświadczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D28C35" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk216688457"/>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>INFORMACJE O PRZETWARZANIU DANYCH OSOBOWYCH</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07337181" w14:textId="77777777" w:rsidR="00104201" w:rsidRPr="005977BC" w:rsidRDefault="00104201" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62598021" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Administrator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9558A5" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:autoSpaceDE w:val="0"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania z siedzibą przy placu Kolegiackim 17, 61-841 Poznań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62767693" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kontakt do Inspektora Ochrony Danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AFCDED" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-mail: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="005977BC">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>iod@um.poznan.pl</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="747BE5D8" w14:textId="2BBDADBC" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pisemnie na adres: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lac Kolegiacki 17, 61-841 Poznań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502D8D46" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cel przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E918F5E" w14:textId="39749085" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dane będą przetwarzane w celu wykonania zadania realizowanego w interesie publicznym, którym jest przyznanie Nagrody Naukowej Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3135FA4B" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podstawa prawna przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ECFCD82" w14:textId="01B72815" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Art. 6 ust. 1 lit. e ogólnego rozporządzenia o ochronie danych osobowych (RODO) w zw. z</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustawą o samorządzie gminnym oraz uchwałą Nr LXXIII/1354/VIII/2022 Rady Miasta Poznania z dnia 8 listopada 2022 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050BF243" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Okres przechowywania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36599589" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk183773239"/>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dane po zrealizowaniu celu, dla którego zostały zebrane, będą przetwarzane do celów archiwalnych i przechowywane po zakończeniu sprawy przez okres niezbędny do zrealizowania przepisów dotyczących archiwizowania danych obowiązujących u Administratora.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="25CA6E28" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prawa osoby, której dane dotyczą </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="698F5934" w14:textId="1EB56B34" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00104201">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Może Pani/Pan zażądać od Administratora dostępu do swoich danych osobowych, ich sprostowania, usunięcia, ograniczenia przetwarzania lub wniesienia sprzeciwu na zasadach i w granicach określonych w rozdziale III ogólnego rozporządzenia o ochronie danych osobowych (RODO).</w:t>
+      </w:r>
+      <w:r w:rsidR="00104201">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aby skorzystać z przysługujących Pani/Panu praw, prosimy o kontakt z Inspektorem Ochrony Danych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5E214B" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prawo do wniesienia skargi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25300853" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ma Pani/Pan prawo wnieść skargę do organu nadzorczego, którym jest Prezes Urzędu Ochrony Danych Osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBC15F8" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wymóg podania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A39F50" w14:textId="6A8967D9" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Podanie danych osobowych w zakresie umożliwiającym wykonanie zadania realizowanego w</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>interesie publicznym jest niezbędne, a w pozostałym zakresie dobrowolne. Niepodanie danych niezbędnych uniemożliwi jednak zgłoszenie kandydata do przyznania Nagrody Naukowej Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3023A032" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Odbiorcy danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C579BA" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk182821403"/>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pani/Pana dane mogą zostać przekazane:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDBAD0F" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>podmiotom upoważnionym na podstawie przepisów prawa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598B0625" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dostawcom usług, którym zlecono zadania związane z przetwarzaniem danych osobowych, np. firmom zajmującym się obsługą informatyczną Administratora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45779049" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005977BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pozostałe informacje</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="16E70801" w14:textId="76EC82D7" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="00E52C06">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F651E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Dane osoby (lub osób)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F651E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">która otrzymała </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrodę, mogą zostać o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F651E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publikowane na serwisach informacyjnych Urzędu Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFED3E5" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="102DBA68" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczenie zgłaszającego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DD9D50" w14:textId="77777777" w:rsidR="00104201" w:rsidRPr="006A2E7C" w:rsidRDefault="00104201" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4554E419" w14:textId="3461CED8" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczam, że zapoznałam/zapoznałem się z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Regulaminem stanowiącym załącznik do uchwały Nr LXXIII/1354/VIII/2022 Rady Miasta Poznania z dnia 8 listopada 2022 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BF7563" w14:textId="3810D143" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="851921868"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A41A5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proszę o zawiadomienie mnie o wynikach konkursu i uroczystości wręczenia </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20073CCB" w14:textId="1DCA5AD4" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="-1645265824"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00644B8D">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W przypadku przyznania </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wyrażam zgodę na wykorzystanie i publikację zdjęć z moim wizerunkiem, które zostaną wykonane w czasie uroczystości wręczenia nagrody zgodnie z ustawą z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych (tekst jednolity </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Dz. U. z 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24 ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>). Zgoda obejmuje nieodpłatne i nieograniczone czasowo rozpowszechnianie wizerunku na stronach internetowych i portalach społecznościowych Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B40BD1" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="0090322D" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict w14:anchorId="09FC3C43">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Wiersz podpisu, niepodpisane" style="width:141pt;height:66pt">
+            <v:imagedata r:id="rId10" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{979B675D-B0D7-4D71-AFF6-B7FEA93A317B}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26362320" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="4395" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data i podpis zgłaszającego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201CA3EB" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="005977BC">
+      <w:pPr>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C93CC0" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="142C4514" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0162D401" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="006A2E7C" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczenie pełnoletniego kandydata:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476BE5A2" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11554555" w14:textId="27490B3D" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczam, że zapoznałam/zapoznałem się z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Regulaminem stanowiącym załącznik do uchwały Nr LXXIII/1354/VIII/2022 Rady Miasta Poznania z dnia 8 listopada 2022 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D72B3DF" w14:textId="0D55AAD7" w:rsidR="004A41A5" w:rsidRPr="005977BC" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="426" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczam, że powyższe dane są prawdziwe i aktualne oraz załączone prace są wynikiem mojej samodzielnej pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746B5656" w14:textId="3708471E" w:rsidR="004A41A5" w:rsidRPr="00D47551" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="299494798"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A41A5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proszę o zawiadomienie mnie o wynikach konkursu i uroczystości wręczenia </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DC29C3" w14:textId="7FE4F522" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="-116521014"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A41A5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:bookmarkStart w:id="4" w:name="_Hlk209511609"/>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W przypadku przyznania </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wyrażam zgodę na wykorzystanie i publikację zdjęć z moim wizerunkiem, które zostaną wykonane w czasie uroczystości wręczenia nagrody zgodnie z ustawą z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych (tekst jednolity </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Dz. U. z 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24 ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>). Zgoda obejmuje nieodpłatne i nieograniczone czasowo rozpowszechnianie wizerunku na stronach internetowych i portalach społecznościowych Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3AF5E2" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="0090322D" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="4963" w:firstLine="272"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk209511778"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict w14:anchorId="2CA09282">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Wiersz podpisu, niepodpisane" style="width:141pt;height:70.5pt">
+            <v:imagedata r:id="rId10" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{E0C4CC85-B6B9-4D4A-81A8-1AA64F82CB2F}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="79F7A2FC" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:ind w:left="4248" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data i podpis kandydata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245DD1E5" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33ECDDBD" w14:textId="77777777" w:rsidR="00104201" w:rsidRPr="00123EFF" w:rsidRDefault="00104201" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E4A109D" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="006A2E7C" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A2E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2C5AA0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczenie rodzica/opiekuna prawnego kandydata, który nie ukończył 18 lat</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6C2962" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627C5FFA" w14:textId="3840E3AD" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oświadczam, że zapoznałam/zapoznałem się z Regulaminem stanowiącym załącznik do uchwały Nr LXXIII/1354/VIII/2022 Rady Miasta Poznania z dnia 8 listopada 2022 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587AEFAE" w14:textId="2C6B2663" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wyrażam zgodę na ubieganie się mojego dziecka/podopiecznego o </w:t>
+      </w:r>
+      <w:r w:rsidR="000327E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrodę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F49DBB2" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oświadczam, że powyższe dane są prawdziwe i aktualne oraz załączone prace są wynikiem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>samodzielnej pracy mojego dziecka/podopiecznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B791D0" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18619E8C" w14:textId="67FFD7E5" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="2030286847"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A41A5" w:rsidRPr="0021383B">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="333333"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proszę o zawiadomienie mojego dziecka/podopiecznego o wynikach konkursu i uroczystości wręczenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740C2D5C" w14:textId="12D180FB" w:rsidR="004A41A5" w:rsidRPr="00655ECD" w:rsidRDefault="008E2F8E" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+          <w:id w:val="-2070864174"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004A41A5">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+              <w:color w:val="333333"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W przypadku przyznania </w:t>
+      </w:r>
+      <w:r w:rsidR="000327E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nagrody</w:t>
+      </w:r>
+      <w:r w:rsidR="000327E4" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wyrażam zgodę na wykorzystanie i publikację zdjęć z</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>wizerunkiem mojego dziecka/podopiecznego, które zostaną wykonane w czasie uroczystości wręczenia nagrody zgodnie z ustawą z dnia 4 lutego 1994 r. o prawie autorskim i prawach pokrewnych (tekst jednolity Dz. U. z 20</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24 ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>). Zgoda obejmuje nieodpłatne i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2826">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A41A5" w:rsidRPr="00655ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nieograniczone czasowo rozpowszechnianie wizerunku na stronach internetowych i portalach społecznościowych Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12350DB9" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="0090322D" w:rsidP="004A41A5">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="3969"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict w14:anchorId="27215999">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" alt="Wiersz podpisu, niepodpisane" style="width:141pt;height:70.5pt">
+            <v:imagedata r:id="rId10" o:title=""/>
+            <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
+            <o:signatureline v:ext="edit" id="{C21AE1C8-5D04-4186-BF84-E23C8E559766}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185C29E2" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRPr="00123EFF" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...299 lines deleted...]
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5" w:rsidP="00DF3BB5">
+        <w:ind w:left="3969"/>
+        <w:jc w:val="center"/>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00123EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Data i podpis rodzica / opiekuna prawnego kandydata</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BF7502" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5" w:rsidP="00DF3BB5">
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F88028" w14:textId="77777777" w:rsidR="004A41A5" w:rsidRDefault="004A41A5" w:rsidP="004A41A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="00DF3BB5" w:rsidRPr="00DF3BB5" w:rsidSect="00DF3BB5">
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="5CF1430E" w14:textId="77777777" w:rsidR="00194A33" w:rsidRDefault="00194A33">
+      <w:pPr>
+        <w:divId w:val="913121023"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00194A33" w:rsidSect="008B7E21">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5">
+    <w:p w14:paraId="14392490" w14:textId="77777777" w:rsidR="008E2F8E" w:rsidRDefault="008E2F8E" w:rsidP="009C5451">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5">
+    <w:p w14:paraId="78B15087" w14:textId="77777777" w:rsidR="008E2F8E" w:rsidRDefault="008E2F8E" w:rsidP="009C5451">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5">
+    <w:p w14:paraId="0840379B" w14:textId="77777777" w:rsidR="008E2F8E" w:rsidRDefault="008E2F8E" w:rsidP="009C5451">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DF3BB5" w:rsidRDefault="00DF3BB5">
+    <w:p w14:paraId="36EDE9E5" w14:textId="77777777" w:rsidR="008E2F8E" w:rsidRDefault="008E2F8E" w:rsidP="009C5451">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BD17B59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D52EE3F4"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A43369F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="747AE482"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B85299B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D7E2A8E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="475E21D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25A22974"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517C590C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3009974"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66FC1EF9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B918753C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67FB5A23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="640ED538"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73A13F8B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D660AB12"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:hideGrammaticalErrors/>
+  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...1 lines deleted...]
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
+  <w:hyphenationZone w:val="420"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...21 lines deleted...]
-    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00DF3BB5"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="0085502D"/>
+    <w:rsid w:val="000265A5"/>
+    <w:rsid w:val="0002793D"/>
+    <w:rsid w:val="000327E4"/>
+    <w:rsid w:val="000468C9"/>
+    <w:rsid w:val="00047E98"/>
+    <w:rsid w:val="000C1BC9"/>
+    <w:rsid w:val="000C479F"/>
+    <w:rsid w:val="000F6273"/>
+    <w:rsid w:val="00104201"/>
+    <w:rsid w:val="00111C44"/>
+    <w:rsid w:val="00123EFF"/>
+    <w:rsid w:val="00152244"/>
+    <w:rsid w:val="0016628D"/>
+    <w:rsid w:val="00194A33"/>
+    <w:rsid w:val="001B6623"/>
+    <w:rsid w:val="0021383B"/>
+    <w:rsid w:val="00232244"/>
+    <w:rsid w:val="002411EB"/>
+    <w:rsid w:val="00255FF5"/>
+    <w:rsid w:val="0029791E"/>
+    <w:rsid w:val="002C6067"/>
+    <w:rsid w:val="002D0B1C"/>
+    <w:rsid w:val="00380CD3"/>
+    <w:rsid w:val="003B604B"/>
+    <w:rsid w:val="00425661"/>
+    <w:rsid w:val="00427827"/>
+    <w:rsid w:val="004312A7"/>
+    <w:rsid w:val="0044174A"/>
+    <w:rsid w:val="00496FFA"/>
+    <w:rsid w:val="004A41A5"/>
+    <w:rsid w:val="004B01A5"/>
+    <w:rsid w:val="004C5E71"/>
+    <w:rsid w:val="004E69BA"/>
+    <w:rsid w:val="00505FF6"/>
+    <w:rsid w:val="00537469"/>
+    <w:rsid w:val="00541B9A"/>
+    <w:rsid w:val="00550916"/>
+    <w:rsid w:val="00567BA4"/>
+    <w:rsid w:val="005977BC"/>
+    <w:rsid w:val="005A6E1D"/>
+    <w:rsid w:val="005E2F3F"/>
+    <w:rsid w:val="00604833"/>
+    <w:rsid w:val="00605735"/>
+    <w:rsid w:val="0060612D"/>
+    <w:rsid w:val="00644B8D"/>
+    <w:rsid w:val="00653507"/>
+    <w:rsid w:val="00655ECD"/>
+    <w:rsid w:val="00692085"/>
+    <w:rsid w:val="00693F31"/>
+    <w:rsid w:val="006A2E7C"/>
+    <w:rsid w:val="006E5BE1"/>
+    <w:rsid w:val="006F6C5E"/>
+    <w:rsid w:val="00716ED9"/>
+    <w:rsid w:val="007401B1"/>
+    <w:rsid w:val="00786A70"/>
+    <w:rsid w:val="007877C3"/>
+    <w:rsid w:val="007A5FC3"/>
+    <w:rsid w:val="007B7AA0"/>
+    <w:rsid w:val="007C2CB5"/>
+    <w:rsid w:val="007D259E"/>
+    <w:rsid w:val="007F29D9"/>
+    <w:rsid w:val="0085502D"/>
+    <w:rsid w:val="00870CAD"/>
+    <w:rsid w:val="00881DF0"/>
+    <w:rsid w:val="008B7E21"/>
+    <w:rsid w:val="008D3C2A"/>
+    <w:rsid w:val="008D6E8A"/>
+    <w:rsid w:val="008E2F8E"/>
+    <w:rsid w:val="0090322D"/>
+    <w:rsid w:val="00910DEA"/>
+    <w:rsid w:val="00973E7C"/>
+    <w:rsid w:val="009C5451"/>
+    <w:rsid w:val="009D50E6"/>
+    <w:rsid w:val="009E27D2"/>
+    <w:rsid w:val="009E7EA0"/>
+    <w:rsid w:val="00AB7248"/>
+    <w:rsid w:val="00AE6C88"/>
+    <w:rsid w:val="00B048F2"/>
+    <w:rsid w:val="00B26189"/>
+    <w:rsid w:val="00B27E93"/>
+    <w:rsid w:val="00B73087"/>
+    <w:rsid w:val="00B91A42"/>
+    <w:rsid w:val="00BB1ACB"/>
+    <w:rsid w:val="00BE3A14"/>
+    <w:rsid w:val="00C25DBB"/>
+    <w:rsid w:val="00CE0ED7"/>
+    <w:rsid w:val="00CF547B"/>
+    <w:rsid w:val="00D069D3"/>
+    <w:rsid w:val="00D07E77"/>
+    <w:rsid w:val="00D16304"/>
+    <w:rsid w:val="00D45016"/>
+    <w:rsid w:val="00D47551"/>
+    <w:rsid w:val="00D87B90"/>
+    <w:rsid w:val="00DB2826"/>
+    <w:rsid w:val="00DD15A6"/>
+    <w:rsid w:val="00DD7FAA"/>
+    <w:rsid w:val="00E52C06"/>
+    <w:rsid w:val="00E727FB"/>
+    <w:rsid w:val="00EB7AC0"/>
+    <w:rsid w:val="00ED4CAF"/>
+    <w:rsid w:val="00F16388"/>
+    <w:rsid w:val="00F31801"/>
+    <w:rsid w:val="00F73539"/>
+    <w:rsid w:val="00F75388"/>
+    <w:rsid w:val="00F9708E"/>
+    <w:rsid w:val="00FD3CC5"/>
+    <w:rsid w:val="00FE3D15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="66A6A0AB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{95EB2F0D-AE64-444C-B3BC-B6ABBD977DA7}"/>
+  <w15:docId w15:val="{B93D60DA-9683-4F77-ABA9-E8E00E290178}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="80"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -1032,217 +5482,772 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi" w:hint="default"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi" w:hint="default"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="container">
+    <w:name w:val="container"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1">
+    <w:name w:val="Header1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="12" w:space="11" w:color="333333"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="450"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="section">
+    <w:name w:val="section"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        <w:left w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        <w:bottom w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+        <w:right w:val="single" w:sz="6" w:space="11" w:color="DDDDDD"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="375"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="form-row">
+    <w:name w:val="form-row"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="225"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="required">
+    <w:name w:val="required"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="optional-note">
+    <w:name w:val="optional-note"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="publication-entry">
+    <w:name w:val="publication-entry"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="8" w:color="EEEEEE"/>
+        <w:left w:val="single" w:sz="6" w:space="8" w:color="EEEEEE"/>
+        <w:bottom w:val="single" w:sz="6" w:space="8" w:color="EEEEEE"/>
+        <w:right w:val="single" w:sz="6" w:space="8" w:color="EEEEEE"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F9F9F9"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="150"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="publication-row">
+    <w:name w:val="publication-row"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="150"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="btn-remove">
+    <w:name w:val="btn-remove"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DC3545"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="btn-add">
+    <w:name w:val="btn-add"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="28A745"/>
+      <w:spacing w:before="150" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="word-count">
+    <w:name w:val="word-count"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="75" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="over-limit">
+    <w:name w:val="over-limit"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="checkbox-group">
+    <w:name w:val="checkbox-group"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="150"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="save-btn">
+    <w:name w:val="save-btn"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="007BFF"/>
+      <w:spacing w:before="300"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="error">
+    <w:name w:val="error"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="75" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="invalid">
+    <w:name w:val="invalid"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Tekstzastpczy">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zagicieodgryformularza">
+    <w:name w:val="HTML Top of Form"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="ZagicieodgryformularzaZnak"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZagicieodgryformularzaZnak">
+    <w:name w:val="Zagięcie od góry formularza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Zagicieodgryformularza"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="required1">
+    <w:name w:val="required1"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="optional-note1">
+    <w:name w:val="optional-note1"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zagicieoddouformularza">
+    <w:name w:val="HTML Bottom of Form"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="ZagicieoddouformularzaZnak"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZagicieoddouformularzaZnak">
+    <w:name w:val="Zagięcie od dołu formularza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Zagicieoddouformularza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00FA63B5"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-    <w:name w:val="footer"/>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Uwydatnienie">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00111C44"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00111C44"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00505FF6"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="00796326"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00505FF6"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00505FF6"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00505FF6"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00505FF6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5451"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C5451"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5451"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009C5451"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C1BC9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C1BC9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="913121023">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="191308221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="450"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="12" w:space="11" w:color="333333"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
+  <w:encoding w:val="unicode"/>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\iwokub\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@um.poznan.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1250,51 +6255,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1302,51 +6307,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1361,65 +6366,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1440,85 +6445,121 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C6F97C9-CB78-412B-9FA6-8D11F1EE8ECB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1559</Characters>
+  <Pages>4</Pages>
+  <Words>849</Words>
+  <Characters>5094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr>Wniosek o stypendium dla młodych badaczy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1815</CharactersWithSpaces>
+  <CharactersWithSpaces>5932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title>Wniosek o stypendium dla młodych badaczy</dc:title>
   <dc:subject/>
-  <dc:creator>Iwona Kubicka</dc:creator>
+  <dc:creator>Zuzanna Łapińska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>