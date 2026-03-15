--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -1,1359 +1,4039 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w14:paraId="577AA875" w14:textId="1C321EFE" w:rsidR="00B06DCA" w:rsidRDefault="00B06DCA" w:rsidP="00D20E27">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z0"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96FDD">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nr 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>do zarzą</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52C8B" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20E27">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA42D4">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573602">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>33/2026/P</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
+    <w:p w14:paraId="55B92B27" w14:textId="12FF4F4A" w:rsidR="00D20E27" w:rsidRPr="00A14DE0" w:rsidRDefault="002B3A5C" w:rsidP="00D20E27">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>DO PROJEKTU ZARZĄDZENIA</w:t>
-[...12 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
+    <w:p w14:paraId="179D6EEB" w14:textId="1DAC3BF9" w:rsidR="007E738F" w:rsidRPr="00A14DE0" w:rsidRDefault="00B52C8B" w:rsidP="006A4452">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00573602">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>15.01.2026</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="001A0797">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497DB5" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB4DBC1" w14:textId="77777777" w:rsidR="00B06DCA" w:rsidRPr="00A14DE0" w:rsidRDefault="00B06DCA" w:rsidP="00B06DCA">
+      <w:pPr>
+        <w:ind w:left="2160" w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B1D53" w:rsidRDefault="001B1D53" w:rsidP="001B1D53">
+    <w:p w14:paraId="6E5F3F4C" w14:textId="77777777" w:rsidR="00B06DCA" w:rsidRPr="00A14DE0" w:rsidRDefault="00B06DCA">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabela-Siatka"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="9071" w:type="dxa"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1368"/>
-        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="2721"/>
+        <w:gridCol w:w="6350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5">
+      <w:tr w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w14:paraId="3460D9A3" w14:textId="77777777" w:rsidTr="00F377E6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
-[...7 lines deleted...]
-              <w:t>w sprawie</w:t>
+          <w:p w14:paraId="570C2BB0" w14:textId="1A202738" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwa konkursu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="6127" w:type="dxa"/>
+              <w:tblInd w:w="20" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="20" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="20" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6127"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w14:paraId="0AECB234" w14:textId="77777777" w:rsidTr="000A05EA">
+              <w:trPr>
+                <w:trHeight w:val="565"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6127" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="0F6403A6" w14:textId="77777777" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00A14DE0">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Otwarty konkurs o</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>fert nr 50/2026</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00A14DE0">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> na powierzenie realizacji zadania Miasta Poznania w obszarze „Upowszechnianie i ochrona wolności i praw człowieka oraz swobód obywatelskich, a także działań wspomaga</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>jących rozwój demokracji” w 2026</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00A14DE0">
+                    <w:rPr>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="auto"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> roku</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="557727BB" w14:textId="77777777" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w14:paraId="0F207ECF" w14:textId="77777777" w:rsidTr="00F377E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="028A1E28" w14:textId="77777777" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Organizator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37088D7F" w14:textId="357D1F87" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Miasto Poznań, Wydział Zdrowia i Spraw Społecznych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w14:paraId="5F2E12A3" w14:textId="77777777" w:rsidTr="00F377E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CAD948B" w14:textId="77777777" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Termin realizacji zadań:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69B1FDDA" w14:textId="1C2F3F15" w:rsidR="00F377E6" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-              <w:fldChar w:fldCharType="begin"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...121 lines deleted...]
-              <w:t>2026 roku.</w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-31.12.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w14:paraId="7AF562B4" w14:textId="77777777" w:rsidTr="00F377E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="058DEB35" w14:textId="77777777" w:rsidR="00F377E6" w:rsidRPr="00A14DE0" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kwota przeznaczona na zadania:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="685BED35" w14:textId="5B93D594" w:rsidR="00F377E6" w:rsidRDefault="00F377E6" w:rsidP="00F377E6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000 zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="00FC29A8" w:rsidRDefault="00FA63B5" w:rsidP="00FC29A8">
+    <w:p w14:paraId="32D897A4" w14:textId="77777777" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z1"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Rozstrzygnięcie konkursu</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FC29A8" w:rsidRPr="00FC29A8" w:rsidRDefault="00FC29A8" w:rsidP="00FC29A8">
+    <w:p w14:paraId="3A3E38FC" w14:textId="1FE04AAA" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F35011" w:rsidP="00824554">
       <w:pPr>
-        <w:tabs>
-[...15 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t>Zgodnie</w:t>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ofert</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5" w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> z</w:t>
+      <w:r w:rsidR="0061500E" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00ED2356" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> któr</w:t>
+      </w:r>
+      <w:r w:rsidR="0061500E" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przyznano dofinansowanie z budżetu </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1A49">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6122F" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t>treścią art. 11 ust. 2 ustawy</w:t>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1701"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="448423F5" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E5E3268" w14:textId="261D7465" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="007076B5" w:rsidP="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tytuł oferty / oferent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EC0B3EC" w14:textId="77777777" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kwota wnioskowana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31C33B6D" w14:textId="77777777" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ocena formalna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29CBA482" w14:textId="530719C9" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ocena merytoryczna/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> ​liczba punktów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0472D5E3" w14:textId="77777777" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kwota dofinansowania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF77F3" w:rsidRPr="00A14DE0" w14:paraId="7C00335E" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A258230" w14:textId="7B663AFE" w:rsidR="00FF77F3" w:rsidRPr="00A41097" w:rsidRDefault="00FF77F3" w:rsidP="00A406EB">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Obszar: Upowszechnianie i ochrona wolności i praw człowieka oraz swobód obywatelskich, a</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0799" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>także działań wspomagających rozwój demokracji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="4B33DD06" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C643437" w14:textId="1D1A2604" w:rsidR="00B06DCA" w:rsidRPr="00A41097" w:rsidRDefault="00A406EB" w:rsidP="00D20E27">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zadanie: </w:t>
+            </w:r>
+            <w:r w:rsidR="00D20E27" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utworzenie i prowadzenie centrów wsparcia </w:t>
+            </w:r>
+            <w:r w:rsidR="009A15B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kobiet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="73126496" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FE9C749" w14:textId="77777777" w:rsidR="00E05100" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kobieta w Centrum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33314DB2" w14:textId="071DF4B8" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fundacja Centrum Praw Kobiet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="057E735E" w14:textId="4D63A103" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>220</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F1C9E7C" w14:textId="47F82FF5" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="524AC045" w14:textId="3D4EB67C" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="009A15B9">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/</w:t>
+            </w:r>
+            <w:r w:rsidR="009A15B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>91,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18BF043D" w14:textId="107F8A62" w:rsidR="007076B5" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>220</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="23F7C40C" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="412645ED" w14:textId="77777777" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STOP przemocy – kontynuacja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3C866A" w14:textId="5963272F" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fundacja Czas Kobiet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55FD633A" w14:textId="4E69ED3E" w:rsidR="00E05100" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>219</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74D49649" w14:textId="38216272" w:rsidR="00E05100" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A967624" w14:textId="6162BA8C" w:rsidR="00E05100" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/85,</w:t>
+            </w:r>
+            <w:r w:rsidR="009A15B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="193F143A" w14:textId="5E908C07" w:rsidR="00E05100" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="009A15B9">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>219 990</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035466D" w:rsidRPr="00A14DE0" w14:paraId="20B9A5B9" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71830189" w14:textId="77777777" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Silne Poznanianki</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3202A0" w14:textId="6E199FDC" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Terenowy Komitet Ochrony Praw Dziecka w Poznaniu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F9B73E3" w14:textId="4E9308B0" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09B9BB69" w14:textId="2716F831" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="35576D02" w14:textId="71EC60FD" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/74</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75FDB29A" w14:textId="7D89DE72" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>200</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035466D" w:rsidRPr="00A14DE0" w14:paraId="1CFD9A23" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15D953E3" w14:textId="77777777" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Centrum Wsparcia Kobiet Ratajczaka 20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5904ECD9" w14:textId="0D8D57BC" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Pogotowie Społeczne"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CFF15CD" w14:textId="6AD658B6" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>99 880</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50F43290" w14:textId="143DCD52" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43449707" w14:textId="3A1F6A0C" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/</w:t>
+            </w:r>
+            <w:r w:rsidR="009A15B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>79,50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3962C3C8" w14:textId="589AB7B0" w:rsidR="0035466D" w:rsidRPr="00A61F7B" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035466D" w:rsidRPr="00A14DE0" w14:paraId="578AFF6F" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E07F049" w14:textId="0BCE4440" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stworzenie kompleksowego Centrum Wsparcia "Wolnica Kobiet"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239EF288" w14:textId="357E2520" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fundacja im. Julii </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Woykowskiej</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23CB1CC8" w14:textId="30E87DAD" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>220</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="421BE22C" w14:textId="527F43EF" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42C090B2" w14:textId="518A195C" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="00522FC5" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/63</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="707BC6EA" w14:textId="0A387A7B" w:rsidR="0035466D" w:rsidRPr="00A61F7B" w:rsidRDefault="00A61F7B" w:rsidP="00A61F7B">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>140 130</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035466D" w:rsidRPr="00A14DE0" w14:paraId="607C9C60" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FFD3758" w14:textId="77777777" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CENTRUM WSPARCIA KOBIET Piątkowo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F36D038" w14:textId="7874F806" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="0035466D">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stowarzyszenie Dziewczyny w Naturze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04DEC68B" w14:textId="6E48E386" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>220</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71737FEF" w14:textId="06CFE498" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="0035466D" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76FFF1ED" w14:textId="12C7E4E9" w:rsidR="0035466D" w:rsidRPr="00A41097" w:rsidRDefault="009A15B9" w:rsidP="00CB3C44">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pozytywna/72</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53F105E9" w14:textId="607D6A7C" w:rsidR="0035466D" w:rsidRPr="00A61F7B" w:rsidRDefault="009A15B9" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41097" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="0035466D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B57405" w:rsidRPr="00A14DE0" w14:paraId="03649FA8" w14:textId="77777777" w:rsidTr="00CB3C44">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33560891" w14:textId="59E713FD" w:rsidR="00B57405" w:rsidRPr="00A41097" w:rsidRDefault="00B57405" w:rsidP="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suma:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06937DEE" w14:textId="7CA75B53" w:rsidR="00B57405" w:rsidRPr="00A41097" w:rsidRDefault="00B6610E" w:rsidP="0026056C">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 179 870,00 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B57405" w:rsidRPr="00A41097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A2C60D8" w14:textId="77777777" w:rsidR="00B57405" w:rsidRPr="00A41097" w:rsidRDefault="00B57405" w:rsidP="009B146B">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="138C2B45" w14:textId="6EB84829" w:rsidR="00B57405" w:rsidRPr="00A61F7B" w:rsidRDefault="0026056C" w:rsidP="000923AE">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20E27" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50E5D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 </w:t>
+            </w:r>
+            <w:r w:rsidR="0045406D" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00812C63" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57405" w:rsidRPr="00A61F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="23A9B2D3" w14:textId="77777777" w:rsidR="00650C08" w:rsidRPr="00A14DE0" w:rsidRDefault="00650C08">
+      <w:pPr>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2640412D" w14:textId="6FC3CB2E" w:rsidR="00650C08" w:rsidRPr="00A14DE0" w:rsidRDefault="006D1DF7">
+      <w:pPr>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Data wygener</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5" w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> z</w:t>
+      <w:r w:rsidR="00C91898" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owania dokumentu: </w:t>
       </w:r>
-      <w:r w:rsidR="006827C5">
-[...3 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidR="00F377E6">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>14 stycznia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      <w:r w:rsidR="00C91898" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5" w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> o</w:t>
+      <w:r w:rsidR="00F377E6">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5">
-[...3 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t>działalności pożytku publicznego</w:t>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-      <w:r w:rsidR="006827C5" w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> i</w:t>
+      <w:r w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sporządził</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5">
-[...3 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="006827C5" w:rsidRPr="00FC29A8">
-[...3 lines deleted...]
-        <w:t>o</w:t>
+      <w:r w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="006827C5">
-[...45 lines deleted...]
-        <w:t>obszarze objętym konkursem, poprzez przeprowadzenie otwartego konkursu ofert.</w:t>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Edyta Kasprzak</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC29A8" w:rsidRPr="00FC29A8" w:rsidRDefault="00FC29A8" w:rsidP="00FC29A8">
-[...695 lines deleted...]
-    <w:sectPr w:rsidR="00FC29A8" w:rsidRPr="00FC29A8" w:rsidSect="00FC29A8">
+    <w:sectPr w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+      <w:footerReference w:type="even" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC29A8" w:rsidRDefault="00FC29A8">
+    <w:p w14:paraId="015DE4AB" w14:textId="77777777" w:rsidR="0087002B" w:rsidRDefault="0087002B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC29A8" w:rsidRDefault="00FC29A8">
+    <w:p w14:paraId="25F586B5" w14:textId="77777777" w:rsidR="0087002B" w:rsidRDefault="0087002B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="655CAC37" w14:textId="78185315" w:rsidR="00F6122F" w:rsidRDefault="00F6122F">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7680E947" w14:textId="597A0A87" w:rsidR="0095751D" w:rsidRDefault="0095751D" w:rsidP="0095751D">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Wygenerowano w </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="910000"/>
+      </w:rPr>
+      <w:t>Witkac.pl</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, strona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00A61F7B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6ADBAFFB" w14:textId="54F601D6" w:rsidR="00F6122F" w:rsidRDefault="00F6122F">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC29A8" w:rsidRDefault="00FC29A8">
+    <w:p w14:paraId="32A6EC56" w14:textId="77777777" w:rsidR="0087002B" w:rsidRDefault="0087002B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC29A8" w:rsidRDefault="00FC29A8">
+    <w:p w14:paraId="57B23DFE" w14:textId="77777777" w:rsidR="0087002B" w:rsidRDefault="0087002B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17F835D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00FC29A8"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FC29A8"/>
+    <w:rsidRoot w:val="00B06DCA"/>
+    <w:rsid w:val="00004DED"/>
+    <w:rsid w:val="00011BD8"/>
+    <w:rsid w:val="0001602E"/>
+    <w:rsid w:val="00061870"/>
+    <w:rsid w:val="00071C13"/>
+    <w:rsid w:val="0007664C"/>
+    <w:rsid w:val="000923AE"/>
+    <w:rsid w:val="000E09D6"/>
+    <w:rsid w:val="000F3CC4"/>
+    <w:rsid w:val="001025AC"/>
+    <w:rsid w:val="00102776"/>
+    <w:rsid w:val="00194C8E"/>
+    <w:rsid w:val="001A0797"/>
+    <w:rsid w:val="00242046"/>
+    <w:rsid w:val="0026056C"/>
+    <w:rsid w:val="0026211E"/>
+    <w:rsid w:val="00291058"/>
+    <w:rsid w:val="002B228E"/>
+    <w:rsid w:val="002B3A5C"/>
+    <w:rsid w:val="002C0554"/>
+    <w:rsid w:val="002C7471"/>
+    <w:rsid w:val="002F69E8"/>
+    <w:rsid w:val="0031358E"/>
+    <w:rsid w:val="003419FB"/>
+    <w:rsid w:val="0035466D"/>
+    <w:rsid w:val="0035539E"/>
+    <w:rsid w:val="003713DD"/>
+    <w:rsid w:val="003F1A49"/>
+    <w:rsid w:val="004051F8"/>
+    <w:rsid w:val="004452D2"/>
+    <w:rsid w:val="0045406D"/>
+    <w:rsid w:val="00484121"/>
+    <w:rsid w:val="00497DB5"/>
+    <w:rsid w:val="004E75BC"/>
+    <w:rsid w:val="00507006"/>
+    <w:rsid w:val="00517A19"/>
+    <w:rsid w:val="00522FC5"/>
+    <w:rsid w:val="00537F7A"/>
+    <w:rsid w:val="005658FC"/>
+    <w:rsid w:val="00573602"/>
+    <w:rsid w:val="005864CA"/>
+    <w:rsid w:val="005955E7"/>
+    <w:rsid w:val="005B41C2"/>
+    <w:rsid w:val="005C2765"/>
+    <w:rsid w:val="005D47D1"/>
+    <w:rsid w:val="00611C64"/>
+    <w:rsid w:val="0061500E"/>
+    <w:rsid w:val="00650C08"/>
+    <w:rsid w:val="006579A4"/>
+    <w:rsid w:val="0067290C"/>
+    <w:rsid w:val="00682880"/>
+    <w:rsid w:val="006A4452"/>
+    <w:rsid w:val="006D1DF7"/>
+    <w:rsid w:val="006D7211"/>
+    <w:rsid w:val="007076B5"/>
+    <w:rsid w:val="007155AD"/>
+    <w:rsid w:val="00787D76"/>
+    <w:rsid w:val="007E738F"/>
+    <w:rsid w:val="00810700"/>
+    <w:rsid w:val="00812C63"/>
+    <w:rsid w:val="00824554"/>
+    <w:rsid w:val="008245A0"/>
+    <w:rsid w:val="008405AC"/>
+    <w:rsid w:val="0087002B"/>
+    <w:rsid w:val="00896C09"/>
+    <w:rsid w:val="008A0646"/>
+    <w:rsid w:val="008A3837"/>
+    <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008E144B"/>
+    <w:rsid w:val="008F62BD"/>
+    <w:rsid w:val="00913C80"/>
+    <w:rsid w:val="00955766"/>
+    <w:rsid w:val="00955EF5"/>
+    <w:rsid w:val="0095751D"/>
+    <w:rsid w:val="009A15B9"/>
+    <w:rsid w:val="009A6AE1"/>
+    <w:rsid w:val="009B146B"/>
+    <w:rsid w:val="00A04201"/>
+    <w:rsid w:val="00A14DE0"/>
+    <w:rsid w:val="00A406EB"/>
+    <w:rsid w:val="00A41097"/>
+    <w:rsid w:val="00A61DD5"/>
+    <w:rsid w:val="00A61F7B"/>
+    <w:rsid w:val="00A90624"/>
+    <w:rsid w:val="00AD498B"/>
+    <w:rsid w:val="00AF3222"/>
+    <w:rsid w:val="00B06DCA"/>
+    <w:rsid w:val="00B47EA1"/>
+    <w:rsid w:val="00B52C8B"/>
+    <w:rsid w:val="00B57405"/>
+    <w:rsid w:val="00B61D2B"/>
+    <w:rsid w:val="00B6610E"/>
+    <w:rsid w:val="00BA0799"/>
+    <w:rsid w:val="00BB583B"/>
+    <w:rsid w:val="00C04514"/>
+    <w:rsid w:val="00C50E5D"/>
+    <w:rsid w:val="00C917E9"/>
+    <w:rsid w:val="00C91898"/>
+    <w:rsid w:val="00CB3C44"/>
+    <w:rsid w:val="00CD63F0"/>
+    <w:rsid w:val="00D13D4C"/>
+    <w:rsid w:val="00D14663"/>
+    <w:rsid w:val="00D20E27"/>
+    <w:rsid w:val="00D61AC5"/>
+    <w:rsid w:val="00D87A37"/>
+    <w:rsid w:val="00DE44EA"/>
+    <w:rsid w:val="00E05100"/>
+    <w:rsid w:val="00E06C60"/>
+    <w:rsid w:val="00E07AD0"/>
+    <w:rsid w:val="00E1044D"/>
+    <w:rsid w:val="00E92E27"/>
+    <w:rsid w:val="00E96FDD"/>
+    <w:rsid w:val="00ED2356"/>
+    <w:rsid w:val="00F015B3"/>
+    <w:rsid w:val="00F046EF"/>
+    <w:rsid w:val="00F35011"/>
+    <w:rsid w:val="00F377E6"/>
+    <w:rsid w:val="00F562EB"/>
+    <w:rsid w:val="00F6122F"/>
+    <w:rsid w:val="00F816CC"/>
+    <w:rsid w:val="00FA42D4"/>
+    <w:rsid w:val="00FB2CDE"/>
+    <w:rsid w:val="00FB4547"/>
+    <w:rsid w:val="00FC53CE"/>
+    <w:rsid w:val="00FF77F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{15386500-B510-4C6E-87DA-9E05698D8137}"/>
+  <w14:docId w14:val="1BC6AB90"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{83390D3B-20FB-43AD-A5F2-BC9CB051942F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -1502,167 +4182,425 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...8 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...16 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
+    <w:name w:val="Heading1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="348" w:after="348"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
+    <w:name w:val="Heading2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="324" w:after="324"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="39"/>
+      <w:szCs w:val="39"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading3">
+    <w:name w:val="Heading3"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="304" w:after="304"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4">
+    <w:name w:val="Heading4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="346" w:after="346"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading5">
+    <w:name w:val="Heading5"/>
+    <w:basedOn w:val="Heading4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6">
+    <w:name w:val="Heading6"/>
+    <w:basedOn w:val="Heading5"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="406" w:after="406"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading7">
+    <w:name w:val="Heading7"/>
+    <w:basedOn w:val="Heading6"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading8">
+    <w:name w:val="Heading8"/>
+    <w:basedOn w:val="Heading7"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading9">
+    <w:name w:val="Heading9"/>
+    <w:basedOn w:val="Heading8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:pPr>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="InvalidStyleName">
+    <w:name w:val="InvalidStyleName"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="00FF00"/>
+      <w:u w:val="dash"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FieldValue">
+    <w:name w:val="FieldValue"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextArea">
+    <w:name w:val="TextArea"/>
+    <w:basedOn w:val="FieldValue"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="909269336">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2144960177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Uzasadnienie_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1884,73 +4822,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1922</Characters>
+  <Pages>1</Pages>
+  <Words>248</Words>
+  <Characters>1489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr>Załącznik nr 1 do zarządzenia Nr ……………………</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2238</CharactersWithSpaces>
+  <CharactersWithSpaces>1734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title>Załącznik nr 1 do zarządzenia Nr ……………………</dc:title>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
+  <dc:creator>Grzegorz Kozak</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>