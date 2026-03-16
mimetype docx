--- v0 (2026-01-10)
+++ v1 (2026-03-16)
@@ -1,1955 +1,2337 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+    <w:p w14:paraId="4D2D21E8" w14:textId="0929F9DC" w:rsidR="007E738F" w:rsidRPr="00A14DE0" w:rsidRDefault="00B06DCA" w:rsidP="006A4452">
       <w:pPr>
-        <w:pStyle w:val="Nagwek2"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z0"/>
-[...13 lines deleted...]
-      </w:fldSimple>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Załącznik </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76726">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nr </w:t>
+      </w:r>
+      <w:r w:rsidR="009832A6">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96FDD">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>do zarzą</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52C8B" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="007076B5" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00236D18">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>33/2026/P</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+    <w:p w14:paraId="67843AE5" w14:textId="77777777" w:rsidR="0053444D" w:rsidRPr="00A14DE0" w:rsidRDefault="0053444D" w:rsidP="0053444D">
       <w:pPr>
-        <w:pStyle w:val="Nagwek1"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
+    <w:p w14:paraId="179D6EEB" w14:textId="32847363" w:rsidR="007E738F" w:rsidRPr="00A14DE0" w:rsidRDefault="00B52C8B" w:rsidP="006A4452">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009773E3">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00DC3E76">
-[...32 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+      <w:r w:rsidR="00236D18">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>15.01.2026</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="001A0797">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00497DB5" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+    <w:p w14:paraId="0DB4DBC1" w14:textId="77777777" w:rsidR="00B06DCA" w:rsidRPr="00A14DE0" w:rsidRDefault="00B06DCA" w:rsidP="00B06DCA">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="2160" w:firstLine="720"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
+    <w:p w14:paraId="6E5F3F4C" w14:textId="77777777" w:rsidR="00B06DCA" w:rsidRPr="00A14DE0" w:rsidRDefault="00B06DCA">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1368"/>
-        <w:gridCol w:w="7920"/>
+        <w:gridCol w:w="2721"/>
+        <w:gridCol w:w="6350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="3460D9A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00571718">
+          <w:p w14:paraId="570C2BB0" w14:textId="1A202738" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009773E3">
-[...4 lines deleted...]
-              <w:t>w sprawie</w:t>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nazwa konkursu</w:t>
+            </w:r>
+            <w:r w:rsidR="00E05100" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
+          <w:p w14:paraId="08F4DA21" w14:textId="75C1DBD3" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00E1044D" w:rsidP="00E05100">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009773E3">
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="009773E3">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otwarty </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD63F0" w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onkurs </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD63F0" w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00290681">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00C76726">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>fert nr 50/2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00290681">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> na powierzenie realizacji zadania Miasta Poznania w obszarze „</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD63F0" w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00290681">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>powszechnianie i</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD63F0" w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00290681">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ochrona wolności i praw człowieka oraz swobód obywatelskich, a także działań wspomaga</w:t>
+            </w:r>
+            <w:r w:rsidR="00C76726">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00BE6DE4">
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>jących rozwój demokracji” w 2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A14DE0">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...90 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> roku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="0F207ECF" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="028A1E28" w14:textId="77777777" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Organizator:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07B39324" w14:textId="77777777" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Miasto Poznań, Wydział Zdrowia i Spraw Społecznych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="5F2E12A3" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CAD948B" w14:textId="77777777" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Termin realizacji zadań:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5A2882C8" w14:textId="77DC93DC" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00C76726" w:rsidP="0067290C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0067290C" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A04201" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A04201" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="008245A0" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>31.12.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14DE0" w:rsidRPr="00A14DE0" w14:paraId="7AF562B4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="058DEB35" w14:textId="77777777" w:rsidR="00A04201" w:rsidRPr="00A14DE0" w:rsidRDefault="00F6122F">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kwota przeznaczona na zadania</w:t>
+            </w:r>
+            <w:r w:rsidR="00A04201" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30850AA0" w14:textId="52DD255D" w:rsidR="00F6122F" w:rsidRPr="00A14DE0" w:rsidRDefault="00C76726">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00286AF5">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A406EB">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E05100" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 000</w:t>
+            </w:r>
+            <w:r w:rsidR="00F6122F" w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zł</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
+    <w:p w14:paraId="32D897A4" w14:textId="36DABF03" w:rsidR="00F6122F" w:rsidRDefault="00F6122F">
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Rozstrzygnięcie konkursu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DEABAA" w14:textId="77777777" w:rsidR="002E6887" w:rsidRPr="00A14DE0" w:rsidRDefault="002E6887">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
+    <w:p w14:paraId="3A3E38FC" w14:textId="23BD2BF4" w:rsidR="00F6122F" w:rsidRDefault="002E6887" w:rsidP="00824554">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E6887">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ofert</w:t>
+      </w:r>
+      <w:r w:rsidR="009143E9">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6887">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> niespełniając</w:t>
+      </w:r>
+      <w:r w:rsidR="009143E9">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6887">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kryteriów formalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0224A891" w14:textId="6E1269D5" w:rsidR="002E6887" w:rsidRPr="00A14DE0" w:rsidRDefault="002E6887" w:rsidP="00824554">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8789" w:type="dxa"/>
+        <w:tblInd w:w="20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="20" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="20" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1985"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002E6887" w:rsidRPr="00A14DE0" w14:paraId="448423F5" w14:textId="77777777" w:rsidTr="002E6887">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E5E3268" w14:textId="261D7465" w:rsidR="002E6887" w:rsidRPr="00A14DE0" w:rsidRDefault="002E6887" w:rsidP="007076B5">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tytuł oferty / oferent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EC0B3EC" w14:textId="77777777" w:rsidR="002E6887" w:rsidRPr="00A14DE0" w:rsidRDefault="002E6887">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kwota wnioskowana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31C33B6D" w14:textId="77777777" w:rsidR="002E6887" w:rsidRPr="00A14DE0" w:rsidRDefault="002E6887">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A14DE0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ocena formalna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6887" w:rsidRPr="00A14DE0" w14:paraId="73126496" w14:textId="77777777" w:rsidTr="002E6887">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33314DB2" w14:textId="4543C270" w:rsidR="002E6887" w:rsidRPr="00B22F40" w:rsidRDefault="00C76726" w:rsidP="002E6887">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Działania </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Girls na rzecz kobiet - Centrum integracyjno-wzmacniające z zapleczem specjalistycznym.</w:t>
+            </w:r>
+            <w:r w:rsidR="006A7467" w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Girls </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Movement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="057E735E" w14:textId="787F1488" w:rsidR="002E6887" w:rsidRPr="00B22F40" w:rsidRDefault="00C76726" w:rsidP="002E6887">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00286AF5" w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0 0</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6887" w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00,00 zł</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="20" w:type="dxa"/>
+              <w:right w:w="20" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F1C9E7C" w14:textId="1D85D409" w:rsidR="002E6887" w:rsidRPr="00B22F40" w:rsidRDefault="000424FA" w:rsidP="002E6887">
+            <w:pPr>
+              <w:spacing w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6887" w:rsidRPr="00B22F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>egatywna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="23A9B2D3" w14:textId="77777777" w:rsidR="00650C08" w:rsidRPr="00A14DE0" w:rsidRDefault="00650C08">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...292 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="3C1F57D0" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...23 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRPr="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="24C57523" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...359 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="4211DB1F" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...24 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="673CF5CE" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...264 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="5FC99362" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...23 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="55F282FD" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...72 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="317B99C5" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="0507E09F" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="1D1B7E5D" w14:textId="45CD83C9" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00BE6DE4" w:rsidRPr="00BE6DE4" w:rsidRDefault="00BE6DE4" w:rsidP="00BE6DE4">
+    <w:p w14:paraId="044A962E" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
       <w:pPr>
-        <w:keepNext/>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BE6DE4" w:rsidRPr="00BE6DE4" w:rsidSect="00BE6DE4">
+    <w:p w14:paraId="23216A84" w14:textId="77777777" w:rsidR="002E6887" w:rsidRDefault="002E6887">
+      <w:pPr>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2640412D" w14:textId="082EBA5F" w:rsidR="00650C08" w:rsidRPr="00A14DE0" w:rsidRDefault="006D1DF7">
+      <w:pPr>
+        <w:spacing w:after="100"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Data wygener</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91898" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owania dokumentu: </w:t>
+      </w:r>
+      <w:r w:rsidR="00222567">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91898" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222567">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>stycznia</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91898" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00222567">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sporządził</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00650C08" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B57405" w:rsidRPr="00A14DE0">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Edyta Kasprzak</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00650C08" w:rsidRPr="00A14DE0">
       <w:footerReference w:type="even" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="272"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4">
+    <w:p w14:paraId="0E6DB3D6" w14:textId="77777777" w:rsidR="007B5353" w:rsidRDefault="007B5353">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4">
+    <w:p w14:paraId="7C69A2D3" w14:textId="77777777" w:rsidR="007B5353" w:rsidRDefault="007B5353">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="655CAC37" w14:textId="78185315" w:rsidR="00F6122F" w:rsidRDefault="00F6122F">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7680E947" w14:textId="22CF52A9" w:rsidR="0095751D" w:rsidRDefault="0095751D" w:rsidP="0095751D">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
+      <w:t xml:space="preserve">Wygenerowano w </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="910000"/>
       </w:rPr>
+      <w:t>Witkac.pl</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">, strona </w:t>
+    </w:r>
+    <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+      <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00B22F40">
       <w:rPr>
-        <w:rStyle w:val="Numerstrony"/>
+        <w:noProof/>
       </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+  <w:p w14:paraId="6ADBAFFB" w14:textId="54F601D6" w:rsidR="00F6122F" w:rsidRDefault="00F6122F">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4">
+    <w:p w14:paraId="526F562F" w14:textId="77777777" w:rsidR="007B5353" w:rsidRDefault="007B5353">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE6DE4" w:rsidRDefault="00BE6DE4">
+    <w:p w14:paraId="7E5A97F3" w14:textId="77777777" w:rsidR="007B5353" w:rsidRDefault="007B5353">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30555834"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="09B4B6E6"/>
+    <w:nsid w:val="17F835D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:attachedTemplate r:id="rId1"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
-  <w:noPunctuationKerning/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotShadeFormData/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...28 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...3 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00BE6DE4"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00F61F3F"/>
+    <w:rsidRoot w:val="00B06DCA"/>
+    <w:rsid w:val="00004DED"/>
+    <w:rsid w:val="0001602E"/>
+    <w:rsid w:val="000424FA"/>
+    <w:rsid w:val="00061870"/>
+    <w:rsid w:val="00071C13"/>
+    <w:rsid w:val="0007664C"/>
+    <w:rsid w:val="00091A17"/>
+    <w:rsid w:val="000923AE"/>
+    <w:rsid w:val="000E09D6"/>
+    <w:rsid w:val="001A0797"/>
+    <w:rsid w:val="001F2AFF"/>
+    <w:rsid w:val="00222567"/>
+    <w:rsid w:val="00236D18"/>
+    <w:rsid w:val="00242046"/>
+    <w:rsid w:val="00286AF5"/>
+    <w:rsid w:val="00291058"/>
+    <w:rsid w:val="002B228E"/>
+    <w:rsid w:val="002C0554"/>
+    <w:rsid w:val="002C7471"/>
+    <w:rsid w:val="002E6887"/>
+    <w:rsid w:val="002F69E8"/>
+    <w:rsid w:val="0031358E"/>
+    <w:rsid w:val="003419FB"/>
+    <w:rsid w:val="00350926"/>
+    <w:rsid w:val="0035539E"/>
+    <w:rsid w:val="003713DD"/>
+    <w:rsid w:val="004051F8"/>
+    <w:rsid w:val="004452D2"/>
+    <w:rsid w:val="0045406D"/>
+    <w:rsid w:val="00484121"/>
+    <w:rsid w:val="00484D15"/>
+    <w:rsid w:val="00497DB5"/>
+    <w:rsid w:val="00507006"/>
+    <w:rsid w:val="00517A19"/>
+    <w:rsid w:val="0053444D"/>
+    <w:rsid w:val="00537F7A"/>
+    <w:rsid w:val="00544D67"/>
+    <w:rsid w:val="005658FC"/>
+    <w:rsid w:val="005864CA"/>
+    <w:rsid w:val="005955E7"/>
+    <w:rsid w:val="005B41C2"/>
+    <w:rsid w:val="005B4AEC"/>
+    <w:rsid w:val="005C2765"/>
+    <w:rsid w:val="005C375A"/>
+    <w:rsid w:val="005D47D1"/>
+    <w:rsid w:val="00611C64"/>
+    <w:rsid w:val="0061500E"/>
+    <w:rsid w:val="00650C08"/>
+    <w:rsid w:val="006579A4"/>
+    <w:rsid w:val="0067290C"/>
+    <w:rsid w:val="00677464"/>
+    <w:rsid w:val="00682880"/>
+    <w:rsid w:val="00694208"/>
+    <w:rsid w:val="006A4452"/>
+    <w:rsid w:val="006A7467"/>
+    <w:rsid w:val="006D1DF7"/>
+    <w:rsid w:val="006D7211"/>
+    <w:rsid w:val="007076B5"/>
+    <w:rsid w:val="007155AD"/>
+    <w:rsid w:val="00723137"/>
+    <w:rsid w:val="00787D76"/>
+    <w:rsid w:val="007B5353"/>
+    <w:rsid w:val="007E738F"/>
+    <w:rsid w:val="00812C63"/>
+    <w:rsid w:val="00824554"/>
+    <w:rsid w:val="008245A0"/>
+    <w:rsid w:val="008405AC"/>
+    <w:rsid w:val="00896C09"/>
+    <w:rsid w:val="008A0646"/>
+    <w:rsid w:val="008A3837"/>
+    <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008E144B"/>
+    <w:rsid w:val="008F62BD"/>
+    <w:rsid w:val="009143E9"/>
+    <w:rsid w:val="009436D3"/>
+    <w:rsid w:val="0095751D"/>
+    <w:rsid w:val="009832A6"/>
+    <w:rsid w:val="009A6AE1"/>
+    <w:rsid w:val="009B146B"/>
+    <w:rsid w:val="009D1468"/>
+    <w:rsid w:val="00A04201"/>
+    <w:rsid w:val="00A14DE0"/>
+    <w:rsid w:val="00A4019E"/>
+    <w:rsid w:val="00A406EB"/>
+    <w:rsid w:val="00A61DD5"/>
+    <w:rsid w:val="00A65C46"/>
+    <w:rsid w:val="00A90624"/>
+    <w:rsid w:val="00AD498B"/>
+    <w:rsid w:val="00B06DCA"/>
+    <w:rsid w:val="00B22F40"/>
+    <w:rsid w:val="00B47EA1"/>
+    <w:rsid w:val="00B52C8B"/>
+    <w:rsid w:val="00B57405"/>
+    <w:rsid w:val="00B61D2B"/>
+    <w:rsid w:val="00B87144"/>
+    <w:rsid w:val="00B90BE7"/>
+    <w:rsid w:val="00BB583B"/>
+    <w:rsid w:val="00C04514"/>
+    <w:rsid w:val="00C50E5D"/>
+    <w:rsid w:val="00C76726"/>
+    <w:rsid w:val="00C91898"/>
+    <w:rsid w:val="00CB3C44"/>
+    <w:rsid w:val="00CD63F0"/>
+    <w:rsid w:val="00D14663"/>
+    <w:rsid w:val="00D24D03"/>
+    <w:rsid w:val="00D61AC5"/>
+    <w:rsid w:val="00D87A37"/>
+    <w:rsid w:val="00D90619"/>
+    <w:rsid w:val="00DE44EA"/>
+    <w:rsid w:val="00E05100"/>
+    <w:rsid w:val="00E06C60"/>
+    <w:rsid w:val="00E07AD0"/>
+    <w:rsid w:val="00E1044D"/>
+    <w:rsid w:val="00E314D3"/>
+    <w:rsid w:val="00E458FD"/>
+    <w:rsid w:val="00E92E27"/>
+    <w:rsid w:val="00E96FDD"/>
+    <w:rsid w:val="00ED2356"/>
+    <w:rsid w:val="00F015B3"/>
+    <w:rsid w:val="00F046EF"/>
+    <w:rsid w:val="00F35011"/>
+    <w:rsid w:val="00F37D25"/>
+    <w:rsid w:val="00F6122F"/>
+    <w:rsid w:val="00F90AA2"/>
+    <w:rsid w:val="00FB2CDE"/>
+    <w:rsid w:val="00FB4547"/>
+    <w:rsid w:val="00FC53CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{41A7C5C6-B67E-4437-B8FC-DDEA0B5D463B}"/>
+  <w14:docId w14:val="1BC6AB90"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{83390D3B-20FB-43AD-A5F2-BC9CB051942F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -2098,179 +2480,412 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...4 lines deleted...]
-    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
+    <w:name w:val="Heading1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="348" w:after="348"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
+    <w:name w:val="Heading2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="324" w:after="324"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="39"/>
+      <w:szCs w:val="39"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading3">
+    <w:name w:val="Heading3"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="304" w:after="304"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4">
+    <w:name w:val="Heading4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="346" w:after="346"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading5">
+    <w:name w:val="Heading5"/>
+    <w:basedOn w:val="Heading4"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6">
+    <w:name w:val="Heading6"/>
+    <w:basedOn w:val="Heading5"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="406" w:after="406"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="17"/>
+      <w:szCs w:val="17"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading7">
+    <w:name w:val="Heading7"/>
+    <w:basedOn w:val="Heading6"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading8">
+    <w:name w:val="Heading8"/>
+    <w:basedOn w:val="Heading7"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading9">
+    <w:name w:val="Heading9"/>
+    <w:basedOn w:val="Heading8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:pPr>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:pPr>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="InvalidStyleName">
+    <w:name w:val="InvalidStyleName"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="00FF00"/>
+      <w:u w:val="dash"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FieldValue">
+    <w:name w:val="FieldValue"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextArea">
+    <w:name w:val="TextArea"/>
+    <w:basedOn w:val="FieldValue"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
     <w:rPr>
       <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Numerstrony">
-    <w:name w:val="page number"/>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tytu">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007076B5"/>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007076B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="558980492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2492,72 +3107,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Projekt_PZPM</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1870</Characters>
+  <Pages>1</Pages>
+  <Words>124</Words>
+  <Characters>747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
+      <vt:lpstr>Załącznik nr 1 do zarządzenia Nr ……………………</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2177</CharactersWithSpaces>
+  <CharactersWithSpaces>870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:title>Załącznik nr 1 do zarządzenia Nr ……………………</dc:title>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
+  <dc:creator>Grzegorz Kozak</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>