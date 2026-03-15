--- v0 (2026-01-10)
+++ v1 (2026-03-15)
@@ -1,483 +1,1796 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="68E041D5" w14:textId="7564F369" w:rsidR="005A6721" w:rsidRDefault="005A6721" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="31478420" wp14:editId="1C8446F8">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-307520</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2457450" cy="952500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="Obraz 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Obraz 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2457450" cy="952500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5752FE1F" w14:textId="141143DB" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Wydział Zdrowia i Spraw Społecznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EBC2DB" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-648"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Urząd Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609F0BFF" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6410"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-648"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509C1791" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C151907" w14:textId="77777777" w:rsidR="0013065C" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>KARTA OCENY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MERYTORYCZNEJ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OFERTY DO PROCEDOWANIA OTWARTEGO KONKURSU OFERT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F40FF07" w14:textId="43E82660" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="005A6721" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">UZASADNIENIE </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">OGŁOSZONEGO NA PODSTAWIE USTAWY </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC370A" w:rsidRPr="00CC370A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>O ZDROWIU PUBLICZNYM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA04BE" w:rsidRDefault="00AA04BE" w:rsidP="001B1D53">
-[...25 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4B8471DB" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="14624" w:type="dxa"/>
+        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1602"/>
-        <w:gridCol w:w="7686"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="11935"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA63B5">
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00CC370A" w14:paraId="23441AD9" w14:textId="77777777" w:rsidTr="001065D8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00AC4582" w:rsidP="001B1D53">
-[...10 lines deleted...]
-              <w:t>go</w:t>
+          <w:p w14:paraId="3310AEE2" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="0013065C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Nazwa zadania publicznego</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7920" w:type="dxa"/>
+            <w:tcW w:w="11935" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA63B5" w:rsidRDefault="00FA63B5" w:rsidP="001B1D53">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2211E327" w14:textId="55377BB4" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00E2158F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>„Kompleksowa diagnoza stanu zdrowia psychicznego mieszkanek i mieszkańców Poznania oraz zasobów i</w:t>
+            </w:r>
+            <w:r w:rsidR="0013065C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">deficytów w zakresie wsparcia </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2158F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oznanianek i </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2158F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>oznaniaków w obszarze ochrony zdrowia psychicznego”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00CC370A" w14:paraId="2F9C7E1B" w14:textId="77777777" w:rsidTr="00225D9E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11210C1D" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Nazwa oferenta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDA6251" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43FA9697" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F6FFE89" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0684CC41" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00CC370A" w14:paraId="249F7DAE" w14:textId="77777777" w:rsidTr="001065D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219E96E5" w14:textId="71325E93" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="0013065C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="0013065C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>ume</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC370A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>r oferty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F94CC" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="005A0510">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11935" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCC4C7F" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00CC370A" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA63B5" w:rsidRPr="00BE6CA5" w:rsidRDefault="00FA63B5" w:rsidP="00BE6CA5">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="15A53203" w14:textId="77777777" w:rsidR="00700072" w:rsidRPr="00A619C3" w:rsidRDefault="00E2158F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
-[...30 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7D7C6099" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="2792C0AC" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="43F66053" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDA21D3" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1450750B" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA6F538" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391A5776" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="429A15EB" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C47C039" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14624" w:type="dxa"/>
+        <w:tblInd w:w="113" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7962"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4677"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00A619C3" w14:paraId="68CDD8C9" w14:textId="77777777" w:rsidTr="00CC370A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14624" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A61B1B" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>OCENA MERYTORYCZNA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A6AB0D4" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kryteria oceny merytorycznej (suma punktów przypadających na jedną osobę w Komisji konkursowej wynosi 50)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0E7C93" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w14:paraId="3143C675" w14:textId="77777777" w:rsidTr="00EE6D8A">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9947" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C027880" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00CC370A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D5AC67" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="000B28B3">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>LICZBA PRZYZNANYCH PUNKTÓW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00A619C3" w14:paraId="1936399D" w14:textId="77777777" w:rsidTr="00EE6D8A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10214495" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="004F3ABE" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rodzaj i poziom</w:t>
+            </w:r>
+            <w:r w:rsidR="00C00ED9" w:rsidRPr="00C00ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> doświadczenia oferenta w realizacji zadań z zakresu zdrowia, ze szczególnym uwzględnieniem przygotowywania diagnoz, programów strategicznych, opracowań naukowo-badawczych, raportów, itp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6750C5F1" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>0-10 pkt</w:t>
+            </w:r>
+            <w:r w:rsidR="0093272B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C6A923" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00535D7D" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC370A" w:rsidRPr="00A619C3" w14:paraId="1A0D165C" w14:textId="77777777" w:rsidTr="00EE6D8A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="504CEE2A" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00C00ED9" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Wartość merytoryczna oferty, w tym m.in. spójność celu realizacji zadania określonego w ogłoszeniu oraz w ofercie z zakresem merytorycznym i rzeczowym  zadania, harmonogramem i kosztorysem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="325996F5" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>0-15 pkt</w:t>
+            </w:r>
+            <w:r w:rsidR="0093272B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32010EEB" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA62602" w14:textId="77777777" w:rsidR="00CC370A" w:rsidRPr="00A619C3" w:rsidRDefault="00CC370A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w14:paraId="41E272E7" w14:textId="77777777" w:rsidTr="00EE6D8A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="031F962D" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00C00ED9" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Racjonalność kalkulacji kosztów w relacji do zakresu rzeczowego zadania, aktualnych średnich cen i stawek na rynk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>u usług badawczych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD0EC26" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>0-15 pkt</w:t>
+            </w:r>
+            <w:r w:rsidR="0093272B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="030069AB" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w14:paraId="070F5F14" w14:textId="77777777" w:rsidTr="00EE6D8A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="275EE116" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00C00ED9" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kwalifikacje zawodowe i doświadczenie specjalistów realizujących zadanie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEDD950" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A619C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>0-10 pkt</w:t>
+            </w:r>
+            <w:r w:rsidR="0093272B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B6C77A" w14:textId="77777777" w:rsidR="00EE6D8A" w:rsidRPr="00A619C3" w:rsidRDefault="00EE6D8A" w:rsidP="00EE6D8A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73BF27E0" w14:textId="77777777" w:rsidR="00A619C3" w:rsidRDefault="00A619C3" w:rsidP="00A619C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0769C3A0" w14:textId="77777777" w:rsidR="00A619C3" w:rsidRDefault="00A619C3" w:rsidP="00A619C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F827F5A" w14:textId="77777777" w:rsidR="00FC3F93" w:rsidRPr="00A619C3" w:rsidRDefault="00FC3F93" w:rsidP="00A619C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>……………………………………………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           ………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5CA2AB" w14:textId="77777777" w:rsidR="00FC3F93" w:rsidRPr="00A619C3" w:rsidRDefault="00AF5FB1" w:rsidP="00FF4BE9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>DYREKTOR</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             I</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3F93" w:rsidRPr="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mię i nazwisko osoby oceniającej</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A619C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ata i podpis osoby oceniającej</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE6CA5" w:rsidRPr="00BE6CA5" w:rsidRDefault="00BE6CA5" w:rsidP="00BE6CA5">
-[...11 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:sectPr w:rsidR="00FC3F93" w:rsidRPr="00A619C3" w:rsidSect="00CC370A">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
+    <w:p w14:paraId="4D646EA9" w14:textId="77777777" w:rsidR="00724D77" w:rsidRDefault="00724D77" w:rsidP="00FF4BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
+    <w:p w14:paraId="1CF4CF02" w14:textId="77777777" w:rsidR="00724D77" w:rsidRDefault="00724D77" w:rsidP="00FF4BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1844077706"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="0E305541" w14:textId="11932839" w:rsidR="00FF4BE9" w:rsidRDefault="00FF4BE9">
+        <w:pPr>
+          <w:pStyle w:val="Stopka"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00E2158F">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6F43456C" w14:textId="77777777" w:rsidR="00FF4BE9" w:rsidRDefault="00FF4BE9">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
+    <w:p w14:paraId="1350B7CD" w14:textId="77777777" w:rsidR="00724D77" w:rsidRDefault="00724D77" w:rsidP="00FF4BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BE6CA5" w:rsidRDefault="00BE6CA5">
+    <w:p w14:paraId="36C9A4A6" w14:textId="77777777" w:rsidR="00724D77" w:rsidRDefault="00724D77" w:rsidP="00FF4BE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="49282DE0" w14:textId="5B7D2975" w:rsidR="005A6721" w:rsidRDefault="005A6721" w:rsidP="005A6721">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Załącznik nr 3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FF297F">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> do Regulaminu pracy Komisji Konkursowej</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4B026ACD" w14:textId="77777777" w:rsidR="005A6721" w:rsidRDefault="005A6721">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="380E3742"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0720E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="97BEDC60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...4 lines deleted...]
-  <w:doNotTrackMoves/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...1 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00BE6CA5"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FA63B5"/>
+    <w:rsidRoot w:val="00CC370A"/>
+    <w:rsid w:val="000473EC"/>
+    <w:rsid w:val="000B28B3"/>
+    <w:rsid w:val="001065D8"/>
+    <w:rsid w:val="0013065C"/>
+    <w:rsid w:val="001F48C1"/>
+    <w:rsid w:val="004F3ABE"/>
+    <w:rsid w:val="005A0510"/>
+    <w:rsid w:val="005A6721"/>
+    <w:rsid w:val="00724D77"/>
+    <w:rsid w:val="008F662C"/>
+    <w:rsid w:val="0093272B"/>
+    <w:rsid w:val="00963EAD"/>
+    <w:rsid w:val="00983D6B"/>
+    <w:rsid w:val="00A617E0"/>
+    <w:rsid w:val="00A619C3"/>
+    <w:rsid w:val="00A81390"/>
+    <w:rsid w:val="00AF5FB1"/>
+    <w:rsid w:val="00C00ED9"/>
+    <w:rsid w:val="00CC370A"/>
+    <w:rsid w:val="00E14ED4"/>
+    <w:rsid w:val="00E2158F"/>
+    <w:rsid w:val="00EE6D8A"/>
+    <w:rsid w:val="00FC3F93"/>
+    <w:rsid w:val="00FF4BE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="10C9E803"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{44EA3078-F476-45AF-802F-5B17CA88CF17}"/>
+  <w15:docId w15:val="{1F71EF61-7CD8-431B-ADEB-B0B84A1FBB5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -630,163 +1943,264 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...33 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-  </w:style>
-[...12 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
-    <w:rsid w:val="00FA63B5"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00CC370A"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Stopka">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="00B76696"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A619C3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF4BE9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF4BE9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF4BE9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00FF4BE9"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0093272B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0093272B"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0093272B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0093272B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0093272B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0093272B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0093272B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Uzasadnienie_PZPM_zmiana.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1006,75 +2420,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7517F9CC-277A-4A73-8DC1-5D68CE95D135}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Uzasadnienie_PZPM_zmiana</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>366</Characters>
+  <Pages>2</Pages>
+  <Words>203</Words>
+  <Characters>1220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UZASADNIENIE </vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UM</Company>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>426</CharactersWithSpaces>
+  <CharactersWithSpaces>1421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UZASADNIENIE </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
+  <dc:creator>Marta Baumann-Wojciechowska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>