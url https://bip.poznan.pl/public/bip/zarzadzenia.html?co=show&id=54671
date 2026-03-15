--- v0 (2026-01-10)
+++ v1 (2026-03-15)
@@ -1,2212 +1,2799 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:body>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t xml:space="preserve">ZARZĄDZENIE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:t xml:space="preserve">NR </w:t>
+      </w:r>
+      <w:fldSimple w:instr=" DOCVARIABLE  AktNr  \* MERGEFORMAT ">
+        <w:r w:rsidR="00B21943">
+          <w:t>54/2026/P</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="003679C6">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>EZYDENTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3B7B" w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="009773E3" w:rsidRDefault="00CD3B7B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009773E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCVARIABLE  AktData  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B21943">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B21943">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26 stycznia 2026 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3E76">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571718" w:rsidRPr="00571718" w:rsidRDefault="00571718" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD3B7B" w:rsidRPr="00571718" w:rsidRDefault="00CD3B7B" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="7920"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00565809" w:rsidRPr="009773E3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1368" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00571718">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>w sprawie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00565809" w:rsidRPr="009773E3" w:rsidRDefault="00565809" w:rsidP="00565809">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCVARIABLE  Sprawa  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rozstrzygnięcia otwartego konkursu ofert nr 46/2026 na powierzenie realizacji zadania Miasta Poznania</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>obszarze „Wspieranie rodziny</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>systemu pieczy zastępczej” przez organizacje pozarządowe oraz podmioty,</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>których mowa</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>art. 3 ust. 3 ustawy</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dnia 24 kwietnia 2003 r.</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>działalności pożytku publicznego</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i o </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>wolontariacie,</w:t>
+            </w:r>
+            <w:r w:rsidR="0096067F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:r w:rsidR="00B21943">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>roku 2026.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009773E3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="005C6BB7" w:rsidP="00571718">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="11907"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571718" w:rsidRPr="009773E3" w:rsidRDefault="00571718" w:rsidP="00571718">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C6BB7" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="p0"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Na podstawie art. 30 ust. 2 pkt 4 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 8 marca 1990 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>samorządzie gminnym (Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1153 ze zm.), art. 5 ust. 4 pkt 1 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 24 kwietnia 2003 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>działalności pożytku publicznego</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wolontariacie (Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 1338 ze zm.) oraz art. 190 ustawy</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dnia 9 czerwca 2011 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wspieraniu rodziny</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>systemie pieczy zastępczej (Dz. U.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025 r. poz. 49 ze zm.) zarządza się, co następuje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okresie od 1 lutego 2026 r. do 31 grudnia 2026 r. postanawia się realizować zadanie publiczne pt. „Zapewnienie wsparcia dzieciom poprzez utworzenie</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prowadzenie na terenie miasta Poznania placówki opiekuńczo-wychowawczej typu rodzinnego”</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obszarze wspierania rodziny</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>systemu pieczy zastępczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Zadanie,</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>którym mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ust. 1, będzie realizowane przez podmioty wskazane</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>załączniku do zarządzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="340" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Kwota przekazana na ten cel wynosi 900 000,00 zł (słownie: dziewięćset tysięcy złotych 00/100).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>§ 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z2"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stosownie do możliwości finansowych budżetu Miasta dotacja może zostać zwiększona, jeżeli wystąpią szczególne okoliczności,</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tym:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) zmiana wysokości najniższego wynagrodzenia ogłoszonego</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Monitorze Polskim, przyjętych przez Miasto Poznań do realizacji programów rządowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) zmiana miejsca realizacji zadania publicznego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) podwyższenie cen żywności;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) zwiększenie kosztów utrzymania placówki opiekuńczo-wychowawczej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) zwiększenie kosztów eksploatacyjnych oraz mediów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6) zmiany wynikające</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zapewnienia bezpieczeństwa wychowankom</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kadrze opiekuńczo-wychowawczej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="680" w:hanging="340"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) konieczność dostosowania funkcjonowania placówki opiekuńczo-wychowawczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z3"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czyni się dyrektora Wydziału Zdrowia</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spraw Społecznych odpowiedzialnym za zawarcie umowy</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>podmiotem,</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>którym mowa</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>§ 1, oraz nadzór nad realizacją tejże umowy</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zobowiązanie wyżej wymienionego podmiotu do przedłożenia sprawozdań</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wykonania zadania</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminach określonych</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zawartej umowie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z4"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wykonanie zarządzenia powierza się dyrektorowi Wydziału Zdrowia</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spraw Społecznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§ 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z5"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zarządzenie wchodzi</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>życie</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F" w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z</w:t>
+      </w:r>
+      <w:r w:rsidR="0096067F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21943">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dniem podpisania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(-) Jędrzej Solarski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z-CA PREZYDENTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidRDefault="00B21943" w:rsidP="00B21943">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B21943" w:rsidRPr="00B21943" w:rsidSect="00B21943">
+      <w:footerReference w:type="even" r:id="rId7"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="272"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</calcChain>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...32 lines deleted...]
-</comments>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...221 lines deleted...]
-</sst>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Numerstrony"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00CD3B7B" w:rsidRDefault="00CD3B7B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...623 lines deleted...]
-</styleSheet>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B21943" w:rsidRDefault="00B21943">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30555834"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="09B4B6E6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="709"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:footnoteLayoutLikeWW8/>
+    <w:shapeLayoutLikeWW8/>
+    <w:alignTablesRowByRow/>
+    <w:forgetLastTabAlignment/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
+    <w:layoutRawTableWidth/>
+    <w:layoutTableRowsApart/>
+    <w:useWord97LineBreakRules/>
+    <w:doNotBreakWrappedTables/>
+    <w:doNotSnapToGridInCell/>
+    <w:selectFldWithFirstOrLastChar/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="AktData" w:val="26 stycznia 2026 r."/>
+    <w:docVar w:name="AktNr" w:val="54/2026/P"/>
+    <w:docVar w:name="Sprawa" w:val="rozstrzygnięcia otwartego konkursu ofert nr 46/2026 na powierzenie realizacji zadania Miasta Poznania w obszarze „Wspieranie rodziny i systemu pieczy zastępczej” przez organizacje pozarządowe oraz podmioty, o których mowa w art. 3 ust. 3 ustawy z dnia 24 kwietnia 2003 r. o działalności pożytku publicznego i o wolontariacie, w roku 2026."/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00B21943"/>
+    <w:rsid w:val="00072485"/>
+    <w:rsid w:val="000C07FF"/>
+    <w:rsid w:val="000E2E12"/>
+    <w:rsid w:val="00167A3B"/>
+    <w:rsid w:val="002C4925"/>
+    <w:rsid w:val="003679C6"/>
+    <w:rsid w:val="00373368"/>
+    <w:rsid w:val="00451FF2"/>
+    <w:rsid w:val="004C5AE8"/>
+    <w:rsid w:val="00546155"/>
+    <w:rsid w:val="005576D9"/>
+    <w:rsid w:val="00565809"/>
+    <w:rsid w:val="00571718"/>
+    <w:rsid w:val="005C6BB7"/>
+    <w:rsid w:val="005E0B50"/>
+    <w:rsid w:val="005E28F0"/>
+    <w:rsid w:val="005E453F"/>
+    <w:rsid w:val="0065477E"/>
+    <w:rsid w:val="0079779A"/>
+    <w:rsid w:val="007D5325"/>
+    <w:rsid w:val="00853287"/>
+    <w:rsid w:val="00860838"/>
+    <w:rsid w:val="008627D3"/>
+    <w:rsid w:val="00931FB0"/>
+    <w:rsid w:val="0096067F"/>
+    <w:rsid w:val="009711FF"/>
+    <w:rsid w:val="009773E3"/>
+    <w:rsid w:val="009E48F1"/>
+    <w:rsid w:val="009F5036"/>
+    <w:rsid w:val="00A5209A"/>
+    <w:rsid w:val="00AA184A"/>
+    <w:rsid w:val="00B21943"/>
+    <w:rsid w:val="00BA113A"/>
+    <w:rsid w:val="00BB3401"/>
+    <w:rsid w:val="00C5423F"/>
+    <w:rsid w:val="00CB05CD"/>
+    <w:rsid w:val="00CD3B7B"/>
+    <w:rsid w:val="00CE5304"/>
+    <w:rsid w:val="00D672EE"/>
+    <w:rsid w:val="00DC3E76"/>
+    <w:rsid w:val="00E30060"/>
+    <w:rsid w:val="00E360D3"/>
+    <w:rsid w:val="00F61F3F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{BAB8B72A-84C6-4260-BCC0-54515AECA4E1}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:semiHidden/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tytu">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="4820"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:rsid w:val="00565809"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\Projekt_PZPM.dot" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office 2007–2010">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office 2007–2010">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office 2007–2010">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...923 lines deleted...]
-</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Projekt_PZPM</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>382</Words>
+  <Characters>2295</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arkusze</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Wykaz KPOK, KPO</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Załącznik Nr 2 do zarządzenia Nr </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:title>Załącznik Nr 2 do zarządzenia Nr </dc:title>
+  <dc:subject/>
+  <dc:creator>ŁW</dc:creator>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>